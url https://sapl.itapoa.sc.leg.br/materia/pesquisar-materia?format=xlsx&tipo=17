--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -10,527 +10,551 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="167">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>15043</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLS</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Substitutivo</t>
+  </si>
+  <si>
+    <t>Marta</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15043/projeto_de_lei_substitutivo_01_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no Calendário Oficial do Município de Itapoá/SC, o Dia Pelegrini, dia Municipal de Valorização e Apoio Espiritual à Próxima Geração, a ser celebrado anualmente no mês de outubro, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>15044</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15044/projeto_de_lei_substitutivo_02_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a possibilidade de leitura da Bíblia Sagrada como recurso paradidático nas escolas públicas e privadas do Município.</t>
+  </si>
+  <si>
     <t>13722</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...7 lines deleted...]
-  <si>
     <t>Jeferson Rubens Garcia</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13722/pls_01-2025_ao_plo_10_2025_-_altera_lm_1.243-2023_-_gratificacao_da_saude_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13722/pls_01-2025_ao_plo_10_2025_-_altera_lm_1.243-2023_-_gratificacao_da_saude_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.243, de 29 de março de 2023, que autoriza o Poder Executivo a conceder gratificação aos Profissionais da Atenção Básica, Gestão de_x000D_
 Programas, Centro de Atendimento Psicossocial – CAPS e Serviço de Atendimento Móvel de Urgência – SAMU.</t>
   </si>
   <si>
     <t>14343</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14343/pls_02-2025_ao_plc_19_2025_-substitutivo_regime_de_sobreaviso_ass_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14343/pls_02-2025_ao_plc_19_2025_-substitutivo_regime_de_sobreaviso_ass_1.pdf</t>
   </si>
   <si>
     <t>Institui o regime de sobreaviso, cria o regime de plantão presencial e a escala de trabalho em turnos no serviço público municipal.</t>
   </si>
   <si>
     <t>14559</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14559/projeto_de_lei_substitutivo_04_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14559/projeto_de_lei_substitutivo_04_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Fomento à Economia Popular e Solidária, no âmbito do Município de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11157/pls_no_01_2023_ao_plo_no_15_2023_-_gratificacao_atencao_basica_-ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11157/pls_no_01_2023_ao_plo_no_15_2023_-_gratificacao_atencao_basica_-ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder gratificação aos Profissionais da Atenção Básica, Gestão de Programas, Centro de Atendimento Psicossocial – CAPS e Serviço de Atendimento Móvel de Urgência – SAMU.</t>
   </si>
   <si>
     <t>11833</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11833/pls_no_02_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_v.8_-revisado_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11833/pls_no_02_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_v.8_-revisado_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 110, de 22 de fevereiro de 2022, que dispõe sobre a estrutura administrativa do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>11848</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11848/pls_no_03_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_revis._ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11848/pls_no_03_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_revis._ass.pdf</t>
   </si>
   <si>
     <t>10099</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Marlon Roberto Neuber</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10099/pls_no_xx_2022_-_ao_plc_no_01_2022_-_estrutura_adm_do_p.e_atualizado_ass_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10099/pls_no_xx_2022_-_ao_plc_no_01_2022_-_estrutura_adm_do_p.e_atualizado_ass_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº 01/2022 ao Projeto de Lei Complementar nº 01/2022, que dispõe sobre a estrutura administrativa do Poder Executivo Municipal e dá outras Providências.</t>
   </si>
   <si>
     <t>10166</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10166/pls_no_02_2022_-_plc_no_04_-_altera_lc_67_2018_-_contribuicao_melhoria_celso_ramos_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10166/pls_no_02_2022_-_plc_no_04_-_altera_lc_67_2018_-_contribuicao_melhoria_celso_ramos_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 67, de 10 de maio de 2018, que institui a contribuição de melhoria e dá outras providências.</t>
   </si>
   <si>
     <t>10381</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10381/pls_no_03_2022_ao_plo_no_13_2022_-_altera_lm_738_2017_-_limpeza_terrenos_baldios_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10381/pls_no_03_2022_ao_plo_no_13_2022_-_altera_lm_738_2017_-_limpeza_terrenos_baldios_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 738, de 06 de novembro de 2017, que dispõe sobre limpeza de terrenos baldios no Município de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>10408</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10408/pls_no_04_2022_ao_plo_no_15_2022_-_alienacao_de_bens_imoveis_ass_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10408/pls_no_04_2022_ao_plo_no_15_2022_-_alienacao_de_bens_imoveis_ass_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo n. 04/2022 ao Projeto de Lei n. 15/2022, que Autoriza o Poder Executivo a promover leilão para alienar bens imóveis de propriedade do Município e dá outras providências.</t>
   </si>
   <si>
     <t>10516</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10516/pls_no_05_2022_ao_plo_no_33_2022_-_institui_jetom_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10516/pls_no_05_2022_ao_plo_no_33_2022_-_institui_jetom_ass.pdf</t>
   </si>
   <si>
     <t>Institui Jetom – verba de representação e gratificação pela participação em órgão de deliberação coletiva, aos membros pertencentes à esfera privada e dá outras providências.</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10756/pls_no_06_2022_ao_plc_no_14_2022_-_instrutores_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10756/pls_no_06_2022_ao_plc_no_14_2022_-_instrutores_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 155, de 09 de janeiro de 2003, que dispõe sobre a estruturação do plano de cargos e carreiras do poder executivo do município de Itapoá.</t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10911/pls_no_07_2022_-_plc_no_08_-_contribuicao_de_melhoria_beira_mar_iii_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10911/pls_no_07_2022_-_plc_no_08_-_contribuicao_de_melhoria_beira_mar_iii_ass.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza a contribuição de melhoria da Avenida Beira Mar III.</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11004/pls_no_08_2022_ao_plo_no_98_2022_-_abono_extraordinario_de_natal_-_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11004/pls_no_08_2022_ao_plo_no_98_2022_-_abono_extraordinario_de_natal_-_ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder abono extraordinário de Natal aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9026/pls_no_01_2021_ao_plc_n_04_2021_-_altera_lcm_008_-_assessoria_cgp_as.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9026/pls_no_01_2021_ao_plc_n_04_2021_-_altera_lcm_008_-_assessoria_cgp_as.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo n. 01/2021 ao Projeto de Lei Complementar n. 04/2021 de 22 de janeiro de 2021, que Altera a Lei Complementar Municipal nº 008, de 31 de março de 2004, que cria a nova estrutura administrativa no Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9064/pls_no_02_2021_-_ao_plo_no_12_2021_-_reestrutura_cacs-fundeb_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9064/pls_no_02_2021_-_ao_plo_no_12_2021_-_reestrutura_cacs-fundeb_ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo n. 02/2021 ao Projeto de Lei Ordinária n. 12/2021 de 03 de março de 2021, que Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal no 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>9625</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9625/pls_n_03_2021_ao_plo_n_65_2021_-_ldo_ass.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9625/pls_n_03_2021_ao_plo_n_65_2021_-_ldo_ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo n. 03/2021 ao Projeto de Lei Ordinária n. 65/2021 de 12 de julho de 2021, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>9626</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9626/pls_n_04_2021_ao_plo_n72_-indice_de_revisao_anual_dos_servidores_2_ass_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9626/pls_n_04_2021_ao_plo_n72_-indice_de_revisao_anual_dos_servidores_2_ass_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo n. 04/2021 ao Projeto de Lei Ordinária n. 72/2021 de 03 de agosto de 2021, que autoriza fixação de índice de revisão geral anual das remunerações de todos os servidores públicos e agentes políticos do município de Itapoá/SC e dá outras providências.</t>
   </si>
   <si>
     <t>7741</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7741/pl_substitutivo_no_01-2019_-_autoriza_pem_pagar_yvJ3LJu.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7741/pl_substitutivo_no_01-2019_-_autoriza_pem_pagar_yvJ3LJu.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a pagar passagens e translado de representantes das comunidades de agricultores, pescadores e artesãos do Município de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7851/pl_substitutivo_no_02_19_ao_plc_no_14_19_-_alte_YepaxBy.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7851/pl_substitutivo_no_02_19_ao_plc_no_14_19_-_alte_YepaxBy.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 08, de 31 de março de 2004, que cria a nova estrutura administrativa no Poder Executivo Municipal, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>7944</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7944/pl_substitutivo_no_03_19_ao_pl_no_79_19_-_foodtrucks.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7944/pl_substitutivo_no_03_19_ao_pl_no_79_19_-_foodtrucks.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização de comida e de bebidas por veículos denominados Food Trucks no município de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>7968</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7968/pls_no_04_19_-_plo_no_101_19_-_planta_de_valores.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7968/pls_no_04_19_-_plo_no_101_19_-_planta_de_valores.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº 04/2019 ao Projeto de Lei Ordinária nº 101, DE 24 de setembro 2019_x000D_
  Altera a Lei Municipal nº 716, de 01 de setembro de 2017, que dispõe sobre a Planta de Valores Genéricos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>7993</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7993/pls_no_05_19_ao_plo_no_1052019__cria_o_programa_utN1K6u.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7993/pls_no_05_19_ao_plo_no_1052019__cria_o_programa_utN1K6u.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “Semeando Agricultura”, de incentivo às famílias rurícolas de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8048/pls_no_06_19_ao_plc_no_18_19__altera_a_lm_155.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8048/pls_no_06_19_ao_plc_no_18_19__altera_a_lm_155.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº 06/2019 ao Projeto de Lei Complementar nº 18, que Altera a Lei Municipal nº 155, de 09 de janeiro de 2003, que dispõe sobre a estruturação do plano de cargos e carreiras do Poder Executivo do município de Itapoá.</t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7234/projeto_de_lei_substitutivo_no_01-2018_-_aut_co_nKNerRk.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7234/projeto_de_lei_substitutivo_no_01-2018_-_aut_co_nKNerRk.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder à concessão ou permissão de uso de quiosques no trecho da orla marítima dentro dos limites do município de Itapoá e dá outras providências</t>
   </si>
   <si>
     <t>7235</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7235/projeto_de_lei_substitutivo_no_02-2018_-_padron_Xsg0Op5.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7235/projeto_de_lei_substitutivo_no_02-2018_-_padron_Xsg0Op5.pdf</t>
   </si>
   <si>
     <t>Padroniza a construção de quiosques no trecho da orla marítima dentro dos limites do município de Itapoá e dá outras providências.</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>Caldeira, Barracão, Jefinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7273/projeto_de_lei_substitutivo_03_2018_ao_projeto__mre1SE3.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7273/projeto_de_lei_substitutivo_03_2018_ao_projeto__mre1SE3.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº  03/2018  ao Projeto de Lei nº 19/2018 Institui a semana municipal de prevenção às drogas no município de Itapoá-SC.</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Sérgio Ferreira de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO PARA CUSTEIO DOS SERVIÇOS DE ILUMINAÇÃO PÚBLICA - COSIP - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>Thomaz, Daniel Weber, Edinho, Ernesto da Igreja, Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS EMPRESAS CONCESSIONÁRIAS E PERMISSIONÁRIAS DE SERVIÇO PÚBLICO URBANO A LICENCIAREM SEUS VEÍCULOS NO MUNICÍPIO DE ITAPOÁ/SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3908/3908_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3908/3908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 116/2002, E DÁ OUTRAS PROVIDÊNCIAS.   </t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3974/3974_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3974/3974_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 446/2013 QUE CONCEDE VALE ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4142/4142_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4142/4142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ITAPOÁ, DAS AUTARQUIAS E DAS FUNDAÇÕES PÚBLICAS, INCLUÍDOS OS SERVIDORES DOS REGIMES DE CONTRATAÇÃO EFETIVA E TEMPORÁRIA, ESTATUTÁRIOS, ESTATUTÁRIOS TEMPORÁRIOS E DEMAIS SERVIDORES CONTRATADOS PELA ADMINISTRAÇÃO DIRETA OU INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4357/4357_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4357/4357_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS IV E V DA LEI MUNICIPAL Nº 075/2001, QUE DISPÕE SOBRE O ESTATUTO E INSTITUI O PLANO DE CARREIRA E REMUNERAÇÃO DO PESSOAL DO MAGISTÉRIO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4408/4408_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4408/4408_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI PROGRAMA DE RECUPERAÇÃO FISCAL &amp;#8211; REFIS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2693/2693_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2693/2693_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O ÍNDICE DE REVISÃO GERAL ANUAL DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS E SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> CONCEDE AUMENTO SALARIAL AOS SERVIDORES PÚBLICOS ATIVOS E INATIVOS DO MUNICÍPIO DE ITAPOÁ. </t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 155/2003, QUE DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DO PODER EXECUTIVO DO MUNICÍPIO DE ITAPOÁ, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 005/2003, QUE INSTITUI O CÓDIGO DE OBRAS DO MUNICÍPIO DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>Carlito</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS PARA A ORDEM DOS ADVOGADOS DO BRASIL NOS CONSELHOS MUNICIPAIS DO MUNICÍPIO DE ITAPOÁ - SC.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 07/2003, QUE DISPÕE SOBRE AS NORMAS RELATIVAS AO IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA- ISSQN.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TAXA DE PRESTAÇÃO DE SERVIÇOS AMBIENTAIS.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 075/2001, QUE DISPÕE SOBRE O ESTATUTO E  INSTITUI O  PLANO DE CARREIRA E REMUNERAÇÃO DO PESSOAL DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -837,68 +861,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13722/pls_01-2025_ao_plo_10_2025_-_altera_lm_1.243-2023_-_gratificacao_da_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14343/pls_02-2025_ao_plc_19_2025_-substitutivo_regime_de_sobreaviso_ass_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14559/projeto_de_lei_substitutivo_04_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11157/pls_no_01_2023_ao_plo_no_15_2023_-_gratificacao_atencao_basica_-ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11833/pls_no_02_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_v.8_-revisado_ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11848/pls_no_03_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_revis._ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10099/pls_no_xx_2022_-_ao_plc_no_01_2022_-_estrutura_adm_do_p.e_atualizado_ass_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10166/pls_no_02_2022_-_plc_no_04_-_altera_lc_67_2018_-_contribuicao_melhoria_celso_ramos_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10381/pls_no_03_2022_ao_plo_no_13_2022_-_altera_lm_738_2017_-_limpeza_terrenos_baldios_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10408/pls_no_04_2022_ao_plo_no_15_2022_-_alienacao_de_bens_imoveis_ass_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10516/pls_no_05_2022_ao_plo_no_33_2022_-_institui_jetom_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10756/pls_no_06_2022_ao_plc_no_14_2022_-_instrutores_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10911/pls_no_07_2022_-_plc_no_08_-_contribuicao_de_melhoria_beira_mar_iii_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11004/pls_no_08_2022_ao_plo_no_98_2022_-_abono_extraordinario_de_natal_-_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9026/pls_no_01_2021_ao_plc_n_04_2021_-_altera_lcm_008_-_assessoria_cgp_as.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9064/pls_no_02_2021_-_ao_plo_no_12_2021_-_reestrutura_cacs-fundeb_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9625/pls_n_03_2021_ao_plo_n_65_2021_-_ldo_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9626/pls_n_04_2021_ao_plo_n72_-indice_de_revisao_anual_dos_servidores_2_ass_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7741/pl_substitutivo_no_01-2019_-_autoriza_pem_pagar_yvJ3LJu.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7851/pl_substitutivo_no_02_19_ao_plc_no_14_19_-_alte_YepaxBy.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7944/pl_substitutivo_no_03_19_ao_pl_no_79_19_-_foodtrucks.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7968/pls_no_04_19_-_plo_no_101_19_-_planta_de_valores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7993/pls_no_05_19_ao_plo_no_1052019__cria_o_programa_utN1K6u.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8048/pls_no_06_19_ao_plc_no_18_19__altera_a_lm_155.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7234/projeto_de_lei_substitutivo_no_01-2018_-_aut_co_nKNerRk.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7235/projeto_de_lei_substitutivo_no_02-2018_-_padron_Xsg0Op5.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7273/projeto_de_lei_substitutivo_03_2018_ao_projeto__mre1SE3.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3908/3908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3974/3974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4357/4357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4408/4408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15043/projeto_de_lei_substitutivo_01_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15044/projeto_de_lei_substitutivo_02_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13722/pls_01-2025_ao_plo_10_2025_-_altera_lm_1.243-2023_-_gratificacao_da_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14343/pls_02-2025_ao_plc_19_2025_-substitutivo_regime_de_sobreaviso_ass_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14559/projeto_de_lei_substitutivo_04_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11157/pls_no_01_2023_ao_plo_no_15_2023_-_gratificacao_atencao_basica_-ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11833/pls_no_02_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_v.8_-revisado_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11848/pls_no_03_2023_substitutivo_ao_plc_14_2023_-_altera_a_lei_110-2022_-_revis._ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10099/pls_no_xx_2022_-_ao_plc_no_01_2022_-_estrutura_adm_do_p.e_atualizado_ass_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10166/pls_no_02_2022_-_plc_no_04_-_altera_lc_67_2018_-_contribuicao_melhoria_celso_ramos_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10381/pls_no_03_2022_ao_plo_no_13_2022_-_altera_lm_738_2017_-_limpeza_terrenos_baldios_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10408/pls_no_04_2022_ao_plo_no_15_2022_-_alienacao_de_bens_imoveis_ass_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10516/pls_no_05_2022_ao_plo_no_33_2022_-_institui_jetom_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10756/pls_no_06_2022_ao_plc_no_14_2022_-_instrutores_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10911/pls_no_07_2022_-_plc_no_08_-_contribuicao_de_melhoria_beira_mar_iii_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11004/pls_no_08_2022_ao_plo_no_98_2022_-_abono_extraordinario_de_natal_-_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9026/pls_no_01_2021_ao_plc_n_04_2021_-_altera_lcm_008_-_assessoria_cgp_as.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9064/pls_no_02_2021_-_ao_plo_no_12_2021_-_reestrutura_cacs-fundeb_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9625/pls_n_03_2021_ao_plo_n_65_2021_-_ldo_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9626/pls_n_04_2021_ao_plo_n72_-indice_de_revisao_anual_dos_servidores_2_ass_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7741/pl_substitutivo_no_01-2019_-_autoriza_pem_pagar_yvJ3LJu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7851/pl_substitutivo_no_02_19_ao_plc_no_14_19_-_alte_YepaxBy.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7944/pl_substitutivo_no_03_19_ao_pl_no_79_19_-_foodtrucks.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7968/pls_no_04_19_-_plo_no_101_19_-_planta_de_valores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7993/pls_no_05_19_ao_plo_no_1052019__cria_o_programa_utN1K6u.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8048/pls_no_06_19_ao_plc_no_18_19__altera_a_lm_155.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7234/projeto_de_lei_substitutivo_no_01-2018_-_aut_co_nKNerRk.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7235/projeto_de_lei_substitutivo_no_02-2018_-_padron_Xsg0Op5.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7273/projeto_de_lei_substitutivo_03_2018_ao_projeto__mre1SE3.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3908/3908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3974/3974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4357/4357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4408/4408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -941,1126 +965,1180 @@
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H14" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>62</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
         <v>66</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H23" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H25" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B26" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B27" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="C27" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B28" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" t="s">
+        <v>41</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
         <v>113</v>
       </c>
-      <c r="B30" t="s">
-[...11 lines deleted...]
-      <c r="F30" t="s">
+      <c r="G30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B33" t="s">
+        <v>126</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
         <v>118</v>
       </c>
-      <c r="C33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H33" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B34" t="s">
+        <v>126</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
         <v>118</v>
       </c>
-      <c r="C34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H34" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B35" t="s">
+        <v>126</v>
+      </c>
+      <c r="C35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
         <v>118</v>
       </c>
-      <c r="C35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H35" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B36" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H36" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C37" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H37" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B38" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C38" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H38" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B39" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H39" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B40" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>147</v>
+        <v>118</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H40" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B41" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C41" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H41" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B42" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C42" t="s">
         <v>58</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H42" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B43" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C43" t="s">
         <v>62</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
+      <c r="F43" t="s">
+        <v>118</v>
+      </c>
       <c r="G43" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H43" t="s">
-        <v>158</v>
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>161</v>
+      </c>
+      <c r="B44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>118</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H44" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>164</v>
+      </c>
+      <c r="B45" t="s">
+        <v>142</v>
+      </c>
+      <c r="C45" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H45" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>