--- v0 (2025-12-12)
+++ v1 (2026-03-20)
@@ -10,11572 +10,11827 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8512" uniqueCount="3560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8720" uniqueCount="3645">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>15048</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Diego, Jessica, Marcio Melo, Marta</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15048/requerimento_02_2026_-_diego.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações detalhadas acerca da execução da obra de Construção dos Molhes da Barra do Saí, localizada no extremo norte do Município de Itapoá/SC, junto à foz do Rio Saí Mirim. Diante da relevância da obra e das constantes manifestações de preocupação por parte da comunidade local, especialmente dos pescadores da Barra do Saí.</t>
+  </si>
+  <si>
+    <t>15070</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Marta</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15070/requerimento_03_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo, por intermédio da Secretaria Municipal de Saúde, que encaminhe para esta Casa de Leis informações</t>
+  </si>
+  <si>
+    <t>15072</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Diego, Ivan da Luz, Jessica, Marta, Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15072/requerimento_04_2026_-_diego.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações acerca da estrutura, dimensionamento e planejamento dos canais de drenagem de águas pluviais existentes na orla marítima do município de Itapoá, especialmente no contexto da obra de engordamento (alargamento) da faixa de areia da praia.</t>
+  </si>
+  <si>
+    <t>15073</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Ivan da Luz</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15073/requerimento_05_2026_-_ivan.pdf</t>
+  </si>
+  <si>
+    <t>Requer alteração no regime de tramitação do Projeto de Lei Complementar n. 06/2026 para Regime de Urgência Simples</t>
+  </si>
+  <si>
+    <t>15088</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Odinei</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15088/requerimento_06_2026_-_odinei_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Maria da Graça do Rosário, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
+  </si>
+  <si>
+    <t>15096</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15096/requerimento_07_2026_-_marta_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Danieli Cristina Karas, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
+  </si>
+  <si>
+    <t>15092</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Daniel Weber</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15092/requerimento_08_2026_-_daniel_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Maria Aparecida Maçaneiro, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
+  </si>
+  <si>
+    <t>15102</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Ademar, Daniel Weber, Diego, Marcio Melo, Marta, Odinei, Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15102/requerimento_09_2026_-_ademar.pdf</t>
+  </si>
+  <si>
+    <t>Requerem  informações referentes ao atendimento psicológico de urgência e emergência no Município.</t>
+  </si>
+  <si>
+    <t>15101</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15101/requerimento_10_2026_-_jessica.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre a atuação de farmacêuticos nas Unidades Básicas de Saúde</t>
+  </si>
+  <si>
+    <t>15099</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15099/requerimento_11_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a existência de projeto elaborado ou em fase de elaboração para a construção de uma cancha coberta de bocha na Praça do Rainha. Em caso positivo, qual a previsão para início e conclusão da obra? Em caso negativo, informar se há possibilidade técnica e orçamentária de realizar a cobertura da cancha de bocha já existente no referido local.</t>
+  </si>
+  <si>
+    <t>15107</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15107/requerimento_12_2026_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre o projeto e o cronograma de execução do Centro de Convivência do Idoso</t>
+  </si>
+  <si>
+    <t>15112</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15112/requerimento_13_2026_-_diego_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Thauani Zanetti, em conformidade com a Lei Ordinária Municipal n. 764/2018, em reconhecimento à sua expressiva trajetória profissional, social e representativa, bem como à relevante contribuição ao desenvolvimento econômico e comunitário do município.</t>
+  </si>
+  <si>
+    <t>15126</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Ivan da Luz, Daniel Weber, Diego, Marcio Melo, Marta, Odinei, Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15126/requerimento_14_2026_-_ivan.pdf</t>
+  </si>
+  <si>
+    <t>Requerem  informações detalhadas acerca da oferta da Educação de Jovens e Adultos (EJA) – Ensino Fundamental no Município de Itapoá, bem como informações sobre a articulação com a Secretaria de Estado da Educação de Santa Catarina quanto à oferta da EJA – Ensino Médio, modalidade prevista na Lei de Diretrizes e Bases da Educação Nacional (Lei n. 9.394/1996)</t>
+  </si>
+  <si>
+    <t>15134</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15134/requerimento_15_2026_-_valdecir_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Maria Semilda da Cunha Reinert, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
+  </si>
+  <si>
+    <t>15133</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Marcio Melo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15133/requerimento_16_2026_-_marcio_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Aparecida Donizete da Silva, em conformidade com a Lei Ordinária Municipal n. 764/2018, por sua expressiva trajetória em nosso Município.</t>
+  </si>
+  <si>
+    <t>15135</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Ademar</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15135/requerimento_17_2026_-_ademar_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Patrícia Machado Pereira, em conformidade com a Lei Ordinária Municipal n. 764/2018, em reconhecimento à sua expressiva trajetória profissional, social e representativa, bem como à relevante contribuição ao desenvolvimento econômico e comunitário do Município.</t>
+  </si>
+  <si>
+    <t>15132</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15132/requerimento_18_2026_-_ivan_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Edinéia dos Santos, em conformidade com a Lei Ordinária Municipal n. 764/2018, em reconhecimento à sua expressiva trajetória profissional, social e representativa, bem como à relevante contribuição ao desenvolvimento econômico e comunitário do Município.</t>
+  </si>
+  <si>
+    <t>15139</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15139/requerimento_19_2026_-_jessica_-_mulher_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Eunice Nascimento Faria Silva, em conformidade com a Lei Ordinária Municipal n. 764/2018, em reconhecimento à sua expressiva trajetória profissional, social e representativa, bem como à relevante contribuição ao desenvolvimento econômico e comunitário do Município.</t>
+  </si>
+  <si>
+    <t>15142</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15142/requerimento_20_2026_-_marcio.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre o andamento do projeto e do cronograma de obras do novo cemitério a ser implantado neste Município</t>
+  </si>
+  <si>
+    <t>15153</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15153/requerimento_21_2026_-_ivan.pdf</t>
+  </si>
+  <si>
+    <t>Requer  que seja alterado o regime de tramitação do Projeto de Lei Complementar n. 03/2026 para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
+  </si>
+  <si>
+    <t>15179</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Marta, Diego, Jessica, Marcio Melo, Odinei, Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15179/requerimento_22_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações detalhadas sobre a não realização do evento "Blessing", instituído pela Lei Ordinária n. 1.140, de 11 de janeiro de 2022.</t>
+  </si>
+  <si>
+    <t>15180</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Marta, Daniel Weber, Diego, Jessica, Marcio Melo, Odinei, Valdecir</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15180/requerimento_23_2026_-_marta.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações acerca da construção da quadra de esportes da Escola Municipal Jurema Gonçalves</t>
+  </si>
+  <si>
+    <t>15181</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Valdecir, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15181/requerimento_24_2026_-_valdecir.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações acerca da capacidade, estrutura e funcionamento do pátio destinado ao estacionamento e espera de caminhões vinculados às operações portuárias no Município de Itapoá, especialmente no contexto da Operação “Ordem no Fluxo”, implementada com base na Lei Municipal n. 139/1996 e nos Decretos n. 4.172/2019, n. 6.564/2024 e n. 6.565/2024.</t>
+  </si>
+  <si>
+    <t>15178</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Valdecir, Daniel Weber, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15178/requerimento_25_2026_-_valdecir_2.pdf</t>
+  </si>
+  <si>
+    <t>Requerem informações acerca da prestação do serviço de transporte público no Município de Itapoá, objeto do Contrato de Concessão n. 90/2018, especialmente no que se refere às linhas utilizadas por estudantes para deslocamento às instituições de ensino</t>
+  </si>
+  <si>
     <t>13552</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>REQ</t>
-[...4 lines deleted...]
-  <si>
     <t>Jessica, Diego, Marta, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13552/requerimento_01_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13552/requerimento_01_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a secretaria de segurança e trânsito</t>
   </si>
   <si>
     <t>13553</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13553/requerimento_02_2025_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13553/requerimento_02_2025_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer que as reuniões plenárias extraordinárias possam ser realizadas por videochamada, com observância ao art. 25, parágrafo 5º, da Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>13584</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Diego, Jessica, Marta, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13584/requerimento_03_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13584/requerimento_03_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao transporte escolar regular oferecido aos alunos da rede municipal de ensino</t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
-    <t>4</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13574/requerimento_04_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13574/requerimento_04_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Centro de Referência ao Idoso</t>
   </si>
   <si>
     <t>13575</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13575/requerimento_05_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13575/requerimento_05_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Secretaria de Planejamento Urbano</t>
   </si>
   <si>
     <t>13587</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Marta, Ademar, Daniel Weber, Diego, Jessica, Marcio Melo, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13587/requerimento_06_2025-marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13587/requerimento_06_2025-marta.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a fiscalização dos alvarás dos vendedores ambulantes na praia e na área urbana</t>
   </si>
   <si>
     <t>13612</t>
   </si>
   <si>
-    <t>7</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13612/requerimento_07_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13612/requerimento_07_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer Informações acerca dos alunos com necessidades especiais e dos profissionais de apoio contratados para atender esses alunos</t>
   </si>
   <si>
     <t>13614</t>
   </si>
   <si>
-    <t>8</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13614/requerimento_08_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13614/requerimento_08_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a concessão do transporte público municipal</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13599/requerimento_09_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13599/requerimento_09_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Marizelia Franz Perrony, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13600</t>
   </si>
   <si>
-    <t>10</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13600/requerimento_10_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13600/requerimento_10_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Srª. Ivone Gonçalves Nunes Côco, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13628</t>
   </si>
   <si>
-    <t>11</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13628/requerimento_11_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13628/requerimento_11_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Senhora Maria Zilda Delalibera, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13633</t>
   </si>
   <si>
-    <t>12</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13633/requerimento_12_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13633/requerimento_12_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Janayna Gomes Silvino, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13618</t>
   </si>
   <si>
-    <t>13</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13618/requerimento_13_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13618/requerimento_13_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Srª. Elaine Cristina Alves, em conformidade com a Lei Ordinária Municipal n. 764/2018</t>
   </si>
   <si>
     <t>13619</t>
   </si>
   <si>
-    <t>14</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13619/requerimento_14_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13619/requerimento_14_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Ana Roseli Rampellotti, em conformidade com a Lei Ordinária Municipal n. 764/2018</t>
   </si>
   <si>
     <t>13640</t>
   </si>
   <si>
-    <t>15</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13640/requerimento_15_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13640/requerimento_15_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer que  o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. América Rosário de Miranda, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13629</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13629/requerimento_16_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13629/requerimento_16_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Roseli Tureck, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>13630</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13630/requerimento_17_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13630/requerimento_17_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre como ocorreu a contratação da entidade, para a gestão, a operacionalização e a execução dos serviços de saúde na unidade de pronto atendimento (PA 24h Itapoá)</t>
   </si>
   <si>
     <t>13638</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>Ivan da Luz, Ademar, Daniel Weber, Marcio Melo, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13638/requerimento_18_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13638/requerimento_18_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre suposta doação a ser realizada ao Governo do Estado de área para construção/ampliação de unidade escolar, conforme segue</t>
   </si>
   <si>
     <t>13636</t>
   </si>
   <si>
-    <t>19</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13636/requerimento_19_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13636/requerimento_19_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>13637</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13637/requerimento_20_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13637/requerimento_20_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a doação da área pública destinada ao estado para construção da escola estadual nova</t>
   </si>
   <si>
     <t>13660</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>Valdecir, Daniel Weber, Diego, Jessica, Marcio Melo, Marta</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13660/requerimento_21_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13660/requerimento_21_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer informações quanto à obstrução da Rua 2791 Caracará (localizada entre a Rua 2820 Izabel Cabral Borges e a Rua 2780 Tuipara, paralela à Avenida 2551 Beira Mar V), no Bairro Pontal do Norte. Gostaríamos que especificassem quem teria sido o responsável pelo fechamento da via, se foi apresentada justificativa para tanto e quais serão as medidas adotadas pela Prefeitura para regularizar a situação.</t>
   </si>
   <si>
     <t>13645</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13645/requerimento_22_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13645/requerimento_22_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer  informações detalhadas sobre as ações adotadas pela Prefeitura de Itapoá para enfrentar o grave problema social do aumento da população em situação de rua em nossa Cidade</t>
   </si>
   <si>
     <t>13655</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13655/requerimento_23_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13655/requerimento_23_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a fiscalização dos terrenos baldios.</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13658/requerimento_24_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13658/requerimento_24_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre as ações realizadas em relação à população em situação de rua na Cidade</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13659/requerimento_25_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13659/requerimento_25_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre o índice de mortalidade infantil no município de Itapoá</t>
   </si>
   <si>
     <t>13681</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Valdecir, Ademar, Daniel Weber, Diego, Ivan da Luz, Jessica, Marta, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13681/requerimento_26_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13681/requerimento_26_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer  informações quanto ao atendimento do serviço postal no Loteamento Príncipe</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Jessica, Daniel Weber, Diego, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13682/requerimento_27_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13682/requerimento_27_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a pavimentação da Avenida 1670 das Nações Unidas e a execução do módulo 2 do projeto que está pronto na Secretaria de Planejamento Urbano</t>
   </si>
   <si>
     <t>13677</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13677/requerimento_28_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13677/requerimento_28_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações da a entidade que faz a gestão da Unidade de Pronto Atendimento - U.P.A. 24h</t>
   </si>
   <si>
     <t>13683</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13683/requerimento_29_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13683/requerimento_29_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre o controle de jornada dos servidores públicos municipais</t>
   </si>
   <si>
     <t>13697</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Marcio Melo</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13697/requerimento_30_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13697/requerimento_30_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações por demais detalhadas sobre as academias ao ar livre destinadas ao bem-estar dos idosos e parques infantis do município</t>
   </si>
   <si>
     <t>13710</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13710/requerimento_31_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13710/requerimento_31_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o funcionamento e a regulamentação do Mercado Público Municipal de Itapoá – Mercado da Maria.</t>
   </si>
   <si>
     <t>13711</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Marta, Diego, Jessica, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13711/requerimento_32_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13711/requerimento_32_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito da manutenção das flores e vasos na Avenida 780 André Rodrigues de Freitas, tendo em vista que, supostamente, uma empresa venceu a licitação para a execução deste serviço</t>
   </si>
   <si>
     <t>13700</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13700/requerimento_33_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13700/requerimento_33_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Título de Cidadã Honorária à Srª. Silvia Maria de Melo Gonçalves</t>
   </si>
   <si>
     <t>13712</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13712/requerimento_34_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13712/requerimento_34_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Secretaria de Saúde do Município.</t>
   </si>
   <si>
     <t>13706</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13706/requerimento_35_2025_-_jessica_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13706/requerimento_35_2025_-_jessica_1.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Adelirio Lemonie</t>
   </si>
   <si>
     <t>13732</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13732/requerimento_36_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13732/requerimento_36_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas sobre a estrutura e o funcionamento da Secretaria de Saúde do Município</t>
   </si>
   <si>
     <t>13736</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Daniel Weber, Ademar, Ivan da Luz, Marcio Melo, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13736/requerimento_37_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13736/requerimento_37_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>Requerem  informações detalhadas sobre a execução dos serviços previstos nos Contratos Administrativos n. 59/2022 e n. 21/2022, que envolvem a contratação de empresa especializada para a prestação de serviços de locação, manutenção, limpeza e conservação de vasos, floreiras e demais serviços de limpeza urbana, com especial atenção à situação dos serviços prestados na Avenida 780 André Rodrigues de Freitas e na Avenida 741 Beira Mar III.</t>
   </si>
   <si>
     <t>13742</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13742/requerimento_38_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13742/requerimento_38_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da abertura e revitalização da Rua 2110 Bem-Te-Vi e Rua 2320 Cavaleiro Giovane Cocchieri</t>
   </si>
   <si>
     <t>13733</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13733/requerimento_39_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13733/requerimento_39_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos equipamentos da Secretaria de Agricultura,</t>
   </si>
   <si>
     <t>13740</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13740/requerimento_40_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13740/requerimento_40_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas sobre a não-realização do evento "Blessing", instituído pela Lei Ordinária n. 1.140, de 11 de janeiro de 2022.</t>
   </si>
   <si>
     <t>13741</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13741/requerimento_41_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13741/requerimento_41_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as vagas ofertadas de período integral nas creches e pré-escolas da rede municipal</t>
   </si>
   <si>
     <t>13762</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13762/requerimento_42_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13762/requerimento_42_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da manutenção e a iluminação dos acessos dos bairros Braço do Norte, Saí Mirim e Água Branca</t>
   </si>
   <si>
     <t>13769</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13769/requerimento_43_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13769/requerimento_43_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem a abertura de uma Comissão Parlamentar de Inquérito (CPI) para apurar possíveis irregularidades na execução do serviço de coleta de resíduos e limpeza urbana no Município.</t>
   </si>
   <si>
     <t>13770</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13770/requerimento_44_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13770/requerimento_44_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas sobre a atual situação da merenda escolar e do Centro de Preparo da Alimentação Escolar</t>
   </si>
   <si>
     <t>13790</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13790/requerimento_45_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13790/requerimento_45_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a construção do Centro de Referência ao Idoso no Município de Itapoá</t>
   </si>
   <si>
     <t>13783</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13783/requerimento_46_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13783/requerimento_46_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer que seja alterado o regime de tramitação do Projeto de Lei Ordinária n. 16/2025, de autoria do Poder Executivo Municipal, para Regime de Urgência Simples</t>
   </si>
   <si>
     <t>13782</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13782/requerimento_47_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13782/requerimento_47_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da construção de galpões de manutenção de barcos de pesca nos bairros da Barra do Saí, Itapema do Norte e Figueira do Pontal</t>
   </si>
   <si>
     <t>13829</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Odinei, Ademar, Daniel Weber, Ivan da Luz, Marcio Melo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13829/requerimento_48_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13829/requerimento_48_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer informações relativas ao trapiche abandonado situado no bairro Pontal, nas proximidades do Porto de Itapoá</t>
   </si>
   <si>
     <t>13846</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13846/requerimento_49_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13846/requerimento_49_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requerem um parecer técnico contábil sobre o impacto da alteração na quilometragem do transporte escolar.</t>
   </si>
   <si>
     <t>13859</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13859/requerimento_50_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13859/requerimento_50_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à possível abertura da Rua 983 Sgt. Jair José Kinczeski.</t>
   </si>
   <si>
     <t>13861</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13861/requerimento_51_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13861/requerimento_51_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre as obras já projetadas, mas não executadas, no campo de futebol do Bairro Saí Mirim</t>
   </si>
   <si>
     <t>13876</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13876/requerimento_52_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13876/requerimento_52_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer  informações detalhadas sobre o Contrato Administrativo n. 51/2022, referente à obra de construção do molhe da Barra</t>
   </si>
   <si>
     <t>13908</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Valdecir, Ademar, Diego, Jessica, Marta, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13908/requerimento_53_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13908/requerimento_53_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do transporte de alunos por meio de empresas de fretamento de vans e microônibus.</t>
   </si>
   <si>
     <t>13894</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13894/requerimento_54_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13894/requerimento_54_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a forma e os critérios para a aquisição de produtos agrícolas usados na merenda escolar do Município</t>
   </si>
   <si>
     <t>13892</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13892/requerimento_55_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13892/requerimento_55_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do contrato de geoprocessamento</t>
   </si>
   <si>
     <t>13909</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Ademar, Daniel Weber, Ivan da Luz, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13909/requerimento_56_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13909/requerimento_56_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas acerca da rotatória oval localizada em frente ao Colégio Nereu Ramos e ao Hotel Pérola, na Avenida 741 Beira Mar III</t>
   </si>
   <si>
     <t>13921</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13921/requerimento_57_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13921/requerimento_57_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio da Secretaria competente, encaminhe à esta Casa de Leis informações detalhadas sobre a forma e os critérios adotados para regularização fundiária do Bairro São José II</t>
   </si>
   <si>
     <t>13926</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13926/requerimento_58_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13926/requerimento_58_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio da Secretaria de Saúde, encaminhe para esta Casa de Leis as seguintes informações sobre crianças, adolescentes e adultos com epilepsia no Município.</t>
   </si>
   <si>
     <t>13936</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13936/requerimento_59_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13936/requerimento_59_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio da Secretaria Municipal de Planejamento e Urbanismo, encaminhe para esta Casa de Leis informações detalhadas acerca do funcionamento e das atividades do CDUI – Conselho de Desenvolvimento Urbano de Itapoá</t>
   </si>
   <si>
     <t>14002</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Ademar, Daniel Weber, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14002/requerimento_60_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14002/requerimento_60_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio da Secretaria competente, encaminhe para esta Casa de Leis as seguintes informações acerca da cessão de uso de imóvel da Estação Elevatória de Esgoto – EEE 12 e 12.1, localizada no terreno anexo à Escola Nereu Ramos:</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13999/requerimento_61_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13999/requerimento_61_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e após ouvido o Plenário, que o Poder Executivo, por meio da secretaria competente, encaminhe à esta Casa de Leis informações  detalhadas acerca do atendimento aos pacientes que necessitam de tratamento fisioterapêutico no Município:</t>
   </si>
   <si>
     <t>13993</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13993/requerimento_62_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13993/requerimento_62_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais, requer que, na forma regimental e após ouvido o Plenário, o Poder Executivo Municipal, por intermédio da secretaria responsável, encaminhe à Câmara de Vereadores de Itapoá as seguintes informações detalhadas sobre o planejamento e os critérios utilizados para a pavimentação de vias públicas no Município:</t>
   </si>
   <si>
     <t>13994</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13994/requerimento_63_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13994/requerimento_63_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais, requer que, na forma regimental e após ouvido o Plenário, o Poder Executivo Municipal, por intermédio da secretaria competente, encaminhe à Câmara de Vereadores de Itapoá as seguintes informações detalhadas sobre a instalação de redutores de velocidade (lombadas) em vias não pavimentadas no Município:</t>
   </si>
   <si>
     <t>13991</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13991/requerimento_64_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13991/requerimento_64_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio da Secretaria de Esportes, preste informações quanto à licitação de empresa especializada na prestação de serviço de arbitragem destinada aos eventos esportivos municipais no corrente ano.</t>
   </si>
   <si>
     <t>14008</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Diego, Ademar, Daniel Weber, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14008/requerimento_65_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14008/requerimento_65_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio do setor competente, encaminhe para esta Casa de Leis informações detalhadas acerca da merenda escolar no Município, contemplando, entre outros pontos, os seguintes aspectos:</t>
   </si>
   <si>
     <t>14035</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14035/requerimento_66_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14035/requerimento_66_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do projeto de instalação do pátio municipal de estacionamento de caminhões na zona retroportuária</t>
   </si>
   <si>
     <t>14029</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14029/requerimento_67_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14029/requerimento_67_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo, por intermédio da Secretaria competente, encaminhe para esta Casa de Leis, informações, que poderão ser obtidas junto à empresa responsável pelos Estudos de Impacto Ambiental (EIA) do Porto da Coamo</t>
   </si>
   <si>
     <t>14059</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14059/requerimento_68_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14059/requerimento_68_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o andamento do processo licitatório referente à gestão da Unidade de Pronto Atendimento (UPA) do Município</t>
   </si>
   <si>
     <t>14060</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14060/requerimento_69_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14060/requerimento_69_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a não-realização do Campeonato Municipal de Futebol Amador, instituído pela Lei Municipal n. 897, de 19 de agosto de 2019</t>
   </si>
   <si>
     <t>14141</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14141/requerimento_70_2025_-_valdecir_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14141/requerimento_70_2025_-_valdecir_1.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a concessão com a empresa Energiluz</t>
   </si>
   <si>
     <t>14146</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14146/requerimento_71_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14146/requerimento_71_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca da ausência de iluminação pública na Rua 1161 Elci da Costa Oliveira, conhecida como “Rua do Valetão”, no Bairro Maresia, entre outros pontos.</t>
   </si>
   <si>
     <t>14199</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Marcio Melo, Ademar, Daniel Weber, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14199/requerimento_72_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14199/requerimento_72_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer que,  considerando a urgência da apreciação do Projeto de Lei Complementar n. 12/2025, que “Altera a Lei n. 155, de 09 de janeiro de 2003, que dispõe sobre a estruturação do plano de cargos e carreiras do poder executivo do município de Itapoá”, que ele seja apreciado nos termos do art. 149 do Regimento Interno desta Câmara Municipal, em regime de urgência e única votação.</t>
   </si>
   <si>
     <t>14178</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Ademar, Diego, Marcio Melo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14178/requerimento_73_2025_-_ademar_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14178/requerimento_73_2025_-_ademar_1.pdf</t>
   </si>
   <si>
     <t>Requer a prorrogação do prazo para conclusão dos trabalhos da “Comissão Parlamentar de Inquérito para apurar possíveis irregularidades na execução do serviço de coleta de resíduos e limpeza urbana no Município, concedido por meio do contrato de concessão dos serviços de engenharia da empresa Serrana Engenharia, firmado através da concorrência pública n. 001/2000, cujo prazo inicial de 15 anos foi prorrogado por mais 15 anos por meio de aditivo contratual n. 13/2015, sem que houvesse garantia de melhoria nos serviços prestados”, a qual foi instituída pelo Requerimento n. 43/2025.</t>
   </si>
   <si>
     <t>14194</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14194/requerimento_74_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14194/requerimento_74_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo preste esclarecimentos sobre a falta de ensaibramento nas ruas de Itapoá</t>
   </si>
   <si>
     <t>14198</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14198/requerimento_75_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14198/requerimento_75_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a execução da obra de drenagem pluvial e pavimentação com blocos de concreto da Avenida 790 Ana Maria Rodrigues de Freitas – Trecho II, no bairro São José</t>
   </si>
   <si>
     <t>14243</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14243/requerimento_76_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14243/requerimento_76_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os pontos de ônibus do município de Itapoá-SC</t>
   </si>
   <si>
     <t>14242</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14242/requerimento_77_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14242/requerimento_77_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Escola Frei Valentim e o Espaço A+</t>
   </si>
   <si>
     <t>14244</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14244/requerimento_78_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14244/requerimento_78_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as obras realizadas na Rua 973 Corvina</t>
   </si>
   <si>
     <t>14245</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14245/requerimento_79_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14245/requerimento_79_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre o atendimento aos usuários do Centro de Referência em Assistência Social (CRAS)</t>
   </si>
   <si>
     <t>14246</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14246/requerimento_80_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14246/requerimento_80_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a sinalização viária no município de Itapoá</t>
   </si>
   <si>
     <t>14257</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14257/requerimento_81_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14257/requerimento_81_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas referentes ao atendimento aos pacientes que passaram ou aguardam pela cirurgia bariátrica no âmbito do Município</t>
   </si>
   <si>
     <t>14258</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14258/requerimento_82_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14258/requerimento_82_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os serviços de consultas ginecológicas e obstétricas oferecidos pela Secretaria de Saúde, bem como sobre a disponibilidade de exames de ultrassonografia e o acompanhamento obstétrico</t>
   </si>
   <si>
     <t>14277</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Diego, Daniel Weber, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14277/requerimento_83_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14277/requerimento_83_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à obra de engorda da faixa de areia do litoral de Itapoá/SC</t>
   </si>
   <si>
     <t>14281</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14281/requerimento_84_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14281/requerimento_84_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Resolução n. 01/2019 da própria Secretaria, a qual trata do fornecimento de medicamentos pela farmácia pública municipal</t>
   </si>
   <si>
     <t>14302</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14302/requerimento_85_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14302/requerimento_85_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas referentes ao heliponto localizado junto à Unidade de Pronto Atendimento (UPA) de Itapoá</t>
   </si>
   <si>
     <t>14305</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Valdecir, Ademar, Daniel Weber, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14305/requerimento_86_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14305/requerimento_86_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca da aplicação do Programa Bolsa Atleta, previsto na Lei Estadual n. 18.335 de 6 de janeiro de 2022, no município de Itapoá</t>
   </si>
   <si>
     <t>14292</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14292/requerimento_87_2025_-_odinei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14292/requerimento_87_2025_-_odinei.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Campeonato Municipal Feminino de Futebol</t>
   </si>
   <si>
     <t>14303</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Ivan da Luz, Daniel Weber, Diego, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14303/requerimento_88_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14303/requerimento_88_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações referentes à merenda escolar fornecida nas creches municipais</t>
   </si>
   <si>
     <t>14337</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14337/requerimento_89_2025_-_daniel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14337/requerimento_89_2025_-_daniel.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Avenida 370 Saí Mirim, localizada na Barra do Saí</t>
   </si>
   <si>
     <t>14351</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Ademar, Daniel Weber, Marcio Melo, Odinei</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14351/requerimento_90_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14351/requerimento_90_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Requerem informações referentes ao quadro de servidores efetivos da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>14349</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14349/requerimento_91_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14349/requerimento_91_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre projetos e construções/ampliações de Escolas Municipais</t>
   </si>
   <si>
     <t>14366</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14366/requerimento_92_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14366/requerimento_92_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem o presente, com fundamento no art. 29, inciso XIII, da Lei Orgânica do Município de Itapoá, bem como nos arts. 46, inciso VIII; 55, inciso III; 123, §3º, inciso XII; e 233 a 239 do Regimento Interno da Câmara Municipal de Itapoá, requerem, após ouvido o Plenário, a convocação imediata do Secretário Municipal de Saúde, Senhor Cristian Ângelo Grassi, para comparecer perante esta Casa Legislativa, a fim de prestar esclarecimentos urgentes</t>
   </si>
   <si>
     <t>14371</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14371/requerimento_93_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14371/requerimento_93_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requerem  informações referentes ao quadro de pessoal de servidores do Poder Executivo de Itapoá</t>
   </si>
   <si>
     <t>14373</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Ivan da Luz, Diego, Jessica, Marta, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14373/requerimento_94_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14373/requerimento_94_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações referentes às licenças, fiscalizações e regularidade ambiental do empreendimento denominado Riviera Santa Maria, localizado em Itapoá/SC</t>
   </si>
   <si>
     <t>14387</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14387/requerimento_95_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14387/requerimento_95_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Casa do Agricultor</t>
   </si>
   <si>
     <t>14393</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14393/requerimento_96_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14393/requerimento_96_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a contratação de fiscais de praia temporários para a temporada de verão 2025/2026 e a necessidade de ampliação do quadro efetivo de fiscais de obras e posturas</t>
   </si>
   <si>
     <t>14407</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14407/requerimento_97_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14407/requerimento_97_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os acontecimentos recentes que causaram o congestionamento da Estrada 5000 José Alves, chegando ate a Rodovia SC 416</t>
   </si>
   <si>
     <t>14444</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>Valdecir, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14444/requerimento_98_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14444/requerimento_98_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos e providências quanto à insuficiência de berçários na rede municipal de ensino de Itapoá</t>
   </si>
   <si>
     <t>14445</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Ivan da Luz, Ademar, Diego, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14445/requerimento_99_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14445/requerimento_99_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao auxílio-transporte universitário concedido no Município de Itapoá/SC</t>
   </si>
   <si>
     <t>14436</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14436/requerimento_100_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14436/requerimento_100_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às estruturas de palco e demais equipamentos contratados para eventos realizados no Município de Itapoá/SC</t>
   </si>
   <si>
     <t>14480</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14480/requerimento_101_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14480/requerimento_101_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer que seja alterado o regime de tramitação do Projeto de Lei Ordinária n. 82/2025, de autoria do Poder Executivo Municipal, para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14516</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Marta, Ademar, Daniel Weber, Diego, Ivan da Luz, Jessica, Marcio Melo, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14516/requerimento_102_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14516/requerimento_102_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre a instalação de câmeras de segurança nas unidades escolares do município de Itapoá/SC</t>
   </si>
   <si>
     <t>14518</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14518/requerimento_103_2025_-_marcio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14518/requerimento_103_2025_-_marcio.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os agentes de endemias e agentes de saúde</t>
   </si>
   <si>
     <t>14525</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14525/requerimento_104_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14525/requerimento_104_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Obra do Molhe da Barra do Saí e quanto à eventual Dragagem do Rio Saí Mirim</t>
   </si>
   <si>
     <t>14556</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14556/requerimento_105_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14556/requerimento_105_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer  informações acerca da execução das emendas impositivas de minha autoria ao orçamento do exercício de 2025</t>
   </si>
   <si>
     <t>14557</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14557/requerimento_106_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14557/requerimento_106_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer  informações referentes aos serviços de ecografia/ultrassonografia realizados pelo Sistema Único de Saúde (SUS) no Município de Itapoá/SC</t>
   </si>
   <si>
     <t>14587</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14587/requerimento_107_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14587/requerimento_107_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas acerca das medidas efetivamente adotadas em decorrência do Decreto Municipal n. 7.555/2025, publicado em agosto de 2025, que declarou situação de emergência em áreas afetadas por erosão e ressacas marítimas no Município de Itapoá</t>
   </si>
   <si>
     <t>14583</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Jessica, Diego, Ivan da Luz, Marta, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14583/requerimento_108_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14583/requerimento_108_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requerem que o Poder Legislativo realize nesta Casa uma Sessão Solene em comemoração aos 20 anos do Quartel do Corpo de Bombeiros de Itapoá</t>
   </si>
   <si>
     <t>14577</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14577/requerimento_109_2025_-_jessica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14577/requerimento_109_2025_-_jessica.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a forma de cobrança do Imposto de Transmissão de Bens Imóveis (ITBI) no Município, diante do novo entendimento consolidado pelos Tribunais Superiores</t>
   </si>
   <si>
     <t>14614</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14614/requerimento_110_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14614/requerimento_110_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requerem  informações referentes à obra de engorda da praia no município de Itapoá</t>
   </si>
   <si>
     <t>14608</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>Valdecir, Daniel Weber, Diego, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14608/requerimento_111_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14608/requerimento_111_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca da manutenção e gestão dos canais de drenagem que deságuam na praia, após a conclusão das obras de engordamento da faixa de areia ao longo da orla do município de Itapoá</t>
   </si>
   <si>
     <t>14613</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Marta, Ademar, Diego, Ivan da Luz, Jessica, Marcio Melo, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14613/requerimento_112_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14613/requerimento_112_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requerem informações referentes ao atendimento ginecológico</t>
   </si>
   <si>
     <t>14612</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Diego, Ademar, Ivan da Luz, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14612/requerimento_113_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14612/requerimento_113_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações e esclarecimentos referentes aos parquinhos infantis instalados recentemente no Parque Linear, no bairro Centro, e na Rua 160 Pedro Álvares Cabral, no bairro Barra do Saí</t>
   </si>
   <si>
     <t>14615</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14615/requerimento_plc242025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14615/requerimento_plc242025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer que seja alterado o regime de tramitação do Projeto de Lei Complementar n. 24/2025, de autoria do Poder Executivo Municipal, para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14667</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14667/requerimento_115_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14667/requerimento_115_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer que seja alterado o regime de tramitação do Projeto de Resolução n. 10/2025, para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14664</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14664/requerimento_116_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14664/requerimento_116_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca da possibilidade de orientação de turistas e trabalhadores da orla marítima sobre os riscos e cuidados com o mar</t>
   </si>
   <si>
     <t>14662</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Ivan da Luz, Ademar, Daniel Weber, Diego, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14662/requerimento_117_2025_-_ivan_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14662/requerimento_117_2025_-_ivan_1.pdf</t>
   </si>
   <si>
     <t>Requerem  informações referentes à atualização da tabela de vencimentos do Magistério Público Municipal</t>
   </si>
   <si>
     <t>14698</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14698/requerimento_118_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14698/requerimento_118_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem a dispensa do Parecer das Comissões Permanentes ao Projeto de Lei Complementar n.° 29/2025, que se encontra em Regime de Urgência Simples, com observância ao art. 78 do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>14716</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Diego, Ivan da Luz, Jessica, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14716/requerimento_119_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14716/requerimento_119_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações e esclarecimentos referentes ao uso da VAN da Educação e às condições de transporte dos profissionais da Escola Rural Alberto Speck</t>
   </si>
   <si>
     <t>14717</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Ivan da Luz, Diego, Jessica, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14717/requerimento_120_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14717/requerimento_120_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações e documentos ainda pendentes de resposta relacionados às solicitações já formalizadas pela Comissão Especial do Projeto Geoônibus, especialmente aquelas constantes nos Ofícios n. 114/2025 e 115/2025, que permanecem sem retorno integral.</t>
   </si>
   <si>
     <t>14727</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14727/requerimento_121_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14727/requerimento_121_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem informações atualizadas, completas e documentadas sobre a execução do Contrato Administrativo n. 108/2022, celebrado com a_x000D_
 empresa Geomais Geotecnologia Ltda., resultante da Concorrência Pública n. 20/2022 – Processo n. 95/2022, cujo valor global inicial é de R$ 6.762.275,00 (seis milhões, setecentos e sessenta e dois mil, duzentos e setenta e cinco reais), e que foi prorrogado pelo Termo Aditivo n. 105/2024, de 12 de julho de 2024</t>
   </si>
   <si>
     <t>14719</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14719/requerimento_122_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14719/requerimento_122_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requerem seja alterado o regime de tramitação do Projeto de Lei Complementar n. 32/2025 para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14745</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Ademar, Ivan da Luz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14745/requerimento_123_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14745/requerimento_123_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Requerem que seja alterado o regime de tramitação do Projeto de Lei Ordinária n. 108/2025 para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14744</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14744/requerimento_124_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14744/requerimento_124_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao reparo do telhado do Ginásio de Esportes Ivo Zagonel</t>
   </si>
   <si>
     <t>14751</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14751/requerimento_125_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14751/requerimento_125_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas sobre a oferta de vagas de berçário e de educação infantil (crianças de 1 a 3 anos) no Município, considerando a demanda crescente e o direito constitucional à educação infantil</t>
   </si>
   <si>
     <t>14752</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Ivan da Luz, Diego, Jessica, Marcio Melo, Marta, Odinei, Valdecir</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14752/requerimento_126_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14752/requerimento_126_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos relacionados à atual situação dos pescadores artesanais de Itapoá, diante dos inúmeros relatos de dificuldades  operacionais, abandono institucional, impedimento de acesso ao mar e descumprimento de legislações vigentes.</t>
   </si>
   <si>
     <t>14783</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14783/requerimento_127_2025_-_ademar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14783/requerimento_127_2025_-_ademar.pdf</t>
   </si>
   <si>
     <t>Requer que seja alterado o regime de tramitação do Projeto de Lei Complementar n. 27/2025 para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
   </si>
   <si>
     <t>14775</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14775/requerimento_128_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14775/requerimento_128_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à iluminação pública na área compreendida entre a segunda e a terceira pedra</t>
   </si>
   <si>
     <t>14776</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14776/requerimento_129_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14776/requerimento_129_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer cópias integrais dos seguintes Processos Administrativos instaurados para apurar possíveis irregularidades em obras contratadas pelo Executivo Municipal</t>
   </si>
   <si>
     <t>14777</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14777/requerimento_130_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14777/requerimento_130_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os aditivos firmados no Contrato Administrativo n.º 72/2019, referente à gestão da iluminação pública municipal, considerando indícios de desproporcionalidade, aumento indevido de quantitativos e possível prática de “jogo de planilha”.</t>
   </si>
   <si>
     <t>14778</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14778/requerimento_131_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14778/requerimento_131_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer a prestação de contas completa referente ao FORAL FEST 2025, executado pela empresa RJ Eventos LTDA, contemplada pelo Termo de Execução Cultural nº 001/2025, firmado no âmbito do Edital nº 16/2025 – SECULTUR.</t>
   </si>
   <si>
     <t>14784</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>Diego, Ivan da Luz, Jessica, Marta, Valdecir</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14784/requerimento_132_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14784/requerimento_132_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas referentes à execução, recebimento, deterioração precoce e posterior recapagem da pavimentação asfáltica realizada na Avenida 23 Marechal Floriano Peixoto, objeto do Contrato Administrativo nº 159/2023, oriundo da Concorrência nº 09/2023 – Processo nº 91/2023, executado pela empresa VERSÁTIL Construtora e Prestadora de Serviços Ltda. Considerando as constantes reclamações de moradores acerca da formação de numerosos buracos na via poucos meses após a conclusão da obra</t>
   </si>
   <si>
     <t>14785</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14785/requerimento_133_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14785/requerimento_133_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Comissão Técnica instituída pela Portaria nº 38/2025/SME, destinada a realizar estudos sobre a revisão do Plano de Carreira e a valorização salarial dos professores da Rede Municipal de Ensino</t>
   </si>
   <si>
     <t>14786</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14786/requerimento_134_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14786/requerimento_134_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Programa Municipal de Castração e demais ações relacionadas à causa animal em nosso Município,</t>
   </si>
   <si>
     <t>14872</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14872/requerimento_135-2025_ue_abono_todos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14872/requerimento_135-2025_ue_abono_todos.pdf</t>
   </si>
   <si>
     <t>Requerem a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 124/2025, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>14869</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14869/requerimento_136_2025_-_marta.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14869/requerimento_136_2025_-_marta.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos referentes ao motivo pelo qual o gerador de energia da UPA não estava funcionando na data de 10 de novembro de 2025, ocasião em que houve queda de energia no Município</t>
   </si>
   <si>
     <t>14870</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14870/requerimento_137_2025_-_valdecir.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14870/requerimento_137_2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>Requer, diante das reiteradas intercorrências e cancelamentos de eventos esportivos ocorridos no Município de Itapoá no exercício de 2025,  informações e a documentação acera do Planejamento esportivo dos anos de 2025 e 2026.</t>
   </si>
   <si>
     <t>14878</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14878/requerimento_138_2025_-_diego.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14878/requerimento_138_2025_-_diego.pdf</t>
   </si>
   <si>
     <t>Requerem informações referente ao empreendimento TUP Coamo (Terminal de Uso Privado Coamo), em processo de instalação no município</t>
   </si>
   <si>
     <t>14874</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14874/requerimento_139_2025_-_ivan_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14874/requerimento_139_2025_-_ivan_1.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao expressivo aumento das despesas com locação de imóveis no exercício de 2025, considerando o crescimento significativo de contratos celebrados apenas neste ano.</t>
   </si>
   <si>
     <t>14875</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14875/requerimento_140_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14875/requerimento_140_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos valores praticados nos contratos firmados entre o Município de Itapoá/SC e a empresa Carisma Participações Ltda., especialmente após a aplicação do último reajuste anual.</t>
   </si>
   <si>
     <t>14876</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14876/requerimento_141_2025_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14876/requerimento_141_2025_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos referentes às alterações de lotação de servidores municipais realizadas com fundamento no art. 38 da Lei Complementar Municipal n. 44/2014</t>
   </si>
   <si>
+    <t>15011</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/15011/requerimento_142_mesa_urgenciaprojetos.pdf</t>
+  </si>
+  <si>
+    <t>Requerem seja alterado o regime de tramitação dos Projetos de Lei Ordinária n. 105, 106, 107, 109, 110 e 111 de 2025 para Regime de Urgência Simples, conforme dispõe o art. 149 do Regimento Interno desta Casa Legislativa</t>
+  </si>
+  <si>
+    <t>14999</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14999/requerimento_143_2025_-_marcio.pdf</t>
+  </si>
+  <si>
+    <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 76/2025, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148.</t>
+  </si>
+  <si>
     <t>12214</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Ivan da Luz, Ezequiel Andrad'S, Fernando da Barra, Luiz Nego, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12214/requerimento_01_2024_-_ivan_-_requer_informacoes_sobre_a_qualidade_da_agua_fornecida_aos_municipes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12214/requerimento_01_2024_-_ivan_-_requer_informacoes_sobre_a_qualidade_da_agua_fornecida_aos_municipes.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre a qualidade da água fornecida aos munícipes, bem como o atendimento e a distribuição realizados pela empresa que fornece serviços de Saneamento</t>
   </si>
   <si>
     <t>12246</t>
   </si>
   <si>
     <t>Fernando da Barra, Ezequiel Andrad'S, Ivan da Luz, Luiz Nego, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12246/requerimento_02_2024_-_todos_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plc_07_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12246/requerimento_02_2024_-_todos_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plc_07_2024.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Complementar n. 07/2024 e a a dispensa do Parecer das Comissões Permanentes</t>
   </si>
   <si>
     <t>12254</t>
   </si>
   <si>
     <t>João Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12254/requerimento_03_2024_-_joao_-_requer_informacoes_sobre_o_cumprimento_da_lei_n._1.329_de_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12254/requerimento_03_2024_-_joao_-_requer_informacoes_sobre_o_cumprimento_da_lei_n._1.329_de_2024.pdf</t>
   </si>
   <si>
     <t>Requer s informações sobre o cumprimento da Lei n. 1.329, de 12 de janeiro de 2024</t>
   </si>
   <si>
     <t>12260</t>
   </si>
   <si>
     <t>Luiz Nego, Janayna</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12260/requerimento_04_2024_-_luiz_-_requer_informacoes_acerca_das_pessoas_com_transtorno_do_espectro_autista_tea.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12260/requerimento_04_2024_-_luiz_-_requer_informacoes_acerca_das_pessoas_com_transtorno_do_espectro_autista_tea.pdf</t>
   </si>
   <si>
     <t>Requer informações  acerca das pessoas com Transtorno do Espectro Autista (TEA)</t>
   </si>
   <si>
     <t>12273</t>
   </si>
   <si>
     <t>Janayna, Ezequiel Andrad'S, Fernando da Barra, Ivan da Luz, João Marcio, Luiz Nego, Paulo Neres, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12273/requerimento_05_2024_-_janayna_-_requer_informacoes_referente_a_aplicacao_da_lei_municipal_n._1245_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12273/requerimento_05_2024_-_janayna_-_requer_informacoes_referente_a_aplicacao_da_lei_municipal_n._1245_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referente à aplicação da Lei Municipal n. 1245/2023, que dispõe sobre a limpeza de terrenos baldios</t>
   </si>
   <si>
     <t>12281</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12281/requerimento_06_2024_-_joao_-_requer_informacoes_sobre_o_transporte_universitario_em_nosso_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12281/requerimento_06_2024_-_joao_-_requer_informacoes_sobre_o_transporte_universitario_em_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao transporte universitário em nosso Município</t>
   </si>
   <si>
     <t>12314</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12314/requerimento_07_2024_-_joao_-_requer_informacoes_referentes_a_empresa_terceirizada_orbenk.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12314/requerimento_07_2024_-_joao_-_requer_informacoes_referentes_a_empresa_terceirizada_orbenk.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à empresa terceirizada ORBENK, a qual presta serviços ao Município, especialmente em relação ao contrato de recepcionista, que é o Contrato Administrativo n. 41/2023</t>
   </si>
   <si>
     <t>12312</t>
   </si>
   <si>
     <t>Luiz Nego</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12312/requerimento_08_2024_-_luiz_-_requer_informacoes_acerca_do_servico_de_coleta_seletiva_dos_residuos_solidos_domiciliares_no_municipio_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12312/requerimento_08_2024_-_luiz_-_requer_informacoes_acerca_do_servico_de_coleta_seletiva_dos_residuos_solidos_domiciliares_no_municipio_de_itapoa.pdf</t>
   </si>
   <si>
     <t>Requer informações para esta Casa de Leis acerca do serviço de coleta seletiva dos resíduos sólidos domiciliares no município de Itapoá</t>
   </si>
   <si>
     <t>12316</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12316/requerimento_09_2024_-_luiz_-_requer_informacoes_sobre_as_unidades_basicas_de_saude.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12316/requerimento_09_2024_-_luiz_-_requer_informacoes_sobre_as_unidades_basicas_de_saude.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as Unidades Básicas de Saúde</t>
   </si>
   <si>
     <t>12342</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12342/requerimento_10_2024_-_joao_-_requer_informacoes_referentes_ao_atendimento_odontologico.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12342/requerimento_10_2024_-_joao_-_requer_informacoes_referentes_ao_atendimento_odontologico.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao atendimento odontológico</t>
   </si>
   <si>
     <t>12376</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12376/requerimento_11_2024_-_joao_-_requer_informacoes_referentes_aos_contratos_de_locacao_de_imoveis_dos_ultimos_03_anos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12376/requerimento_11_2024_-_joao_-_requer_informacoes_referentes_aos_contratos_de_locacao_de_imoveis_dos_ultimos_03_anos.pdf</t>
   </si>
   <si>
     <t>Requer informações pertinentes aos contratos de locação de imóveis dos últimos 03 anos</t>
   </si>
   <si>
     <t>12387</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12387/requerimento_12_2024_-_ivan_-_requer_informacoes_referentes_ao_transporte_escolar_municipal_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12387/requerimento_12_2024_-_ivan_-_requer_informacoes_referentes_ao_transporte_escolar_municipal_de_itapoa.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao transporte escolar municipal de Itapoá</t>
   </si>
   <si>
     <t>12409</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12409/requerimento_13_2024_-_joao_-_requer_informacoes_e_documentos_relacionados_ao_evento_som_que_surge.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12409/requerimento_13_2024_-_joao_-_requer_informacoes_e_documentos_relacionados_ao_evento_som_que_surge.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos relacionados ao evento “Som que surge”</t>
   </si>
   <si>
     <t>12413</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12413/requerimento_14_2024_-_joao_-_requer_informacoes_referentes_as_medidas_adotadas_para_o_cumprimento_de_algumas_leis_municipais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12413/requerimento_14_2024_-_joao_-_requer_informacoes_referentes_as_medidas_adotadas_para_o_cumprimento_de_algumas_leis_municipais.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às medidas adotadas para o cumprimento de algumas leis municipais e, caso não tenha sido adotada nenhuma mediada, informar o motivo</t>
   </si>
   <si>
     <t>12422</t>
   </si>
   <si>
     <t>Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12422/requerimento_15_2024_-_stoklosa_-_requer_informacoes_referentes_a_coleta_de_lixo_em_nosso_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12422/requerimento_15_2024_-_stoklosa_-_requer_informacoes_referentes_a_coleta_de_lixo_em_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à coleta de lixo em nosso Município</t>
   </si>
   <si>
     <t>12427</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12427/requerimento_16_2024_-_joao_-_requer_informacoes_referentes_a_obra_executada_na_avenida_beira_mar_iii_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12427/requerimento_16_2024_-_joao_-_requer_informacoes_referentes_a_obra_executada_na_avenida_beira_mar_iii_.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos relacionados à obra executada na Avenida 741 Beira Mar III</t>
   </si>
   <si>
     <t>12428</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12428/requerimento_17_2024_-_joao_-_requer_informacoes_referentes_as_medidas_que_estao_sendo_adotadas_para_frear_a_diminuicao_dos_alvaras_de_construcao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12428/requerimento_17_2024_-_joao_-_requer_informacoes_referentes_as_medidas_que_estao_sendo_adotadas_para_frear_a_diminuicao_dos_alvaras_de_construcao.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às medidas que estão sendo adotadas para frear a diminuição dos alvarás de construção</t>
   </si>
   <si>
     <t>12495</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Requer informações</t>
   </si>
   <si>
     <t>12517</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12517/requerimento_19_2024_-_joao_-_requer_informacoes_referentes_ao_plano_de_contingencia_de_combate_a_dengue.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12517/requerimento_19_2024_-_joao_-_requer_informacoes_referentes_ao_plano_de_contingencia_de_combate_a_dengue.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao plano de contingência de combate à dengue</t>
   </si>
   <si>
     <t>12519</t>
   </si>
   <si>
     <t>Luiz Nego, Ivan da Luz, João Marcio, Jonecir Soares, Paulo Neres, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12519/requerimento_20_2024_-_luiz_-_requer_informacoes_sobre_o_recebimento_de_denuncias_referentes_a_invasao_de_areas_a_beira_mar_1_2.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12519/requerimento_20_2024_-_luiz_-_requer_informacoes_sobre_o_recebimento_de_denuncias_referentes_a_invasao_de_areas_a_beira_mar_1_2.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do recebimento de denúncias referentes à invasão de áreas à beira-mar, de preservação permanente, bem como sobre a derrubada de vegetação nativa (restinga) que estaria ocorrendo no Bairro Bamerindus</t>
   </si>
   <si>
     <t>12523</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12523/requerimento_21_2024_-_ivan_-_requer_informacoes_acerca_da_obra_da_avenida_370_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12523/requerimento_21_2024_-_ivan_-_requer_informacoes_acerca_da_obra_da_avenida_370_sai_mirim.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da obra da Avenida 370 Saí Mirim</t>
   </si>
   <si>
     <t>12532</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12532/requerimento_22_2024_-_joao_-_requer_informacoes_referentes_as_diarias_do_servidor_gilberto_jose_maciel_que_ocupa_o_cargo_de_diretor_de_convenios.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12532/requerimento_22_2024_-_joao_-_requer_informacoes_referentes_as_diarias_do_servidor_gilberto_jose_maciel_que_ocupa_o_cargo_de_diretor_de_convenios.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às diárias do servidor Gilberto José Maciel, que ocupa o cargo de Diretor de Convênios</t>
   </si>
   <si>
     <t>12533</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12533/requerimento_23_2024_-_joao_-_requer_informacoes_detalhadas_sobre_os_valores_disponibilizados_pelo_governo_federal_para_a_area_da_cultura.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12533/requerimento_23_2024_-_joao_-_requer_informacoes_detalhadas_sobre_os_valores_disponibilizados_pelo_governo_federal_para_a_area_da_cultura.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os valores disponibilizados pelo Governo Federal para a área da cultura no município de Itapoá, nos últimos 06 (seis) anos</t>
   </si>
   <si>
     <t>12542</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12542/requerimento_24_2024_-_ivan_-_requer_informacoes_sobre_a_empresa_versa_engenharia_ambiental_ltda._antiga_serrana_e_a_empresa_serrana_aguas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12542/requerimento_24_2024_-_ivan_-_requer_informacoes_sobre_a_empresa_versa_engenharia_ambiental_ltda._antiga_serrana_e_a_empresa_serrana_aguas.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a empresa Versa Engenharia Ambiental Ltda., antiga Serrana, e a empresa Serrana Águas</t>
   </si>
   <si>
     <t>12543</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12543/requerimento_25_2024_-_stoklosa_-_requer_informacoes_relacionadas_a_divisa_dos_estados_entre_itapoa-sc_e_guaratuba-pr.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12543/requerimento_25_2024_-_stoklosa_-_requer_informacoes_relacionadas_a_divisa_dos_estados_entre_itapoa-sc_e_guaratuba-pr.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas à divisa dos Estados entre Itapoá/SC e Guaratuba/PR</t>
   </si>
   <si>
     <t>12563</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12563/requerimento_26_2024_-_joao_-_requer_copia_do_cardapio_da_merenda_escolar_dos_ultimos_60_dias.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12563/requerimento_26_2024_-_joao_-_requer_copia_do_cardapio_da_merenda_escolar_dos_ultimos_60_dias.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do cardápio da merenda escolar</t>
   </si>
   <si>
     <t>12564</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12564/requerimento_27_2024_-_joao_-_requer_informacoes_referentes_a_contratacao_de_publicidade_pelo_municipio_e_tambem_sobre_o_inquerito_civil_n._06.2024.00000095-7.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12564/requerimento_27_2024_-_joao_-_requer_informacoes_referentes_a_contratacao_de_publicidade_pelo_municipio_e_tambem_sobre_o_inquerito_civil_n._06.2024.00000095-7.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à contratação de publicidade pelo Município e também sobre o Inquérito Civil n. 06.2024.00000095-7</t>
   </si>
   <si>
     <t>12571</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12571/requerimento_28_2024_-_luiz_-_requer_informacoes_acerca_do_numero_de_atendimentos_de_pacientes_com_dengue_por_posto_de_saude_e_na_upa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12571/requerimento_28_2024_-_luiz_-_requer_informacoes_acerca_do_numero_de_atendimentos_de_pacientes_com_dengue_por_posto_de_saude_e_na_upa.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do número de atendimentos de pacientes com dengue por posto de saúde e na UPA, realizados em nosso Município</t>
   </si>
   <si>
     <t>12577</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12577/requerimento_29_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_58_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12577/requerimento_29_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_58_2024.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 58/2024</t>
   </si>
   <si>
     <t>12622</t>
   </si>
   <si>
     <t>João Marcio, Ivan da Luz, Jonecir Soares, Luiz Nego</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12622/requerimento_30_2024_-_joao_-_requer_informacoes_referentes_aos_kit_pescador.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12622/requerimento_30_2024_-_joao_-_requer_informacoes_referentes_aos_kit_pescador.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao kit pescador, conforme Lei n. 1.123, de novembro de 2021, e Decreto n. 5.752, de 09 de fevereiro de 2023</t>
   </si>
   <si>
     <t>12623</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12623/requerimento_31_2024_-_ivan_-_requer_informacoes_sobre_a_manutencao_do_sistema_eletrico_da_escola_municipal_ayrton_senna_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12623/requerimento_31_2024_-_ivan_-_requer_informacoes_sobre_a_manutencao_do_sistema_eletrico_da_escola_municipal_ayrton_senna_1.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a manutenção do sistema elétrico da Escola Municipal Ayrton Senna</t>
   </si>
   <si>
     <t>12967</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12967/requerimento_32_2024_-_joao_-_requer_informacoes_referentes_aos_decretos_municipais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12967/requerimento_32_2024_-_joao_-_requer_informacoes_referentes_aos_decretos_municipais.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos Decretos Municipais 6.532/2024, 6.533/2024 e 6.535/2024, que denominam os bens públicos</t>
   </si>
   <si>
     <t>12965</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12965/requerimento_33_2024_-_joao_-_requer_informacoes_informacoes_acerca_das_extensoes_da_rede_eletrica_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12965/requerimento_33_2024_-_joao_-_requer_informacoes_informacoes_acerca_das_extensoes_da_rede_eletrica_1.pdf</t>
   </si>
   <si>
     <t>Requer acerca das extensões da rede elétrica realizadas nos anos de 2020 e 2024.</t>
   </si>
   <si>
     <t>12972</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Fernando da Barra</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12972/requerimento_34_2024_-_stoklosa_-_requer_informacoes_sobre_projeto_de_hospital_em_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12972/requerimento_34_2024_-_stoklosa_-_requer_informacoes_sobre_projeto_de_hospital_em_itapoa.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as demandas de saúde e hospital em Itapoá</t>
   </si>
   <si>
     <t>12999</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12999/requerimento_35_2024_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12999/requerimento_35_2024_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer  a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 63/2024</t>
   </si>
   <si>
     <t>13005</t>
   </si>
   <si>
     <t>Janayna, Fernando da Barra, Ivan da Luz, João Marcio, Jonecir Soares, Luiz Nego, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13005/requerimento_36_2024_-_janayna.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13005/requerimento_36_2024_-_janayna.pdf</t>
   </si>
   <si>
     <t>Requer informações para esta Casa de Leis sobre os horários dos ônibus de transporte público operados pela empresa Oceânica</t>
   </si>
   <si>
     <t>13027</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13027/requerimento_37_2024_-_stoklosa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13027/requerimento_37_2024_-_stoklosa.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os investimentos no Proerd nos anos de 2023 e 2024 em Itapoá</t>
   </si>
   <si>
     <t>13036</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13036/requerimento_38_2024_-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13036/requerimento_38_2024_-_joao.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre o não cumprimento integral da Lei n. 1.246, de 05 de abril de 2024</t>
   </si>
   <si>
     <t>13037</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13037/requerimento_39_2024_-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13037/requerimento_39_2024_-_joao.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a quantidade dos cargos vagos e ocupados da Prefeitura de Itapoá e as respectivas lotações</t>
   </si>
   <si>
     <t>13055</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13055/requerimento_40_2024_-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13055/requerimento_40_2024_-_joao.pdf</t>
   </si>
   <si>
     <t>13056</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13056/requerimento_41_2024_-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13056/requerimento_41_2024_-_joao.pdf</t>
   </si>
   <si>
     <t>13075</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13075/requerimento_42_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_pr_04_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13075/requerimento_42_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_pr_04_2024.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Resolução n. 04/2024</t>
   </si>
   <si>
     <t>13148</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13148/requerimento_43_2024_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13148/requerimento_43_2024_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Complementar n. 19/2024, do Projeto de Lei Complementar n. 23/2024 e do Projeto de Lei Ordinária n. 77/2024,</t>
   </si>
   <si>
     <t>13182</t>
   </si>
   <si>
     <t>Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13182/requerimento_44_2024_-_tiago.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13182/requerimento_44_2024_-_tiago.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de licença para tratar de interesses particulares, pelo prazo de 30 (trinta) dias,</t>
   </si>
   <si>
     <t>13183</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13183/requerimento_45_2024_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13183/requerimento_45_2024_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer  a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 68/2024</t>
   </si>
   <si>
     <t>13206</t>
   </si>
   <si>
     <t>João Marcio, Bela, Fernando da Barra, Ivan da Luz, Janayna, Paulo Neres, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13206/requerimento_46_2024__-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13206/requerimento_46_2024__-_joao.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de Comissão Parlamentar de Inquérito (CPI) para investigar possíveis irregularidades cometidas durante a gestão do ex-Prefeito Jeferson Rubens Garcia, especificamente relacionadas à execução de contratos e obras públicas realizadas em sua administração.</t>
   </si>
   <si>
     <t>13207</t>
   </si>
   <si>
     <t>Ivan da Luz, Fernando da Barra, Janayna, João Marcio, Paulo Neres, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13207/requerimento_47_2024__-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13207/requerimento_47_2024__-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de Comissão Parlamentar de Inquérito (CPI) para investigar possíveis irregularidades cometidas durante a gestão dos ex-Secretários de Turismo e Cultura Sr. Claudio Roberson Lemonie, Sra. Angela Maria Puerari, Sr. João Marcio Faligurski e da Secretária de Obras e Serviços Públicos, a Sra. Stefanie Liara Castilho de Aguiar, do ex-Prefeito Marlon Roberto Neuber, especificamente relacionadas à execução de contratos e obras públicas realizadas em sua administração</t>
   </si>
   <si>
     <t>13226</t>
   </si>
   <si>
     <t>Fernando da Barra, Adriano Machado Landgraf, Bela, Gerson Piazzetta, Janayna, João Marcio, Paulo Neres, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13226/requerimento_48_2024_-_todos_-_assinado_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13226/requerimento_48_2024_-_todos_-_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência do Projeto de Lei Complementar n. 15/2024 e do Projeto de Lei Ordinária n. 66/2024</t>
   </si>
   <si>
     <t>13239</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13239/requerimento_49_2024_-_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13239/requerimento_49_2024_-_ivan.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a responsabilidade de instalação e manutenção de pontos de ônibus no Município</t>
   </si>
   <si>
     <t>13247</t>
   </si>
   <si>
     <t>Adriano Machado Landgraf</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13247/requerimento_50_2024_-_adriano.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13247/requerimento_50_2024_-_adriano.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do quadro de recursos humanos nos equipamentos de assistência social do Município</t>
   </si>
   <si>
     <t>13248</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13248/requerimento_51_2024_-_adriano.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13248/requerimento_51_2024_-_adriano.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do quadro de recursos humanos junto ao CAPS (Centro de Atenção Psicossocial) do município de Itapoá, organizado na modalidade CAPS I</t>
   </si>
   <si>
     <t>13324</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13324/requerimento_52_2024_-_adriano.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13324/requerimento_52_2024_-_adriano.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por intermédio do setor competente, encaminhe para esta Casa de Leis informações sobre os servidores públicos do Poder Executivo, em especial:</t>
   </si>
   <si>
     <t>13352</t>
   </si>
   <si>
     <t>Tiago de Oliveira, João Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13352/requerimento_53_2024_-_tiago.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13352/requerimento_53_2024_-_tiago.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as infrações de trânsito e multas que estão sendo lançadas como Órgão Autuador e como Órgão Competente a Prefeitura Municipal de Itapoá</t>
   </si>
   <si>
     <t>13349</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13349/requerimento_54_2024_-_joao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13349/requerimento_54_2024_-_joao.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos os shows nacionais contratados e artistas locais que farão abertura dos shows.</t>
   </si>
   <si>
     <t>13474</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13474/requerimento_55_2024_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13474/requerimento_55_2024_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 120/2024</t>
   </si>
   <si>
     <t>13498</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13498/requerimento_56_2024_-_mesa_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13498/requerimento_56_2024_-_mesa_1.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 125/2024, do Projeto de Lei Ordinária n. 126/2024, do Projeto de Lei Ordinária n. 127/2024 e do Projeto de Lei Ordinária n. 128/2024</t>
   </si>
   <si>
     <t>13507</t>
   </si>
   <si>
     <t>Fernando da Barra, João Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13507/requerimento_57_2024_-_mesa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13507/requerimento_57_2024_-_mesa.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 129/2024 e do Projeto de Lei Ordinária n. 130/2024,</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11066/requerimento_01_2023_-_ivan_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11066/requerimento_01_2023_-_ivan_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita à Mesa Diretora desta Casa Legislativa, com fulcro nos arts. 51 e 52 do Regimento Interno, e de acordo com o art. 5º do Decreto-Lei n. 201/607, que instaure-se, na forma regimental e depois de ouvido o Plenário, uma Comissão Especial de Inquérito, pelo prazo de 90 dias, prorrogável por igual período, para que seja apurada suposta prática de irregularidade praticada pelo Prefeito Municipal Sr. Marlon Roberto Neuber.</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
     <t>Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11071/requerimento_02_2023_-_paulo_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._maria_salete_ceccatto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11071/requerimento_02_2023_-_paulo_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._maria_salete_ceccatto.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Maria Salete Ceccatto, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11068/requerimento_03_2023_-_stoklosa_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11068/requerimento_03_2023_-_stoklosa_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, seja instaurada nessa Casa Legislativa, com fulcro nos artigos 1º, 4º, 50, 51, 52, 60 e inciso XI, §3º do Art.123 do Regimento Interno, uma Comissão Especial de Inquérito, pelo prazo de até 90 dias, podendo ser prorrogável por igual período, para que sejam apuradas as supostas práticas de irregularidade política administrativa praticada pelo Prefeito Sr. Marlon Roberto Neuber.</t>
   </si>
   <si>
     <t>11065</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11065/requerimento_04_2023_-_luiz_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._normina_peres_dias.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11065/requerimento_04_2023_-_luiz_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._normina_peres_dias.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Normina Peres Dias, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11056/requerimento_n._05_2023_-_joao_-_premio_mulher__destaque_luci_jose_da_costa_kirinus_destaque.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11056/requerimento_n._05_2023_-_joao_-_premio_mulher__destaque_luci_jose_da_costa_kirinus_destaque.pdf</t>
   </si>
   <si>
     <t>O vereador que solicita este requerimento requer, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Luci José da Costa Kirinus, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11060/requerimento_06_2023_-_stoklosa_-_requer_informacoes_referentes_ao_contrato_administrativo_n._103_2019.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11060/requerimento_06_2023_-_stoklosa_-_requer_informacoes_referentes_ao_contrato_administrativo_n._103_2019.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis as seguintes informações referentes ao Contrato Administrativo n. 103/2019</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
     <t>Mesa Diretora, Fernando da Barra, João Marcio, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11070/requerimento_n._07_2023_-_mesa..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11070/requerimento_n._07_2023_-_mesa..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que seja instaurada nessa Casa Legislativa, com fulcro nos artigos 1º, 4º, 50, 51, 52, 60 e inciso XI, §3º do Art.123 do Regimento Interno, uma Comissão Especial de Inquérito, pelo prazo de até 90 (noventa) dias, podendo ser prorrogável por igual período, para que sejam apuradas as supostas práticas de irregularidade político-administrativa praticada pelo Prefeito Municipal, Sr. Marlon Roberto Neuber</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
     <t>Bela</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11082/requerimento_08_2023_-_bela_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._joselene_goncalves_do_nascimento_cunha.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11082/requerimento_08_2023_-_bela_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._joselene_goncalves_do_nascimento_cunha.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Joselene Gonçalves do Nascimento Cunha, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>Ezequiel Andrad'S</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11098/requerimento_09_2023_-_ezequiel_-_requer_informacoes_sobre_a_manutencao_e_seguranca_do_bairro_barra_do_sai.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11098/requerimento_09_2023_-_ezequiel_-_requer_informacoes_sobre_a_manutencao_e_seguranca_do_bairro_barra_do_sai.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis as seguintes informações sobre a manutenção e a segurança do Bairro Barra do Saí, Itapoá/SC</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
     <t>Fernando da Barra</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11086/requerimento_10_2023_-_fernando_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._jandira_fernandes_alves.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11086/requerimento_10_2023_-_fernando_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._jandira_fernandes_alves.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Jandira Fernandes Alves, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11090</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11090/requerimento_11_2023_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marcela_de_campos_rastelli.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11090/requerimento_11_2023_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marcela_de_campos_rastelli.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Marcela de Campos Rastelli, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11091</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11091/requerimento_12_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_e_equipamentos_da_secretaria_de_saude_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11091/requerimento_12_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_e_equipamentos_da_secretaria_de_saude_1.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações relacionadas aos funcionários e equipamentos da Secretaria de Saúde, bem como informações sobre os medicamentos de uso contínuo</t>
   </si>
   <si>
     <t>11092</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11092/requerimento_13_2023_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11092/requerimento_13_2023_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre a COSIP de Itapoá.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11096/requerimento_14_2023_-_ivan_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._carmem_pordencio_de_castro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11096/requerimento_14_2023_-_ivan_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._carmem_pordencio_de_castro.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Carmem Pordêncio de Castro, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11122</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11122/requerimento_15_2023_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_professora_sonia_aparecida_alves.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11122/requerimento_15_2023_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_professora_sonia_aparecida_alves.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Professora Sônia Aparecida Alves, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11143/requerimento_16_2023_-_stoklosa_-_requer_informacoes_referentes_as_pinturas_das_vias_publicas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11143/requerimento_16_2023_-_stoklosa_-_requer_informacoes_referentes_as_pinturas_das_vias_publicas.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes às pinturas das vias públicas, bem como sobre o andamento para o pleno funcionamento da Guarda Municipal:</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11144/requerimento_17_2023_-_stoklosa_-_requer_informacoes_referentes_ao_andamento_do_processo_administrativo_no_028-2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11144/requerimento_17_2023_-_stoklosa_-_requer_informacoes_referentes_ao_andamento_do_processo_administrativo_no_028-2022.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao andamento do Processo Administrativo n. 28/2022, constituído por intermédio da Portaria n. 133/2022</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11166/requerimento_18_2023_-_luiz_-_requer_informacoes_sobre_o_piso_salarial_profissional_nacional_para_os_profissionais_do_magisterio_publico_da_educacao_basica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11166/requerimento_18_2023_-_luiz_-_requer_informacoes_sobre_o_piso_salarial_profissional_nacional_para_os_profissionais_do_magisterio_publico_da_educacao_basica.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo Municipal, por meio da Secretaria de Educação, preste informações relativas ao novo valor do Piso Salarial Profissional Nacional para os Profissionais do Magistério Público da Educação Básica (PSPN) e o reajuste municipal destes profissionais</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11167/requerimento_19_2023_-_stoklosa_-_requer_informacoes_referentes_aos_medicamentos_do_pronto_atendimento_24_horas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11167/requerimento_19_2023_-_stoklosa_-_requer_informacoes_referentes_aos_medicamentos_do_pronto_atendimento_24_horas.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis as seguintes informações referentes aos medicamentos do Pronto Atendimento 24 horas</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11193/requerimento_20_2023_-_stoklosa_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._darcy_gil_de_souza_junior_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11193/requerimento_20_2023_-_stoklosa_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._darcy_gil_de_souza_junior_1.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda Medalha de Honra ao Mérito ao Sr. Darcy Gil de Souza Junior.</t>
   </si>
   <si>
     <t>11196</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11196/requerimento_21_2023_-_joao_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._capitao_richardson_bortolini_lima.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11196/requerimento_21_2023_-_joao_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._capitao_richardson_bortolini_lima.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Capitão Richardson Bortolini Lima, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11220/requerimento_22_2023_-_bela_-_requer_seja_concedido_o_titulo_de_cidada_honoraria_a_dra_aline_vasty_ferrandin_juiza_de_direito.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11220/requerimento_22_2023_-_bela_-_requer_seja_concedido_o_titulo_de_cidada_honoraria_a_dra_aline_vasty_ferrandin_juiza_de_direito.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220, de 23 de abril de 2009, e Lei Municipal n. 436, de 16 de abril de 2013, conceda o Título de Cidadã Honorária à Drª Aline Vasty Ferrandin, Juíza de Direito.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11222/requerimento_23_2023_-_luiz_-_requer_seja_concedido_o_titulo_de_cidadao_hononario_ao_sr._jose_alves_de_souza.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11222/requerimento_23_2023_-_luiz_-_requer_seja_concedido_o_titulo_de_cidadao_hononario_ao_sr._jose_alves_de_souza.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo conceda o Título de Cidadão Hononário ao Sr. José Alves de Souza, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11223/requerimento_24_2023_-_luiz_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_ao_sr._ismael_bento_da_silva_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11223/requerimento_24_2023_-_luiz_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_ao_sr._ismael_bento_da_silva_1.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda a Medalha de Honra ao Mérito ao Sr. Ismael Bento da Silva, com fundamento na Leis Municipais n. 220/2009 e n. 436/2013.</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11221/requerimento_25_2023_-_bela_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_a_sra._jaqueline_martins.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11221/requerimento_25_2023_-_bela_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_a_sra._jaqueline_martins.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda a Medalha de Honra ao Mérito à Sra. Jaqueline Martins, com fundamento nas Leis Municipais n. 220/2009 e n. 436/2013.</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11225/requerimento_26_2023_-_stoklosa_-_requer_informacoes_referentes_a_execucao_da_obra_de_revitalizacao_da_av._beira_mar_iii.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11225/requerimento_26_2023_-_stoklosa_-_requer_informacoes_referentes_a_execucao_da_obra_de_revitalizacao_da_av._beira_mar_iii.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à execução da obra de revitalização da Avenida Beira Mar III</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11226/requerimento_27_2023_-_stoklosa_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._juarez_franca_dos_santos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11226/requerimento_27_2023_-_stoklosa_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._juarez_franca_dos_santos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Juarez França dos Santos, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11227/requerimento_28_2023_-_fernando_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._luciano_jose_buligon.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11227/requerimento_28_2023_-_fernando_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._luciano_jose_buligon.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Luciano José Buligon, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009, com alterações da Lei Municipal n. 436/2013.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11229/requerimento_29_2023_-_ivan_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._pamela_todesco.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11229/requerimento_29_2023_-_ivan_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._pamela_todesco.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda Medalha de Honra ao Mérito à Sra. Pamela Todesco.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11230/requerimento_30_2023_-_ivan_-_requer_informacoes_referentes_a_demanda_de_vagas_de_creche_educacao_infantil_oferecidas_pela_secretaria_de_educacao_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11230/requerimento_30_2023_-_ivan_-_requer_informacoes_referentes_a_demanda_de_vagas_de_creche_educacao_infantil_oferecidas_pela_secretaria_de_educacao_1.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setorcompetente, envie para esta Casa de Leis informações referentes à demanda de vagas de creche (educação infantil) oferecidas pela Secretaria de Educação</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11231/requerimento_31_2023_-_ivan_-_requer_seja_concedido_titulo_de_cidadao_honorario_ao_sr._roberto_bady_saad.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11231/requerimento_31_2023_-_ivan_-_requer_seja_concedido_titulo_de_cidadao_honorario_ao_sr._roberto_bady_saad.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Roberto Bady Saad, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11234/requerimento_32_2023_-_fernando_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._vilmar_do_prado_vais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11234/requerimento_32_2023_-_fernando_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._vilmar_do_prado_vais.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda a Medalha de Honra ao Mérito ao Sr. Vilmar do Prado Vais, com fulcro na Lei Municipal n. 220/2009, com alterações da Lei Municipal n. 436/2013.</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11236/requerimento_33_2023_-_tiago_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._eliete_maria_da_cunha.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11236/requerimento_33_2023_-_tiago_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._eliete_maria_da_cunha.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda a Medalha de Honra ao Mérito à Sra. Eliete Maria da Cunha, com fulcro na Lei Municipal n. 220/2009, com alterações da Lei Municipal n. 436/2013.</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11237/requerimento_34_2023_-_tiago_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._jose_carlos_guimaraes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11237/requerimento_34_2023_-_tiago_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._jose_carlos_guimaraes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. José Carlos Guimarães, com fulcro no art. 29, XVIII, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009, com alterações da Lei Municipal n. 436/2013.</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11241/requerimento_35_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_27_e_28_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11241/requerimento_35_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_27_e_28_2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária n. 27 e 28/2023, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>11246</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11246/requerimento_36_2023_-_joao_-_requer_que_conceda_a_medalha_de_honra_ao_merito_ao_sr._antonio_pizzamiglio_neto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11246/requerimento_36_2023_-_joao_-_requer_que_conceda_a_medalha_de_honra_ao_merito_ao_sr._antonio_pizzamiglio_neto.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda a Medalha de Honra ao Mérito ao Sr. Antônio Pizzamiglio Neto, com fundamento na Leis Municipais n. 220/2009 e n. 436/2013.</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
     <t>João Marcio, Bela, Luiz Nego</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11253/requerimento_37_2023_-_joao_-_requer_informacoes_relativas_a_demora_nos_atendimentos_no_pronto_atendimento_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11253/requerimento_37_2023_-_joao_-_requer_informacoes_relativas_a_demora_nos_atendimentos_no_pronto_atendimento_24h.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da Secretaria Municipal de Saúde de Itapoá, envie para esta Casa de Leis informações relativas à demora nos atendimentos no Pronto Atendimento 24h do Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11247/requerimento_38_2023_-_joao_-_requer_nformacoes_relativas_aos_agentes_comunitarios_de_saude_no_municipio_de_itapoa_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11247/requerimento_38_2023_-_joao_-_requer_nformacoes_relativas_aos_agentes_comunitarios_de_saude_no_municipio_de_itapoa_1.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da Secretaria Municipal de Saúde de Itapoá, envie para esta Casa de Leis informações relativas aos Agentes Comunitários de Saúde no Município de Itapoá/SC</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11254/requerimento_39_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_comissionados_e_estagiarios_da_prefeitura.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11254/requerimento_39_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_comissionados_e_estagiarios_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações para esta Casa de Leis relacionadas aos funcionários comissionados e estagiários da Prefeitura Municipal de Itapoá.</t>
   </si>
   <si>
     <t>11271</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11271/requerimento_40_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_31_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11271/requerimento_40_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_31_2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 31/2023, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11284/requerimento_41_2023_-_joao_-_requer_informacoes_relativas_ao_auxilio_transporte.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11284/requerimento_41_2023_-_joao_-_requer_informacoes_relativas_ao_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio da Chefia de Gabinete de Itapoá, envie para esta Casa de Leis informações relativas ao auxílio-transporte do Município de Itapoá/SC</t>
   </si>
   <si>
     <t>11327</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11327/requerimento_42_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_37_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11327/requerimento_42_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_37_2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 37/2023, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá,</t>
   </si>
   <si>
     <t>11349</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11349/requerimento_43_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_20_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11349/requerimento_43_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_20_2023.pdf</t>
   </si>
   <si>
     <t>Requer alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples do Projeto de Lei Ordinária n. 20/2023.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11359/requerimento_44_2023_-_ivan_-_requer_informacoes_relacionadas_a_instalacao_de_publicidade_para_identificacao_dos_predios_publicos_da_sec_de_saude.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11359/requerimento_44_2023_-_ivan_-_requer_informacoes_relacionadas_a_instalacao_de_publicidade_para_identificacao_dos_predios_publicos_da_sec_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas à instalação de publicidade para identificação dos prédios públicos da Secretaria Municipal de Saúde</t>
   </si>
   <si>
     <t>11370</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11370/requerimento_45_2023_-_joao_-_requer_informacoes_relativas_a_lei_municipal_537_2014.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11370/requerimento_45_2023_-_joao_-_requer_informacoes_relativas_a_lei_municipal_537_2014.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio da Secretaria Municipal de Saúde, envie para esta Casa de Leis informações relativas à Lei Municipal n. 537/2014, que “Determina a divulgação no site oficial da Prefeitura do Município a lista de espera de consultas e outras ações da Saúde, da relação de medicamentos disponíveis da farmácia básica e dá outras providências</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11375/requerimento_46_2023_-_stoklosa_-_requer_informacoes_referentes_aos_contratos_administrativos_vinculados_a_empresa_serrana_engenharia_ltda.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11375/requerimento_46_2023_-_stoklosa_-_requer_informacoes_referentes_aos_contratos_administrativos_vinculados_a_empresa_serrana_engenharia_ltda.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações referentes aos contratos administrativos vinculados à Empresa Serrana Engenharia Ltda.: quais os procedimentos que o Poder Executivo tomará referente aos contratos firmados com a Empresa Serrana Engenharia Ltda. e as demais empresas vinculadas diretamente a ela? Afinal, após a quebra de sigilo do processo n. 5002667-25.2023.8.24.0000/TJSC, o qual traz detalhes do esquema de corrupção entre a empresa e o Chefe do Poder Executivo de Itapoá Sr. Marlon Roberto Neuber, algo deve ser feito.</t>
   </si>
   <si>
     <t>11407</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11407/requerimento_47_2023_-_ivan_-_requer_informacoes_referentes_a_ocupacao_dos_boxes_do_mercado_de_peixe_anexo_ao_mercado_da_maria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11407/requerimento_47_2023_-_ivan_-_requer_informacoes_referentes_a_ocupacao_dos_boxes_do_mercado_de_peixe_anexo_ao_mercado_da_maria.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à ocupação dos boxes do Mercado de Peixe anexo ao Mercado da Maria</t>
   </si>
   <si>
     <t>11426</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11426/requerimento_48_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_area_do_antigo_mercado_do_peixe_localizado_entre_as_ruas_bento_francisco_da_silva_e_gaivotas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11426/requerimento_48_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_area_do_antigo_mercado_do_peixe_localizado_entre_as_ruas_bento_francisco_da_silva_e_gaivotas.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas à área do antigo Mercado do Peixe localizado entre as ruas 740 Bento Francisco da Silva e 773 Gaivota</t>
   </si>
   <si>
     <t>11427</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11427/requerimento_49_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_pavimentacao_da_rua_maria_de_lurdes_sanches.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11427/requerimento_49_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_pavimentacao_da_rua_maria_de_lurdes_sanches.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas à pavimentação da Rua 1305 Maria de Lourdes Sanches</t>
   </si>
   <si>
     <t>11428</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11428/requerimento_50_2023_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_ampliacao_da_segunda_etapa_do_parque_linear.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11428/requerimento_50_2023_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_ampliacao_da_segunda_etapa_do_parque_linear.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas à ampliação da segunda etapa do Parque Linear</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11434/requerimento_51_2023_-_ivan_-_envie_para_esta_casa_de_leis_informacoes_referentes_a_acao_para_castracao_de_animais_que_aconteceu_dia_20_de_maio_no_bairro_samambaial.23_-_ivan_-_requer.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11434/requerimento_51_2023_-_ivan_-_envie_para_esta_casa_de_leis_informacoes_referentes_a_acao_para_castracao_de_animais_que_aconteceu_dia_20_de_maio_no_bairro_samambaial.23_-_ivan_-_requer.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à ação para castração de animais que aconteceu dia 20 de maio no Bairro Samambaial</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11453/requerimento_52_2023_-_stoklosa_-_requer_o_poder_executivo_por_meio_do_setor_competente_envie_para_esta_casa_de_leis_informacoes_referentes_ao_edital_02-2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11453/requerimento_52_2023_-_stoklosa_-_requer_o_poder_executivo_por_meio_do_setor_competente_envie_para_esta_casa_de_leis_informacoes_referentes_ao_edital_02-2023.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre o Edital nº 02/2023, o qual dispõe sobre o processo seletivo para o auxílio-transporte a estudantes do ensino superior ou técnico</t>
   </si>
   <si>
     <t>11491</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11491/requerimento_53_2023_-_tiago_-_requer_informacoes_sobre_os_empenhos_e_liquidacoes_da_serrana_engenharia.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11491/requerimento_53_2023_-_tiago_-_requer_informacoes_sobre_os_empenhos_e_liquidacoes_da_serrana_engenharia.pdf</t>
   </si>
   <si>
     <t>Requer cópias digitais ou digitalizadas de todas as notas de empenho, liquidação e notas de pagamento dos serviços prestados pela empresa Serrana Engenharia LTDA (Versa Engenharia Ambiental LTDA), do período máximo disponível no arquivo físico ou digital da Prefeitura</t>
   </si>
   <si>
     <t>11512</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11512/requerimento_54_2023_-_stoklosa_-_requer_informacoes_sobre_a_manutencao_do_trapiche_em_frente_ao_porto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11512/requerimento_54_2023_-_stoklosa_-_requer_informacoes_sobre_a_manutencao_do_trapiche_em_frente_ao_porto.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o trapiche localizado em frente ao Porto Itapoá</t>
   </si>
   <si>
     <t>11526</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11526/requerimento_55_2023_-_ivan_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal_simflor.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11526/requerimento_55_2023_-_ivan_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal_simflor.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre o Sistema Municipal de Conversão Florestal (SIMFLOR)</t>
   </si>
   <si>
     <t>11546</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11546/requerimento_56_2023_-_stoklosa_-_requer_informacoes_sobre_os_conselhos_municipais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11546/requerimento_56_2023_-_stoklosa_-_requer_informacoes_sobre_os_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os conselhos municipais</t>
   </si>
   <si>
     <t>11547</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11547/requerimento_57_2023_-_stoklosa_-_requer_informacoes_sobre_a_prestadora_de_servico_de_abastecimento_de_agua_e_saneamento_basico.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11547/requerimento_57_2023_-_stoklosa_-_requer_informacoes_sobre_a_prestadora_de_servico_de_abastecimento_de_agua_e_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a empresa prestadora de serviço de abastecimento de água e saneamento básico</t>
   </si>
   <si>
     <t>11560</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11560/requerimento_58_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_51_2023_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11560/requerimento_58_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_51_2023_1.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples do Projeto de Lei Ordinária n. 51/2023</t>
   </si>
   <si>
     <t>11571</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11571/requerimento_59_2023_-_bela_-_requer_informacoes_sobre_a_praca_do_farolete_no_bairro_pontal_e_o_parque_linear_melinda_zagonel_no_centro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11571/requerimento_59_2023_-_bela_-_requer_informacoes_sobre_a_praca_do_farolete_no_bairro_pontal_e_o_parque_linear_melinda_zagonel_no_centro.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Praça do Farolete e o Parque Linear Melinda Zagonel</t>
   </si>
   <si>
     <t>11578</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11578/requerimento_60_2023_-_joao_-_requer_informacoes_relativas_a_lei_ordinaria_n._1.140_de_11_de_janeiro_de_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11578/requerimento_60_2023_-_joao_-_requer_informacoes_relativas_a_lei_ordinaria_n._1.140_de_11_de_janeiro_de_2022.pdf</t>
   </si>
   <si>
     <t>Requer informações relativas à Lei Ordinária n. 1.140, de 11 de janeiro de 2022, que “institui o Plano Municipal de Desenvolvimento da Música no município de Itapoá, denominado PLANO FORAL</t>
   </si>
   <si>
     <t>11609</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11609/requerimento_61_2023_-_stoklosa_-_requer_informacoes_sobre_o_funcionamento_do_equipamento_de_raio-x_do_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11609/requerimento_61_2023_-_stoklosa_-_requer_informacoes_sobre_o_funcionamento_do_equipamento_de_raio-x_do_pa_24h.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o funcionamento do equipamento de raio-x do Pronto Atendimento 24h</t>
   </si>
   <si>
     <t>11630</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Fernando da Barra, Ivan da Luz, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11630/requerimento_62_2023_-_stoklosa_-_requer_a_alteracao_de_tramitacao_do_projeto_de_lei_complementar_12_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11630/requerimento_62_2023_-_stoklosa_-_requer_a_alteracao_de_tramitacao_do_projeto_de_lei_complementar_12_2023.pdf</t>
   </si>
   <si>
     <t>Requer  a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Complementar n. 12/2023, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes</t>
   </si>
   <si>
     <t>11640</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Bela, Ezequiel Andrad'S, Fernando da Barra, João Marcio, Paulo Neres, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11640/requerimento_63_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plc_12_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11640/requerimento_63_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plc_12_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Complementar n. 12/2023</t>
   </si>
   <si>
     <t>11638</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11638/requerimento_64_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_cirurgias_realizadas_nos_anos_de_2022_e_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11638/requerimento_64_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_cirurgias_realizadas_nos_anos_de_2022_e_2023.pdf</t>
   </si>
   <si>
     <t>Requer  informações relacionadas às cirurgias eletivas realizadas nos anos de 2022 e 2023 através da Secretaria de Saúde</t>
   </si>
   <si>
     <t>11671</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11671/requerimento_65_2023_-_stoklosa_-_requer_informacoes_sobre_a_existencia_de_previsao_para_regularizacao_da_tabela_salarial_dos_servidores_da_enfermagem.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11671/requerimento_65_2023_-_stoklosa_-_requer_informacoes_sobre_a_existencia_de_previsao_para_regularizacao_da_tabela_salarial_dos_servidores_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a previsão para regularização da tabela salarial dos servidores de enfermagem que teriam direito ao piso salarial em conformidade com a Lei Federal n. 14.434/2022.</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11672/requerimento_66_2023_-_stoklosa_-_requer_a_informacao_sobre_o_municipio_ter_sido_contemplado_pelo_ibama_com_a_doacao_de_madeiras_apreendidas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11672/requerimento_66_2023_-_stoklosa_-_requer_a_informacao_sobre_o_municipio_ter_sido_contemplado_pelo_ibama_com_a_doacao_de_madeiras_apreendidas.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre se o município de Itapoá foi contemplado pelo IBAMA com a doação de madeiras apreendidas pelo instituto,</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11749/requerimento_67_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_13_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11749/requerimento_67_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_13_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples do Projeto de Lei Complementar n. 13/2023</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
     <t>Luiz Nego, Bela, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11750/requerimento_68_2023_-_luiz_-_requer_informacoes_sobre_a_promocao_de_cursos_de_formacao_continuada_destinados_aos_docentes_da_rede_publica_municipal_de_ensino.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11750/requerimento_68_2023_-_luiz_-_requer_informacoes_sobre_a_promocao_de_cursos_de_formacao_continuada_destinados_aos_docentes_da_rede_publica_municipal_de_ensino.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da promoção de cursos de formação continuada destinados aos docentes da rede pública municipal de ensino, considerando a relevância da formação continuada no aprimoramento da qualidade da educação oferecida aos nossos munícipes</t>
   </si>
   <si>
     <t>11758</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11758/requerimento_69_2023_-_mesa_diretora_-_requer_a_prorrogacao_do_prazo_de_conclusao_dos_trabalhos_da_comissao_especial_de_revisao_do_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11758/requerimento_69_2023_-_mesa_diretora_-_requer_a_prorrogacao_do_prazo_de_conclusao_dos_trabalhos_da_comissao_especial_de_revisao_do_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a prorrogação por 90 (noventa) dias do prazo de conclusão dos estudos e das atividades da Comissão Especial de Revisão do Código Tributário Municipal de Itapoá</t>
   </si>
   <si>
     <t>11769</t>
   </si>
   <si>
     <t>Bela, Luiz Nego</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11769/requerimento_70_2023_-_bela_-_requer_seja_nominada_a_escola_municipal_jurema_goncalves_2.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11769/requerimento_70_2023_-_bela_-_requer_seja_nominada_a_escola_municipal_jurema_goncalves_2.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre a possibilidade de o Município prestar uma homenagem nominando como “ESCOLA MUNICIPAL JUREMA GONÇALVES” a escola municipal que está em construção no loteamento Volta ao Mundo, no Bairro Barra do Saí.</t>
   </si>
   <si>
     <t>11764</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11764/requerimento_71_2023_-_stoklosa_-_requer_informacoes_sobre_fiscalizacao_e_prevencao_junto_as_empresas_responsaveis_pelas_fiacoes_de_internet_e_de_telefonia.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11764/requerimento_71_2023_-_stoklosa_-_requer_informacoes_sobre_fiscalizacao_e_prevencao_junto_as_empresas_responsaveis_pelas_fiacoes_de_internet_e_de_telefonia.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à existência e/ou algum planejamento futuro para que sejam realizadas ações de fiscalização e prevenção junto às empresas responsáveis pelas fiações de internet e de telefonia arrebentadas nas calçadas e logradouros públicos.</t>
   </si>
   <si>
     <t>11767</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11767/requerimento_72_2023_-_luiz_-_requer_informacoes_sobre_o_centro_de_bem_estar_animal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11767/requerimento_72_2023_-_luiz_-_requer_informacoes_sobre_o_centro_de_bem_estar_animal.pdf</t>
   </si>
   <si>
     <t>Requer informações relativas à mão de obra para o resgate de animais e limpeza, conservação, atendimento, tratamento e alimentação dos animais que estão sob os cuidados do Centro de Bem-Estar Animal do Município</t>
   </si>
   <si>
     <t>11768</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11768/requerimento_73_2023_-_ivan_-_requer_informacoes_sobre_a_frota_veicular_do_municipio_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11768/requerimento_73_2023_-_ivan_-_requer_informacoes_sobre_a_frota_veicular_do_municipio_1.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a frota veicular do Município, no que diz respeito à propriedade, controle e manutenção</t>
   </si>
   <si>
     <t>11783</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11783/requerimento_74_2023_-_ivan_-_requer_informacoes_sobre_o_contrato_administrativo_112_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11783/requerimento_74_2023_-_ivan_-_requer_informacoes_sobre_o_contrato_administrativo_112_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações a essa Casa de Leis sobre o contrato administrativo 112/2023 de prestação de serviços de mão de obra terceirizada com a empresa Orbenk</t>
   </si>
   <si>
     <t>11784</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11784/requerimento_75_2023_-_luiz_-_requer_informacoes_sobre_a__escola_municipal_professora_tania_regina_chaiben_godoy.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11784/requerimento_75_2023_-_luiz_-_requer_informacoes_sobre_a__escola_municipal_professora_tania_regina_chaiben_godoy.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre a a área de 11.921,08m² localizada no loteamento Príncipe e a construção da nova escola municipal, além da possibilidade de o Município prestar uma homenagem nominando como “ESCOLA MUNICIPAL PROFESSORA TANIA REGINA CHAIBEN GODOY”</t>
   </si>
   <si>
     <t>11798</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11798/requerimento_76_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_69_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11798/requerimento_76_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_69_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples do Projeto de Lei Ordinária n. 69/2023</t>
   </si>
   <si>
     <t>11801</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11801/requerimento_77_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_transferencias_de_pacientes_de_um_posto_de_saude_da_familia_-_psf_para_outro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11801/requerimento_77_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_transferencias_de_pacientes_de_um_posto_de_saude_da_familia_-_psf_para_outro.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas às transferências de pacientes de um Posto de Saúde da Família (PSF) para outro</t>
   </si>
   <si>
     <t>11828</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11828/requerimento_78_2023_-_stoklosa_-_requer_envie_para_essa_casa_de_leis_se_existe_algum_planejamento_e-ou_projeto_para_minimizar_o_impacto_que_possa_vir_a_ocorrer_na_entrada_do_bairro_1o_de_julho_causados_por_veiculos_de_grande_porte_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11828/requerimento_78_2023_-_stoklosa_-_requer_envie_para_essa_casa_de_leis_se_existe_algum_planejamento_e-ou_projeto_para_minimizar_o_impacto_que_possa_vir_a_ocorrer_na_entrada_do_bairro_1o_de_julho_causados_por_veiculos_de_grande_porte_.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da existência de algum planejamento e/ou projeto para minimizar o impacto que possa vir a ocorrer na entrada do Bairro 1º de julho causado por veículos de grande porte?</t>
   </si>
   <si>
     <t>11839</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11839/requerimento_79_2023_-_bela_-_requer_envie_para_esta_casa_de_leis_informacoes_no_que_diz_respeito_ao_cargo_de_coordenador_pedagogico.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11839/requerimento_79_2023_-_bela_-_requer_envie_para_esta_casa_de_leis_informacoes_no_que_diz_respeito_ao_cargo_de_coordenador_pedagogico.pdf</t>
   </si>
   <si>
     <t>Requer informações no que diz respeito ao cargo de Coordenador Pedagógico na rede municipal de ensino no Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>11872</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11872/requerimento_80_2023_-_ivan_-_requer_informacoes_sobre_as_acoes_realizadas_ao_atendimento_as_pessoas_em_situacao_de_rua_no_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11872/requerimento_80_2023_-_ivan_-_requer_informacoes_sobre_as_acoes_realizadas_ao_atendimento_as_pessoas_em_situacao_de_rua_no_municipio.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre as ações realizadas ao atendimento às pessoas em situação de rua no Município</t>
   </si>
   <si>
     <t>11906</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Bela, Ezequiel Andrad'S, Fernando da Barra, Ivan da Luz, João Marcio, Luiz Nego, Paulo Neres, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11906/requerimento_81_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_77_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11906/requerimento_81_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_77_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei n. 77/2023</t>
   </si>
   <si>
     <t>11907</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11907/requerimento_82_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plo_78_7981_e_84_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11907/requerimento_82_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plo_78_7981_e_84_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples dos Projetos de Lei Ordinária n. 78, 79, 81 e 84/2023</t>
   </si>
   <si>
     <t>11916</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11916/requerimento_83_2023_-_bela_-_requer_informacoes_sobre_a_construcao_do_barracao_dos_pescadores_no_bairro_itapema_do_norte.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11916/requerimento_83_2023_-_bela_-_requer_informacoes_sobre_a_construcao_do_barracao_dos_pescadores_no_bairro_itapema_do_norte.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a construção do barracão dos pescadores no Bairro Itapema do Norte</t>
   </si>
   <si>
     <t>11943</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11943/requerimento_84_2023_-_ivan_-_requer_informacoes_sobre_a_reforma_da_unidade_basica_de_saude_do_bairro_itapema_do_norte.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11943/requerimento_84_2023_-_ivan_-_requer_informacoes_sobre_a_reforma_da_unidade_basica_de_saude_do_bairro_itapema_do_norte.pdf</t>
   </si>
   <si>
     <t>Requer informações para esta Casa de Leis sobre a reforma da Unidade Básica de Saúde do Bairro Itapema do Norte</t>
   </si>
   <si>
     <t>11954</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11954/requerimento_85_2023_-_bela_-_requer_informacoes_sobre_a_regularizacao_do_loteamento_sao_jose_ii.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11954/requerimento_85_2023_-_bela_-_requer_informacoes_sobre_a_regularizacao_do_loteamento_sao_jose_ii.pdf</t>
   </si>
   <si>
     <t>Requer  informações sobre a regularização do Loteamento São José II</t>
   </si>
   <si>
     <t>11971</t>
   </si>
   <si>
     <t>Fernando da Barra, João Marcio, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11971/requerimento_86_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_117_2023_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11971/requerimento_86_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_117_2023_1.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei  Ordinária n. 117/2023</t>
   </si>
   <si>
     <t>11994</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11994/requerimento_87_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_80_e_95_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11994/requerimento_87_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_80_e_95_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação para Urgência Especial do Projetos de Lei Ordinária n. 80 e 95/2023</t>
   </si>
   <si>
     <t>12020</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12020/requerimento_88_2023_-_joao_-_requer_informacoes_sobre_o_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12020/requerimento_88_2023_-_joao_-_requer_informacoes_sobre_o_pa_24h.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre ao Pronto Atendimento (PA) 24 horas</t>
   </si>
   <si>
     <t>12021</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12021/requerimento_89_2023_-_stoklosa_-_requer_informacoes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12021/requerimento_89_2023_-_stoklosa_-_requer_informacoes.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de doação de equipamentos da Receita Federal</t>
   </si>
   <si>
     <t>12025</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12025/requerimento_90_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_109_e_122_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12025/requerimento_90_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_109_e_122_2023.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples dos Projetos de Lei Ordinária n. 109 e 122/2023</t>
   </si>
   <si>
     <t>12041</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12041/requerimento_91_2023_-_joao_-_requer_informacoes_sobre_a_emissao_dos_alvaras_de_construcao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12041/requerimento_91_2023_-_joao_-_requer_informacoes_sobre_a_emissao_dos_alvaras_de_construcao.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a emissão dos alvarás de construção</t>
   </si>
   <si>
     <t>12105</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12105/requerimento_92_2023_-_stoklosa_-_envie_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12105/requerimento_92_2023_-_stoklosa_-_envie_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos valores arrecadados pelo Município de superavit financeiro</t>
   </si>
   <si>
     <t>12114</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12114/requerimento_93_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_127_e_128_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12114/requerimento_93_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_127_e_128_2023.pdf</t>
   </si>
   <si>
     <t>Requer  a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples dos Projetos de Lei Ordinária n. 127 e 128/2023</t>
   </si>
   <si>
     <t>12128</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12128/requerimento_94_2023_-_stoklosa_-_envie_para_esta_casa_de_leis_as_seguintes_informacoes_sobre_as_manutencoes_e_os_relatorios_de_controle_de_qualidade_do_equipamento_de_raio-x_da_upa_-_unidade_de_pronto_atendimento_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12128/requerimento_94_2023_-_stoklosa_-_envie_para_esta_casa_de_leis_as_seguintes_informacoes_sobre_as_manutencoes_e_os_relatorios_de_controle_de_qualidade_do_equipamento_de_raio-x_da_upa_-_unidade_de_pronto_atendimento_24h.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as manutenções e os Relatórios de Controle de Qualidade do equipamento de Raio-X da Unidade de Pronto Atendimento 24h (UPA)</t>
   </si>
   <si>
     <t>12150</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12150/requerimento_95_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_29_2023_1_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12150/requerimento_95_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_29_2023_1_1.pdf</t>
   </si>
   <si>
     <t>Requer a alteração no Regime de Tramitação Ordinária para Regime de Urgência Simples do Projeto de Lei Complementar n. 29/2023,</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Gerson Piazzetta, Bela, Ezequiel Andrad'S, Fernando da Barra, Luiz Nego, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10067/requerimento_01_2022_-_gerson_-_requer_informacoes_referentes_aos_servicos_prestados_durante_os_meses_de_dezembro_de_2021_e_janeiro_de_2022_no_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10067/requerimento_01_2022_-_gerson_-_requer_informacoes_referentes_aos_servicos_prestados_durante_os_meses_de_dezembro_de_2021_e_janeiro_de_2022_no_pa_24h.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio da Secretaria de Saúde, envie informações referentes aos serviços prestados durante os meses de dezembro/2021 e janeiro/2022, no Pronto Atendimento Municipal, considerando os seguintes questionamentos.</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10065/requerimento_02_2022_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_na_rua_norma_de_jesus_soares.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10065/requerimento_02_2022_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_na_rua_norma_de_jesus_soares.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e documentos referentes à extensão da rede de energia elétrica na Rua Norma de Jesus Soares, na localidade Vila Guilherme, Itapoá/SC.</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10066/requerimento_03_2022_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10066/requerimento_03_2022_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações acerca da Guarda Civil Municipal de Itapoá (GCMI) e da ampliação das câmeras de videomonitoramento.</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10090/requerimento_04_2022_-_luiz_-_requer_informacoes_relativas_as_vagas_nas_creches.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10090/requerimento_04_2022_-_luiz_-_requer_informacoes_relativas_as_vagas_nas_creches.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da Secretaria Municipal de Educação de Itapoá, envie para esta Casa de Leis informações relativas às vagas nos estabelecimentos educativos que ministram apoio pedagógico e cuidados às crianças com idade de até três anos de idade (creches) no município de Itapoá/SC.</t>
   </si>
   <si>
     <t>10088</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10088/requerimento_05_2022_-_ivan_-_requer_informacoes_referentes_aos_pontos_de_onibus_instalados_no_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10088/requerimento_05_2022_-_ivan_-_requer_informacoes_referentes_aos_pontos_de_onibus_instalados_no_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que a Prefeitura Municipal de Itapoá, por meio do setor competente, envie a esta Casa de Leis informações referentes aos pontos de ônibus instalados no Município, mais especificamente na Avenida Celso Ramos, conforme solicitado</t>
   </si>
   <si>
     <t>10097</t>
   </si>
   <si>
     <t>Ezequiel Andrad'S, Bela, Fernando da Barra, Gerson Piazzetta, Luiz Nego, Paulo Neres, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10097/requerimento_06_2022_-_ezequiel_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_02_e_03.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10097/requerimento_06_2022_-_ezequiel_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_02_e_03.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária n. 02 e 03/2022, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10107</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10107/requerimento_07_2022_-_luiz_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._alessandra_silveira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10107/requerimento_07_2022_-_luiz_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._alessandra_silveira.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Alessandra Silveira, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10108</t>
   </si>
   <si>
     <t>Gerson Piazzetta</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10108/requerimento_08_2022_-_gerson_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._celia_maria_konell.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10108/requerimento_08_2022_-_gerson_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._celia_maria_konell.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Célia Maria Konell, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10109</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10109/requerimento_09_2022_-_paulo_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marinita_do_rosario_gomes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10109/requerimento_09_2022_-_paulo_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marinita_do_rosario_gomes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Marinita do Rosário Gomes, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10111</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10111/requerimento_10_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_de_turismo_para__participar_da_proxima_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10111/requerimento_10_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_de_turismo_para__participar_da_proxima_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que – nos termos do art. 46, VIII, c/c o inciso XII do §3º do art. 123, artigo 233 e art. 234 do Regimento Interno, bem como depois de ouvido o Plenário e por meio do Poder Executivo – seja convocado o Secretário de Turismo para participar da próxima Reunião Ordinária da Câmara de Vereadores ou o mais breve possível em data posterior marcada pelo Secretário se nesta data não for possível. Dessa forma, venha com o objetivo de prestar esclarecimentos acerca da Obra da Avenida Andre Rodrigues de Freitas.</t>
   </si>
   <si>
     <t>10112</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10112/requerimento_11_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_da_fazenda_para__participar_da_proxima_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10112/requerimento_11_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_da_fazenda_para__participar_da_proxima_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que – nos termos do art. 46, VIII, c/c o inciso XII do §3º do art. 123, artigo 233 e art. 234 do Regimento Interno, bem como depois de ouvido o Plenário e por meio do Poder Executivo – seja convocado o Secretário da Fazenda para participar da próxima Reunião Ordinária da Câmara de Vereadores ou o mais breve possível em data posterior marcada pelo Secretário se nesta data não for possível. Dessa forma, venha com o objetivo de prestar esclarecimentos acerca dos valores da contribuição de melhoria da Avenida Celso Ramos</t>
   </si>
   <si>
     <t>10113</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10113/requerimento_12_2022_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._edilene_malheiro_ribeiro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10113/requerimento_12_2022_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._edilene_malheiro_ribeiro.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Edilene Malheiro Ribeiro, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10117</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10117/requerimento_13_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_06_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10117/requerimento_13_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_06_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 06/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148 todos do_x000D_
 Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10116</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10116/requerimento_14_2022_-_bela_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._laci_joana_de_mendonca1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10116/requerimento_14_2022_-_bela_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._laci_joana_de_mendonca1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Laci Joana de Mendonça, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10142</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10142/requerimento_15_2022_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._arlene_fiedler.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10142/requerimento_15_2022_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._arlene_fiedler.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Arlene Fiedler, em conformidade com a Lei Ordinária Municipal n. 764, de 13 de março de 2018.</t>
   </si>
   <si>
     <t>10148</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10148/requerimento_n._16_2022_-_fernando_mulher_destaque.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10148/requerimento_n._16_2022_-_fernando_mulher_destaque.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Rosilda da Silva Grabowski, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>10155</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10155/requerimento_17_2022_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10155/requerimento_17_2022_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à Rua Tijucas</t>
   </si>
   <si>
     <t>10156</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10156/requerimento_18_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_das_bocas_de_lobos_na_avenida_marechal_floriano_peixoto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10156/requerimento_18_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_das_bocas_de_lobos_na_avenida_marechal_floriano_peixoto.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à manutenção das bocas de lobos na Avenida Marechal Floriano Peixoto, entre as ruas 20 e 50, na Barra do Saí</t>
   </si>
   <si>
     <t>10192</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10192/requerimento_19_2022_-_bela_-_requer_informacoes_sobre_a_manutencao_dos_aparelhos_de_ar-condicionado_do_centro_de_reabilitacao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10192/requerimento_19_2022_-_bela_-_requer_informacoes_sobre_a_manutencao_dos_aparelhos_de_ar-condicionado_do_centro_de_reabilitacao.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da  Secretaria de Saúde de Itapoá, envie para esta Casa de Leis informações relativas à manutenção dos aparelhos de ar-condicionado do Centro de Reabilitação e Fisioterapia de Itapoá</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10191/requerimento_20_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_da_escola_euclides_emidio_da_silva.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10191/requerimento_20_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_da_escola_euclides_emidio_da_silva.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à manutenção e à conservação predial da Escola Euclides Emídio da Silva, na Barra do Saí</t>
   </si>
   <si>
     <t>10193</t>
   </si>
   <si>
     <t>Luiz Nego, Bela</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10193/requerimento_21_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_do_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10193/requerimento_21_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_do_pa_24h.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da  Secretaria de Saúde de Itapoá, envie para esta Casa de Leis informações relativas ao estado de funcionamento dos aparelhos de ar-condicionado do Pronto Atendimento 24h de Itapoá.</t>
   </si>
   <si>
     <t>10194</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10194/requerimento_22_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_da_e_m_ayrton_senna.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10194/requerimento_22_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_da_e_m_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que o Poder Executivo, por meio da  Secretaria de Educação de Itapoá, envie para esta Casa de Leis informações relativas ao estado de funcionamento dos aparelhos de ar-condicionado da Escola Municipal Ayrton Senna de Itapoá.</t>
   </si>
   <si>
     <t>10183</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10183/requerimento_23_2022_-_stoklosa_-_requer_informacoes_referentes_a_aquisicao_de_patio_para_estacionamento_dos_caminhoes_no_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10183/requerimento_23_2022_-_stoklosa_-_requer_informacoes_referentes_a_aquisicao_de_patio_para_estacionamento_dos_caminhoes_no_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à aquisição de pátio para estacionamento dos caminhões no Município e ações de fiscalização de tráfego nas vias urbanas</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10190/requerimento_24_2022_-_ivan_-_requer_informacoes_referentes_a_contribuicao_de_melhorias_instituida_em_relacao_a_obra_da_av_celso_ramos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10190/requerimento_24_2022_-_ivan_-_requer_informacoes_referentes_a_contribuicao_de_melhorias_instituida_em_relacao_a_obra_da_av_celso_ramos.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie a esta Casa de Leis informações referentes à Contribuição de Melhorias instituída em relação à obra da Avenida Celso Ramos, conforme solicitado</t>
   </si>
   <si>
     <t>10199</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10199/requerimento_25_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_24_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10199/requerimento_25_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_24_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 24/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá,</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10212/requerimento_26_2022_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._francisco_antonio_bittencourt_de_almeida.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10212/requerimento_26_2022_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._francisco_antonio_bittencourt_de_almeida.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao Sr. Francisco Antônio Bittencourt de Almeida Cabo da Polícia_x000D_
 Militar.</t>
   </si>
   <si>
     <t>10213</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10213/requerimento_27_2022_-_stoklosa_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._joao_rodrigues.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10213/requerimento_27_2022_-_stoklosa_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._joao_rodrigues.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XVIII da Lei Orgânica Municipal, regulamentado pelas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadão Honorário_x000D_
 ao Sr. João Rodrigues, pelos relevantes serviços prestados à comunidade itapoaense.</t>
   </si>
   <si>
     <t>10214</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10214/requerimento_28_2022_-_ivan_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._jonivaldo_antonio_morriesen.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10214/requerimento_28_2022_-_ivan_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._jonivaldo_antonio_morriesen.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XVIII da Lei Orgânica Municipal, regulamentado pelas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadão Honorário_x000D_
 ao Sr. Jonivaldo Antonio Morriesen.</t>
   </si>
   <si>
     <t>10215</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10215/requerimento_29_2022_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._rosemeri_alves.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10215/requerimento_29_2022_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._rosemeri_alves.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito à Sra. Rosemeri Alves.</t>
   </si>
   <si>
     <t>10221</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10221/requerimento_30_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_25_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10221/requerimento_30_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_25_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 25/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10225/requerimento_31_2022_-_gerson_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_coronel_dirceu_neundorf.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10225/requerimento_31_2022_-_gerson_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_coronel_dirceu_neundorf.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XVIII da Lei Orgânica Municipal, regulamentado pelas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadão Honorário_x000D_
 ao Coronel Dirceu Neundorf.</t>
   </si>
   <si>
     <t>10226</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10226/requerimento_32_2022_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._julio_sergio_cunha.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10226/requerimento_32_2022_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._julio_sergio_cunha.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Leis Municipais n. 220/2009 e n. 436/2013, conceda a Medalha de Honra ao Mérito ao sr. Júlio Sérgio Cunha pelos relevantes serviços prestados à_x000D_
 comunidade itapoaense, conforme a seguir fundamentado.</t>
   </si>
   <si>
     <t>10234</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10234/requerimento_33_2022_-_paulo_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_senhora_nair_soares_mertens.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10234/requerimento_33_2022_-_paulo_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_senhora_nair_soares_mertens.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XVIII da Lei Orgânica Municipal, regulamentado pelas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadã Honorária à_x000D_
 senhora Nair Soares Mertens.</t>
   </si>
   <si>
     <t>10227</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10227/requerimento_34_2022_-_luiz_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_carmen_emilia_bonfa_zanotto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10227/requerimento_34_2022_-_luiz_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_carmen_emilia_bonfa_zanotto.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XVIII da Lei Orgânica Municipal, regulamentado pelas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadã Honorária à_x000D_
 Sra. Carmen Emília Bonfá Zanotto.</t>
   </si>
   <si>
     <t>10228</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10228/requerimento_35_2022_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._claudio_sergio_costa_da_silva.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10228/requerimento_35_2022_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._claudio_sergio_costa_da_silva.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Leis Municipais n. 220/2009 e n. 436/2013, conceda a Medalha de Honra ao Mérito ao sr. Claudio Sérgio Costa da Silva, Professor de Educação_x000D_
 Física da Prefeitura de Itapoá.</t>
   </si>
   <si>
     <t>10232</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10232/requerimento_36_2022_-_gerson_-_indica_que_se_conceda_medalha_de_honra_ao_merito_a_sra._luciane_dos_santos_batista_marco.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10232/requerimento_36_2022_-_gerson_-_indica_que_se_conceda_medalha_de_honra_ao_merito_a_sra._luciane_dos_santos_batista_marco.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, que se conceda Medalha de Honra ao Mérito à Sra. Luciane dos Santos Batista Marco.</t>
   </si>
   <si>
     <t>10235</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10235/requerimento_37_2022_-_bela_-_requer_que_conceda_medalha_de_honra_ao_merito_ao_sr._carlos_roberto_fogagnolo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10235/requerimento_37_2022_-_bela_-_requer_que_conceda_medalha_de_honra_ao_merito_ao_sr._carlos_roberto_fogagnolo.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao Sr. Carlos Roberto Fogagnolo.</t>
   </si>
   <si>
     <t>10236</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10236/requerimento_38_2022_-_bela_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._manoel_valdeci_santos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10236/requerimento_38_2022_-_bela_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._manoel_valdeci_santos.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento nas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadão Honorário ao Sr. Manoel Valdeci Santos.</t>
   </si>
   <si>
     <t>10238</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10238/requerimento_39_2022_-_ivan_-_requer_informacoes_referentes_a_manutencao_realizada_nas_bocas_de_lobo_da_avenida_celso_ramos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10238/requerimento_39_2022_-_ivan_-_requer_informacoes_referentes_a_manutencao_realizada_nas_bocas_de_lobo_da_avenida_celso_ramos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à manutenção realizada nas bocas de lobo da Avenida Celso Ramos</t>
   </si>
   <si>
     <t>10239</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10239/requerimento_40_2022_-_fernando_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._ademir_da_silva_costa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10239/requerimento_40_2022_-_fernando_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._ademir_da_silva_costa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento nas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadão Honorário ao Sr. Ademir da Silva Costa.</t>
   </si>
   <si>
     <t>10240</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10240/requerimento_41_2022_-_tiago_-_indica_que_se_conceda_medalha_de_honra_ao_merito_ao_sr._jose_bento_alves_de_souza.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10240/requerimento_41_2022_-_tiago_-_indica_que_se_conceda_medalha_de_honra_ao_merito_ao_sr._jose_bento_alves_de_souza.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, que se conceda Medalha de Honra ao Mérito ao Sr. José Bento Alves de Souza.</t>
   </si>
   <si>
     <t>10241</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10241/requerimento_42_2022_-_tiago_-_requer_que_conceda_titulo_de_cidada_honoraria_a_sra._priscila_de_araujo_carneiro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10241/requerimento_42_2022_-_tiago_-_requer_que_conceda_titulo_de_cidada_honoraria_a_sra._priscila_de_araujo_carneiro.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento nas Leis Municipais n. 220/2009 e n. 436/2013, conceda o Título de Cidadã Honorária à Sra. Priscila de Araújo Carneiro.</t>
   </si>
   <si>
     <t>10272</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10272/requerimento_43_2022_-_stoklosa_-_requer_informacoes_acerca_da_possibilidade_de_pavimentacao_da_rua_120.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10272/requerimento_43_2022_-_stoklosa_-_requer_informacoes_acerca_da_possibilidade_de_pavimentacao_da_rua_120.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações acerca da possibilidade de pavimentação da Rua 120, número 378, Barra do Saí, Itapoá/SC</t>
   </si>
   <si>
     <t>10269</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10269/requerimento_44_2022_-_ivan_-_requer_informacoes_sobre_a_obra_da_av._beira_mar_iv.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10269/requerimento_44_2022_-_ivan_-_requer_informacoes_sobre_a_obra_da_av._beira_mar_iv.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, solicite à empresa responsável e envie para esta Casa de Leis informações referentes à execução das obras de recuperação costeira e recuperação parcial de via que compreende a Avenida Beira Mar IV e Rua Jacarezinho, objeto do Contrato n. 11/2022.</t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10294/requerimento_n._45_2022_-_stoklosa-__calcamento_comunitario_4.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10294/requerimento_n._45_2022_-_stoklosa-__calcamento_comunitario_4.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo envie para esta Casa de Leis informações acerca do calçamento comunitário realizado na cidade de Itapoá/SC no ano de 2021 até a presente data</t>
   </si>
   <si>
     <t>10306</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10306/requerimento_46_2022_-_fernando_-_requer_informacoes_referentes_a_licenca_ambiental_para_a_construcao_do_molhe_de_pedra_na_barra_do_sai.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10306/requerimento_46_2022_-_fernando_-_requer_informacoes_referentes_a_licenca_ambiental_para_a_construcao_do_molhe_de_pedra_na_barra_do_sai.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à licença ambiental para a construção do molhe de pedra na Barra do Saí</t>
   </si>
   <si>
     <t>10318</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10318/requerimento_47_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10318/requerimento_47_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao critério de prioridade adotado para o tratamento dos protocolos abertos pelos cidadãos junto ao Executivo presencialmente ou por meio digital:</t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10319/requerimento_48_2022_-_ivan_-_requer_informacoes_referentes_a_obra_de_pavimentacao_da_rua_vasco_nunes_balboa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10319/requerimento_48_2022_-_ivan_-_requer_informacoes_referentes_a_obra_de_pavimentacao_da_rua_vasco_nunes_balboa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à obra de pavimentação da Rua Vasco Nunes Balboa, no bairro Barra do Saí</t>
   </si>
   <si>
     <t>10320</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10320/requerimento_49_2022_-_fernando_-_requer_seja_convidado_o_secretario_do_meio_ambiente_para_participar_de_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10320/requerimento_49_2022_-_fernando_-_requer_seja_convidado_o_secretario_do_meio_ambiente_para_participar_de_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que – nos termos do art. 46, VIII, c/c o inciso XII do §3º do art. 123, artigo 233 e art. 234 do Regimento Interno, bem como depois de ouvido o Plenário e por meio do Poder Executivo – seja convidado o Secretário do Meio Ambiente, Rafael Brito Silveira, para participar da Reunião Ordinária da Câmara de Vereadores na noite do dia 09/05/2022. Dessa forma, ele poderá apresentar as informações acerca do licenciamento ambiental para construção do molhe de Pedras na Barra do Saí, em especial sanará os seguintes questionamentos</t>
   </si>
   <si>
     <t>10360</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10360/requerimento_50_2022_-_stoklosa_-_requer_informacoes_acerca_da_tramitacao_de_projetos_de_lei.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10360/requerimento_50_2022_-_stoklosa_-_requer_informacoes_acerca_da_tramitacao_de_projetos_de_lei.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Legislativo, por meio do Sr. Presidente da Câmara ou Responsável pela Comissão competente, envie informações acerca dos Projetos de Lei n. 52/2021 (data de entrada 14/06/2021), n. 117/2021 (data de entrada 07/02/2022), n. 18/2022 (data de entrada 07/03/2022), n. 35/2021 (entrada 03/05/2021) e n. 20/2022 (entada 14/03/2022), os quais foram distribuídos para as Comissões Permanentes desta Casa de Leis</t>
   </si>
   <si>
     <t>10391</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10391/requerimento_51_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_26_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10391/requerimento_51_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_26_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 26/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá, conforme segue</t>
   </si>
   <si>
     <t>10398</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10398/requerimento_52_2022_-_luiz_-_requer_informacoes_relativas_a__aplicacao_da_emenda_constitucional_n._120_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10398/requerimento_52_2022_-_luiz_-_requer_informacoes_relativas_a__aplicacao_da_emenda_constitucional_n._120_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo Municipal, por meio do setor competente, preste informações relativas à aplicação da Emenda Constitucional n. 120 de 05/05/2022, que garante um piso salarial nacional de dois salários mínimos (R$ 2.424,00) em 2022 aos Agentes Comunitários de Saúde e de Combate às Endemias no Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>10405</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10405/requerimento_53_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos_balboa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10405/requerimento_53_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos_balboa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio da Secretaria de Infraestrutura e Obras, envie para esta Casa de Leis informações referentes ao critério de prioridade adotado para o tratamento dos protocolos abertos pelos cidadãos junto ao orgão presencialmente ou por meio digital</t>
   </si>
   <si>
     <t>10400</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10400/requerimento_54_2022_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10400/requerimento_54_2022_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, por meio do setor competente, realize audiência pública referente à Segurança Pública e no tocante aos caminhões que circulam em nosso Município.</t>
   </si>
   <si>
     <t>10404</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10404/requerimento_55_2022_-_ezequiel_-_requer_informacoes_e_documentos_referentes_as_solicitacoes_dos_alvaras_de_construcao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10404/requerimento_55_2022_-_ezequiel_-_requer_informacoes_e_documentos_referentes_as_solicitacoes_dos_alvaras_de_construcao.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e documentos referentes às solicitações dos alvarás de construção, Itapoá/SC</t>
   </si>
   <si>
     <t>10424</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10424/requerimento_56_2022_-_stoklosa_-_requer_informacoes_referentes_aos_maquinarios_e_local_de_guarda_da_sec_de_agricultura_e_pesca.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10424/requerimento_56_2022_-_stoklosa_-_requer_informacoes_referentes_aos_maquinarios_e_local_de_guarda_da_sec_de_agricultura_e_pesca.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos maquinários e local de guarda do bem público da Secretaria Municipal de Agricultura e Pesca</t>
   </si>
   <si>
     <t>10425</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10425/requerimento_57_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_cancelamento_da_rodada_do_14o_campeonato_municipal_de_futebol.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10425/requerimento_57_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_cancelamento_da_rodada_do_14o_campeonato_municipal_de_futebol.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, preste as seguintes informações relacionadas ao cancelamento da rodada do 14º Campeonato Municipal de Futebol de 2022</t>
   </si>
   <si>
     <t>10448</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10448/requerimento_58_2022_-_stoklosa_-_requer_informacoes_relacionadas_a_construcao_da_ponte_da_rua_1980.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10448/requerimento_58_2022_-_stoklosa_-_requer_informacoes_relacionadas_a_construcao_da_ponte_da_rua_1980.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações relacionadas à construção da ponte da Rua 1980</t>
   </si>
   <si>
     <t>10461</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10461/requerimento_59_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_47_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10461/requerimento_59_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_47_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 47/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10481/requerimento_60_2022_-_ivan_-_requer_informacoes_referentes_a_acao_de_fiscalizacao_realizada_no_mercado_do_peixe.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10481/requerimento_60_2022_-_ivan_-_requer_informacoes_referentes_a_acao_de_fiscalizacao_realizada_no_mercado_do_peixe.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à ação de fiscalização realizada no Mercado do Peixe de Itapoá, localizado na Rua das Gaivotas, a qual foi executada pela Secretaria Municipal de Saúde por meio do Departamento de Vigilância Sanitária</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10503/requerimento_61_2022_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10503/requerimento_61_2022_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à área destinada à Praça de Itapoá, localizada na Rua João Horácio Vieira, esquina com a Avenida dos Pioneiros (Rua 1.450)</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10525/requerimento_62_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_46_57_e_59_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10525/requerimento_62_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_46_57_e_59_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária n. 46/2022, 57/2022 e n. 59/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art._x000D_
 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10530/requerimento_63_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_60_e_61_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10530/requerimento_63_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_60_e_61_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária n. 60 e 61/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10541/requerimento_64_2022_-_ivan_-_requer_informacoes_referentes_a_praca_memorial_dos_pioneiros_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10541/requerimento_64_2022_-_ivan_-_requer_informacoes_referentes_a_praca_memorial_dos_pioneiros_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à Praça Memorial dos Pioneiros de Itapoá</t>
   </si>
   <si>
     <t>10554</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10554/requerimento_65_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_pavimentacao_da_rua_tijucas_bem_como_a_ampliacao_da_segunda_etapa_do_parque_linear.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10554/requerimento_65_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_pavimentacao_da_rua_tijucas_bem_como_a_ampliacao_da_segunda_etapa_do_parque_linear.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações relacionadas ao projeto de pavimentação da Rua Tijucas bem como a ampliação da segunda etapa do Parque Linear</t>
   </si>
   <si>
     <t>10567</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10567/requerimento_66_2022_-_ivan_-_requer_a_concessao_de_licenca.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10567/requerimento_66_2022_-_ivan_-_requer_a_concessao_de_licenca.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma do inciso II, do art. 91, do Regimento Interno, a concessão de licença para tratar de interesses particulares, pelo prazo de 60 (sessenta) dias, com início em 16 de agosto e término em 15 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>10591</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10591/requerimento_67_2022_-_stoklosa_-_por_meio_do_setor_competente_envie_as_seguintes_informacoes_relacionadas_a_lei_federal_no_14.285_de_19_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10591/requerimento_67_2022_-_stoklosa_-_por_meio_do_setor_competente_envie_as_seguintes_informacoes_relacionadas_a_lei_federal_no_14.285_de_19_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações relacionadas a Lei Federal n. 14.285, de 19 de dezembro de 2021</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10653/requerimento_68_2022_-_paulo_-_requer_informacoes_a_respeito_do_galpao_dos_pescadores_do_pontal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10653/requerimento_68_2022_-_paulo_-_requer_informacoes_a_respeito_do_galpao_dos_pescadores_do_pontal.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações a respeito do galpão dos pescadores do Pontal</t>
   </si>
   <si>
     <t>10707</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10707/requerimento_69_2022_-_stoklosa_-_requer_que_o_poder_executivo_envie_informacoes_sobre_a_revitalizacao_da_avenida_beira_mar_iii.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10707/requerimento_69_2022_-_stoklosa_-_requer_que_o_poder_executivo_envie_informacoes_sobre_a_revitalizacao_da_avenida_beira_mar_iii.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie as seguintes informações relacionadas à revitalização da Avenida Beira Mar III</t>
   </si>
   <si>
     <t>10718</t>
   </si>
   <si>
     <t>Elvis Aron Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10718/requerimento_70_2022_-_elvis_-_requer_informacoes_relacionadas_as_indicacoes_n._221_222_227_e_228_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10718/requerimento_70_2022_-_elvis_-_requer_informacoes_relacionadas_as_indicacoes_n._221_222_227_e_228_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas às Indicações n. 221, 222, 227 e 228/2022</t>
   </si>
   <si>
     <t>10719</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10719/requerimento_71_2022_-_elvis_-_requer_informacoes_relacionadas_a_ampliacao_do_quartel_do_corpo_de_bombeiros_militar_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10719/requerimento_71_2022_-_elvis_-_requer_informacoes_relacionadas_a_ampliacao_do_quartel_do_corpo_de_bombeiros_militar_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas à ampliação do quartel do Corpo de Bombeiros Militar de Itapoá</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10720/requerimento_72_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_realizadas_no_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10720/requerimento_72_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_realizadas_no_pa_24h.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas às melhorias realizadas no PA 24h durante o ano de 2022</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
     <t>Fernando da Barra, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10746/requerimento_73_2022_-_fernando_-_requer_informacoes_referentes_as_quadras_n._62_e_63_no_loteamento_praia_do_imperador.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10746/requerimento_73_2022_-_fernando_-_requer_informacoes_referentes_as_quadras_n._62_e_63_no_loteamento_praia_do_imperador.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes às quadras n. 62 e 63, no loteamento Praia do Imperador, em Itapoá</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10749/requerimento_74_2022_-_stoklosa_-_envie_informacoes_relacionadas_a_cobertura_localizado_na_parte_de_tras_do_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10749/requerimento_74_2022_-_stoklosa_-_envie_informacoes_relacionadas_a_cobertura_localizado_na_parte_de_tras_do_pa_24h.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie informações relacionadas à cobertura (toldo) localizada na parte de trás do Pronto Atendimento - PA 24h</t>
   </si>
   <si>
     <t>10768</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10768/requerimento_75_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_no_campo_de_futebol_da_localidade_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10768/requerimento_75_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_no_campo_de_futebol_da_localidade_sai_mirim.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas às melhorias no campo de futebol da localidade Saí Mirim</t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10790/requerimento_76_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_avenida_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10790/requerimento_76_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_avenida_sai_mirim.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas à obra de pavimentação da Avenida Saí Mirim (Rua 370), na Barra do Saí:</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10791/requerimento_77_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_rua_da_graca.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10791/requerimento_77_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_rua_da_graca.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas à obra de pavimentação da Rua da Graça</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10808/requerimento_78_2022_-_stoklosa_-_requer_o_envio_de_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10808/requerimento_78_2022_-_stoklosa_-_requer_o_envio_de_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos valores de superavit financeiro em razão dos arrecadados do Município</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10809/requerimento_79_2022_-_ivan_-_requer_o_envio_de_informacoes_relacionadas_ao_contrato_administrativo_n._59_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10809/requerimento_79_2022_-_ivan_-_requer_o_envio_de_informacoes_relacionadas_ao_contrato_administrativo_n._59_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas ao contrato administrativo n. 59/2022 de locação de vasos e floreiras</t>
   </si>
   <si>
     <t>10833</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10833/requerimento_80_2022_-_mesa_diretora_-_requer_a_concessao_de_licenca_para_gozo_de_ferias_ao_prefeito_municipal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10833/requerimento_80_2022_-_mesa_diretora_-_requer_a_concessao_de_licenca_para_gozo_de_ferias_ao_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a concessão de licença ao Prefeito Marlon Roberto Neuber para ausentar-se para gozo de férias pelo período de 30 (trinta) dias, com observância aos arts. 65 e 66 da Lei Orgânica do Município de Itapoá</t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10860/requerimento_81_2022_-_ivan_indica_informacoes_relacionadas_ao_mercado_do_peixe_situado_a_av._atlantica._1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10860/requerimento_81_2022_-_ivan_indica_informacoes_relacionadas_ao_mercado_do_peixe_situado_a_av._atlantica._1.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas ao Mercado do Peixe, situado a Av. Atlântica.</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10861/requerimento_82_2022_-_ivan_requer_informacoes_relacionadas_ao_processo_administrativo_no._026_2022._..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10861/requerimento_82_2022_-_ivan_requer_informacoes_relacionadas_ao_processo_administrativo_no._026_2022._..pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas ao Processo Administrativo n. 026/2022</t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10900/requerimento_83_2022_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_remanejados_do_pa_24h.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10900/requerimento_83_2022_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_remanejados_do_pa_24h.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relacionadas aos funcionários remanejados do Pronto Atendimento 24 horas</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10912/requerimento_84_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_104_e__105_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10912/requerimento_84_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_104_e__105_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária n. 104 e 105/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo_x000D_
 2º, e ao art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá,</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11030/requerimento_85_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_111_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11030/requerimento_85_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_111_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 111/2022, com observância ao art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e ao_x000D_
 art. 148. Além disso, solicita-se a dispensa do Parecer das Comissões Permanentes, com observância ao art. 78 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8902</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8902/requerimento_01-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plc_01_02_e_03_2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8902/requerimento_01-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plc_01_02_e_03_2021_1.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Complementar nº 01/2021, do Projeto de Lei Complementar nº 02/2021 e do Projeto de Lei Complementar nº 03/2021, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8919</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8919/requerimento_02_2021_-_paulo_-_requer_renuncia_ao_cargo_de_1o_secretario.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8919/requerimento_02_2021_-_paulo_-_requer_renuncia_ao_cargo_de_1o_secretario.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, renúncia ao cargo de Primeiro-Secretário da Mesa Diretora, ao qual foi eleito em primeiro de janeiro de 2021.</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8926/requerimento_03_2021_-_ivan_-_requer_informacoes_sobre_a_praca_do_samambaial.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8926/requerimento_03_2021_-_ivan_-_requer_informacoes_sobre_a_praca_do_samambaial.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio da Secretaria de Turismo e Cultura ou do setor competente, encaminhe para esta Casa de Leis informações sobre a construção da Praça Samambaial no bairro Samambaial</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ivan da Luz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8954/requerimento_04_2021_-_stoklosa_-_requer_informacoes_sobre_informacoes_sobre_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8954/requerimento_04_2021_-_stoklosa_-_requer_informacoes_sobre_informacoes_sobre_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis cópia de alguns documentos e informações sobre a obra da Avenida André Rodrigues de Freitas</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8950/requerimento_05_2021_-_stoklosa_-_requer_informacoes_sobre_a_nova_escola_municipal_do_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8950/requerimento_05_2021_-_stoklosa_-_requer_informacoes_sobre_a_nova_escola_municipal_do_sai_mirim.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis,  informações sobre a nova Escola Municipal do Saí Mirim e o itinerário do ônibus escolar na área rural</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8963/requerimento_06_2021_-_tiago_-_requer_informacoes_sobre_a_instalacao_e_implantacao_de_boia_referente_as_atividades_da_empresa_golar_power.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8963/requerimento_06_2021_-_tiago_-_requer_informacoes_sobre_a_instalacao_e_implantacao_de_boia_referente_as_atividades_da_empresa_golar_power.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo encaminhe para esta Casa de Leis informações sobre a instalação e a implantação de boia referente às atividades da Empresa Golar Power</t>
   </si>
   <si>
     <t>8987</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8987/requerimento_07_2021_-_luiz_-_requer_informacoes_sobre_o_transporte_publico_municipal_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8987/requerimento_07_2021_-_luiz_-_requer_informacoes_sobre_o_transporte_publico_municipal_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis as seguintes informações sobre o transporte público municipal</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8988/requerimento_08_2021_-_luiz_-_requer_informacoes_sobre_o_desabamento_do_galpao_da_pesca_do_pontal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8988/requerimento_08_2021_-_luiz_-_requer_informacoes_sobre_o_desabamento_do_galpao_da_pesca_do_pontal.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis as seguintes informações sobre o desabamento do Galpão da Pesca do Pontal.</t>
   </si>
   <si>
     <t>8992</t>
   </si>
   <si>
     <t>Ivan da Luz, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8992/requerimento_09_2021_-_ivan_-_requer_a_convocacao_da_secretaria_municipal_de_educacao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8992/requerimento_09_2021_-_ivan_-_requer_a_convocacao_da_secretaria_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam – nos termos do art. 46, VIII, c/c o inciso XII do §3º do art. 123, artigo 233 e seguintes do Regimento Interno, e depois de ouvido o Plenário – que sejam convocadas a Secretária Municipal de Educação e a equipe pedagógica vinculada à escola João Monteiro Cabral, para que participem da próxima Sessão Ordinária da Câmara de Vereadores ou o mais breve possível em data posterior marcada pela Secretária se nesta data não for possível. Dessa forma, venham com o objetivo de prestarem esclarecimentos acerca das denúncias ocorridas de atos cometidos pelo professor Rafael Henrique de Paula vinculado à Rede Municipal de Educação</t>
   </si>
   <si>
     <t>8993</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8993/requerimento_10_2021_-_ivan_-_requer_a_convocacao_do_conselho_municipal_de_educacao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8993/requerimento_10_2021_-_ivan_-_requer_a_convocacao_do_conselho_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam – nos termos do art. 46, VIII, c/c o inciso XII do §3º do art. 123, bem como artigo 234 e seguintes do Regimento Interno, e depois de ouvido o Plenário – que seja convocado o Presidente do Conselho Municipal de Educação ou seu representante para que participe da próxima Sessão Ordinária da Câmara de Vereadores ou o mais breve possível em data posterior marcada pelo convocado se nesta data não for possível. Este convite tem o objetivo de prestar esclarecimentos acerca das denúncias ocorridas de atos cometidos pelo professor Rafael Henrique de Paula vinculado à rede municipal de educação</t>
   </si>
   <si>
     <t>8994</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8994/requerimento_11_2021_-_ivan_-_requer_informacoes_sobre_a_vacinacao_contra_a_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8994/requerimento_11_2021_-_ivan_-_requer_informacoes_sobre_a_vacinacao_contra_a_covid-19.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, por meio do setor competente, envie informações e documentações referentes à vacinação contra a Covid-19 e aos atendimentos as vítimas da doença no Pronto Atendimento 24 hs, no Município</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8995/requerimento_12_2021_-_stoklosa_-_requer_informacoes_sobre_nomeacoes_e_exoneracoes_no_poder_executivo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8995/requerimento_12_2021_-_stoklosa_-_requer_informacoes_sobre_nomeacoes_e_exoneracoes_no_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, por meio do setor competente, envie para esta Casa de Leis informações acerca dos servidores comissionados</t>
   </si>
   <si>
     <t>8996</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Ivan da Luz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8996/requerimento_13_2021_-_stoklosa_-_requer_a_instauracao_de_comissao_especial_para_revisao_do_regimento_interno_e_lom.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8996/requerimento_13_2021_-_stoklosa_-_requer_a_instauracao_de_comissao_especial_para_revisao_do_regimento_interno_e_lom.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que seja instaurada nessa Casa Legislativa, com fulcro nos artigos 50 e 59 do Regimento Interno, uma Comissão Especial para revisar o Regimento Interno e a Lei Orgânica do Município, pelo prazo de 90 dias, prorrogável por igual período, para que seja adequado e corrigido as lacunas que ambas possuem. A referida comissão especial deverá ser composta de no mínimo três vereadores, respeitando a proporcionalidade partidária, três servidores efetivos da casa, os quais auxiliarão a parte de redação, a confecção das atas, a parte jurídica e um membro do setor legislativo.</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9038/requerimento_14_2021_-_fernando_-_requer_o_levantamento_das_areas_publicas_do_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9038/requerimento_14_2021_-_fernando_-_requer_o_levantamento_das_areas_publicas_do_municipio.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, apresente um levantamento das áreas públicas do Município, onde possam ser construídos parques, praças e quadras esportivas.</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9060/requerimento_15_2021_-_stoklosa_-_requer_informacoes_sobre_a_mobilidade_urabana.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9060/requerimento_15_2021_-_stoklosa_-_requer_informacoes_sobre_a_mobilidade_urabana.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e projetos sobre a mobilidade urabana</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Bela, Ivan da Luz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9061/requerimento_16_2021_-_stoklosa_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal__simflor.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9061/requerimento_16_2021_-_stoklosa_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal__simflor.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo através do setor competente, envie para esta Casa de Leis as seguintes informações sobre o Sistema Municipal de Conversão Florestal – SIMFLOR</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
     <t>Gerson Piazzetta, Bela, Ezequiel Andrad'S, Fernando da Barra, Luiz Nego, Paulo Neres, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9090/requerimento_17_2021_-_gerson_-_requer_informacoes_a_respeito_dos_protocolos_usados_no_atendimento_aos_pacientes_vitimas_do_covid_19_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9090/requerimento_17_2021_-_gerson_-_requer_informacoes_a_respeito_dos_protocolos_usados_no_atendimento_aos_pacientes_vitimas_do_covid_19_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie informações a respeito das medidas e protocolos usados no atendimento aos pacientes vítimas do Covid-19. Afinal, os atendimentos estão acontecendo no Pronto Atendimento, devido à falta de vagas para transferência em outras unidades de saúde referência em nosso estado</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9085/requerimento_18_2021_-_ivan_-_requer_informacoes_sobre_a_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9085/requerimento_18_2021_-_ivan_-_requer_informacoes_sobre_a_covid-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, apresente informações a respeito do combate ao Covid-19</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Fernando da Barra, Ivan da Luz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9086/requerimento_19_2021_-_stoklosa_-_requer_informacoes_sobre_as_entradas_das_areas_ruais_que_ficam_as_margens_da_sc-416.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9086/requerimento_19_2021_-_stoklosa_-_requer_informacoes_sobre_as_entradas_das_areas_ruais_que_ficam_as_margens_da_sc-416.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre as entradas das áreas rurais Braço do Norte, Saí-Mirim e 1º de Julho que ficam às margens da SC-416</t>
   </si>
   <si>
     <t>9114</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9114/requerimento_20_2021_-_gerson_-_requer_informacoes_sobre_as_medidas_usadas_no_que_diz_respeito_aos_andarilhos_que_se_encontram_em_nosso_municipio_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9114/requerimento_20_2021_-_gerson_-_requer_informacoes_sobre_as_medidas_usadas_no_que_diz_respeito_aos_andarilhos_que_se_encontram_em_nosso_municipio_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio da Secretaria de Assistência Social, envie para esta Casa de Leis informações a respeito das medidas usadas no que diz respeito aos andarilhos que se encontram em nosso Município.</t>
   </si>
   <si>
     <t>9115</t>
   </si>
   <si>
     <t>Ivan da Luz, Ezequiel Andrad'S, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9115/requerimento_21_2021_-_ivan_-_requer_informacoes_sobre_os_gastos_com_manutencao_de_creches_e_escolas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9115/requerimento_21_2021_-_ivan_-_requer_informacoes_sobre_os_gastos_com_manutencao_de_creches_e_escolas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, preste informações sobre os valores gastos nos anos de 2019, 2020 e 2021 com reparos, manutenções, reformas e ampliações de escolas, creches e centros infantis da rede municipal de ensino com cópias de licitação ou dispensa de licitação, contratos, empenhos, notas ficais ou recibos, planilhas; enfim, toda documentação existente e que faz parte de cada processo de contratação dos serviços acima mencionados.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9128/requerimento_22_2021_-_stoklosa_-_requer_informacoes_sobre__o_campo_de_esportes_do_sai_mirim_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9128/requerimento_22_2021_-_stoklosa_-_requer_informacoes_sobre__o_campo_de_esportes_do_sai_mirim_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao campo de esportes do Saí-Mirim</t>
   </si>
   <si>
     <t>9137</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9137/requerimento_23_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_da_rua_norma_de_jesus_soares.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9137/requerimento_23_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_da_rua_norma_de_jesus_soares.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e documentos referentes à extensão da rede de energia elétrica na Rua Norma de Jesus Soares, na localidade da Vila Guilherme, Itapoá/SC</t>
   </si>
   <si>
     <t>9165</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9165/requerimento_24_2021_-_fernando_-_requer_informacoes_referentes_a_construcao_do_campo_de_futebol_da_comunidade_da_barra_do_sai.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9165/requerimento_24_2021_-_fernando_-_requer_informacoes_referentes_a_construcao_do_campo_de_futebol_da_comunidade_da_barra_do_sai.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para este vereador informações referentes à construção do campo de futebol da comunidade da Barra do Saí. Além disto, faz um apelo ao órgão competente para que seja feita a roçada do espaço que é destinado ao campo localizado entre as ruas 100 e 110 de Itapoá/SC.</t>
   </si>
   <si>
     <t>9159</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9159/requerimento_25_2021_-_stoklosa_-_requer_informacoes_e_documentos_referente_a_rua_nossa_sra._perpetuo_socorro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9159/requerimento_25_2021_-_stoklosa_-_requer_informacoes_e_documentos_referente_a_rua_nossa_sra._perpetuo_socorro.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e documentos referentes à Rua Nossa Sra. Perpétuo Socorro</t>
   </si>
   <si>
     <t>9195</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9195/requerimento_26_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_obra_do_miradouro_do_rio_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9195/requerimento_26_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_obra_do_miradouro_do_rio_sai_mirim.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações e documentos referentes à obra do Miradouro do Rio Saí Mirim, localizado na rua Dom Henrique II, Barra do Saí, no Município de Itapoá/SC</t>
   </si>
   <si>
     <t>9201</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9201/requerimento_27_2021_-_fernando_-_requer_informacoes_sobre_a_elaboracao_de_portaria_referente_ao_acatamento_obrigatorio_que_estabelece_a_lei_federal_n._140_2011.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9201/requerimento_27_2021_-_fernando_-_requer_informacoes_sobre_a_elaboracao_de_portaria_referente_ao_acatamento_obrigatorio_que_estabelece_a_lei_federal_n._140_2011.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações, em caráter de urgência no prazo máximo de 30 dias, sobre a elaboração de portaria a ser publicada determinando ao corpo técnico analista deste órgão municipal o acatamento obrigatório principalmente do que estabelece a Lei Federal n. 140/2011 no art. 13, art. 14, parágrafos 1º e 2º, bem como a Resolução Conama n. 237 no art. 10, incisos I, II, III, IV, VII, VIII, e art. 14, parágrafo 1º e parágrafo único.</t>
   </si>
   <si>
     <t>9242</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Luiz Nego, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9242/requerimento_28_2021_-_stoklosa_-_requer_informacoes_acerca_do_transporte_escolar.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9242/requerimento_28_2021_-_stoklosa_-_requer_informacoes_acerca_do_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações acerca do transporte escolar</t>
   </si>
   <si>
     <t>9248</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9248/requerimento_29_2021_-_stoklosa_-_requer_informacoes_sobre_a_escola_municipal_frei_valentim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9248/requerimento_29_2021_-_stoklosa_-_requer_informacoes_sobre_a_escola_municipal_frei_valentim.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre a Escola Municipal Frei Valentim</t>
   </si>
   <si>
     <t>9249</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9249/requerimento_30_2021_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9249/requerimento_30_2021_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações acerca da Guarda Civil Municipal de Itapoá (GCMI)</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9261/requerimento_31_2021_-_ezequiel_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_37_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9261/requerimento_31_2021_-_ezequiel_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_37_2021.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, a alteração do regime de tramitação do Projeto de Lei n. 37/2021, o qual “Declara Utilidade Pública a Associação de Pais e Amigos do Autista de Itapoá (AMA)”, para regime de urgência especial.</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9295/requerimento_32_2021_-_stoklosa_-_requer_informacoes_sobre_o_parque_melinda_maria_zagonel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9295/requerimento_32_2021_-_stoklosa_-_requer_informacoes_sobre_o_parque_melinda_maria_zagonel.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre o Parque Melinda Maria Zagonel</t>
   </si>
   <si>
     <t>9323</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Luiz Nego</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9323/requerimento_33_2021_-_stoklosa_-_requer_informacoes_sobre_os_procedimentos_realizados_pelo_equipamento_de_raio-x_do_pa_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9323/requerimento_33_2021_-_stoklosa_-_requer_informacoes_sobre_os_procedimentos_realizados_pelo_equipamento_de_raio-x_do_pa_de_itapoa.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre os procedimentos realizados pelo equipamento de Raio-X do Pronto Atendimento de Itapoá</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9324/requerimento_34_2021_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9324/requerimento_34_2021_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre a COSIP de Itapoá</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9339/requerimento_35_2021_-_stoklosa_-_requer_informacoes_referentes_ao_posto_de_saude_do_sai_mirim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9339/requerimento_35_2021_-_stoklosa_-_requer_informacoes_referentes_ao_posto_de_saude_do_sai_mirim.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao Posto de Saúde do Saí Mirim</t>
   </si>
   <si>
     <t>9353</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9353/requerimento_36_2021_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa_na_rua_joao_horacio_vieira_esquina_com_a_av._dos_pioneiros.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9353/requerimento_36_2021_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa_na_rua_joao_horacio_vieira_esquina_com_a_av._dos_pioneiros.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve solicita que, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à área destinada à Praça de Itapoá, localizada na Rua João Horácio Vieira esquina com a Avenida Dos Pioneiros (Rua 1.450), em frente ao terreno da futura sede da Polícia Militar:</t>
   </si>
   <si>
     <t>9379</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9379/requerimento_37_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_marechal_floriano_pacheco.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9379/requerimento_37_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_marechal_floriano_pacheco.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à Rua Marechal Floriano Pacheco, nas proximidades da Rua 410 e da Rua Ludovico Noé Zagonel</t>
   </si>
   <si>
     <t>9442</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9442/requerimento_38_2021_-_mesa_diretora_-_requer_mudanca_do_regime_de_tramitacao_do_projeto_de_lei_n_53-2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9442/requerimento_38_2021_-_mesa_diretora_-_requer_mudanca_do_regime_de_tramitacao_do_projeto_de_lei_n_53-2021_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação de Urgência para_x000D_
 Regime de Tramitação em Urgência Especial, do Projeto de Lei Ordinária no 53 /20 21, com observância do art. 123, parágrafo 3o, inciso VII, art. 145, parágrafo 2o, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá,</t>
   </si>
   <si>
     <t>9454</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9454/requerimento_39_2021_-_stoklosa_-_requer_informacoes_referentes_aos_patios_de_estacionamento_para_os_caminhoes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9454/requerimento_39_2021_-_stoklosa_-_requer_informacoes_referentes_aos_patios_de_estacionamento_para_os_caminhoes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos pátios de estacionamento para os caminhões fora da área urbana municipal e das normas municipais</t>
   </si>
   <si>
     <t>9479</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9479/requerimento_40_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._1.010_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9479/requerimento_40_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._1.010_2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre o cumprimento da Lei Municipal n. 1.010, de 08 de junho de 2020</t>
   </si>
   <si>
     <t>9495</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9495/requerimento_41_2021_-_stoklosa_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_do_regimento_interno.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9495/requerimento_41_2021_-_stoklosa_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, com observância ao art. 123, §3º, I do Regimento Interno desta Casa e depois de ouvido o Plenário, sua renúncia como membro da Comissão Especial de Revisão do Regimento Interno.</t>
   </si>
   <si>
     <t>9499</t>
   </si>
   <si>
     <t>Gerson Piazzetta, Fernando da Barra, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9499/requerimento_42_2021_-_gerson_-_requer_informacoes_sobre_o_pier_do_pontal_porto_e_o_trapiche_da_figueira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9499/requerimento_42_2021_-_gerson_-_requer_informacoes_sobre_o_pier_do_pontal_porto_e_o_trapiche_da_figueira.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio da Secretaria de Turismo e Cultura, envie para esta Casa de Leis informações no que diz respeito ao Píer do Pontal (Porto) e ao Trapiche da Figueira, ambos localizados em nosso Município</t>
   </si>
   <si>
     <t>9510</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9510/requerimento_43_2021_-_ivan_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_da_lom.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9510/requerimento_43_2021_-_ivan_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_da_lom.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, sua renúncia como membro da Comissão Especial de Revisão da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>9511</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9511/requerimento_44_2021_-_ivan_-_requer_informacoes_referentes_a_concessao_entre_o_municipio_e_a_empresa_responsavel_pelo_transporte_coletivo_urbano.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9511/requerimento_44_2021_-_ivan_-_requer_informacoes_referentes_a_concessao_entre_o_municipio_e_a_empresa_responsavel_pelo_transporte_coletivo_urbano.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à concessão entre o Município e a empresa responsável pelo transporte coletivo urbano e principalmente o Escolar.</t>
   </si>
   <si>
     <t>9512</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9512/requerimento_45_2021_-_ivan_-_requer_informacoes_referentes_aos_contratos_com_a_asr._construtora_eireli-me.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9512/requerimento_45_2021_-_ivan_-_requer_informacoes_referentes_aos_contratos_com_a_asr._construtora_eireli-me.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos contratos com a ASR, construtora Eireli-ME, em relação às seguintes obras: _x000D_
     1) Casa do Agricultor;_x000D_
     2) USB - Diamantina;_x000D_
     3) USB - São José; e_x000D_
     4) Ampliação do Quartel do Corpo de Bombeiros de Itapoá.</t>
   </si>
   <si>
     <t>9521</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9521/requerimento_46_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._738-2017.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9521/requerimento_46_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._738-2017.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre o cumprimento da Lei Municipal n. 738, de 06 de novembro de 2017</t>
   </si>
   <si>
     <t>9535</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9535/requerimento_47_2021_-_ivan_-_requer_informacoes_referentes_ao_contrato_com_a_construtora_nova_itajai_eireli-me.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9535/requerimento_47_2021_-_ivan_-_requer_informacoes_referentes_ao_contrato_com_a_construtora_nova_itajai_eireli-me.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao contrato com a Construtora Nova Itajai Eireli-ME, em relação a seguinte obra: cobertura da quadra poliesportiva da Escola Municipal Frei Valentim.</t>
   </si>
   <si>
     <t>9539</t>
   </si>
   <si>
     <t>Paulo Neres, Bela, Ezequiel Andrad'S, Fernando da Barra, Gerson Piazzetta, Ivan da Luz, Luiz Nego, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9539/requerimento_48_2021_-_paulo_-_requer_informacoes_sobre_a_obra_da_creche_no_bairro_do_pontal_do_norte.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9539/requerimento_48_2021_-_paulo_-_requer_informacoes_sobre_a_obra_da_creche_no_bairro_do_pontal_do_norte.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre a obra da creche no bairro do Pontal do Norte</t>
   </si>
   <si>
     <t>9545</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9545/requerimento_49-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9545/requerimento_49-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 51/2021, com observância ao art. 123, parágrafo 3º, inciso VII, ao art. 145, parágrafo 2º, e ao art. 148, todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>9562</t>
   </si>
   <si>
     <t>Tiago de Oliveira, Bela, Ezequiel Andrad'S, Fernando da Barra, Gerson Piazzetta, Luiz Nego, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9562/requerimento_50-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9562/requerimento_50-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf</t>
   </si>
   <si>
     <t>9577</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Fernando da Barra, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9577/requerimento_51_2021_-_stoklosa_-_requer_informacoes_sobre_a_lei_municipal_n._687-2017.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9577/requerimento_51_2021_-_stoklosa_-_requer_informacoes_sobre_a_lei_municipal_n._687-2017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre a Lei Municipal n. 687/2017</t>
   </si>
   <si>
     <t>9604</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9604/requerimento_52_2021_-_luiz_-_requer_informacoes_sobre_relativas_ao_eja_educacao_para_jovens_e_adultos_no_municipio_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9604/requerimento_52_2021_-_luiz_-_requer_informacoes_sobre_relativas_ao_eja_educacao_para_jovens_e_adultos_no_municipio_de_itapoa.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações relativas ao EJA (Educação para Jovens e Adultos) no Município de Itapoá/SC, modalidade de ensino criada pelo governo federal pela Lei de Diretrizes Básicas e Bases da Educação Nacional (LDB 9.394/96)</t>
   </si>
   <si>
     <t>9603</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Bela, Fernando da Barra, Ivan da Luz, Paulo Neres</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9603/requerimento_53_2021_-_stoklosa_-_requer_informacoes_referente_ao_contrato_de_concessao_n._90-2018_entre_o_municipio_e_a_empresa_oceanica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9603/requerimento_53_2021_-_stoklosa_-_requer_informacoes_referente_ao_contrato_de_concessao_n._90-2018_entre_o_municipio_e_a_empresa_oceanica.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referente ao Contrato de Concessão n. 90/2018, entre o Município e a empresa Oceânica</t>
   </si>
   <si>
     <t>9646</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9646/requerimento_54_2021_-_stoklosa_-_requer_informacoes_referentes_a_avenida_celso_ramos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9646/requerimento_54_2021_-_stoklosa_-_requer_informacoes_referentes_a_avenida_celso_ramos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à Avenida Celso Ramos</t>
   </si>
   <si>
     <t>9682</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9682/requerimento_55-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_84-2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9682/requerimento_55-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_84-2021.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 84/2021, com observância ao art. 123, parágrafo 3º, inciso VII, ao art. 145, parágrafo 2º, e ao art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>9694</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9694/requerimento_56_2021_-_stoklosa_-_requer__informacoes_referentes_ao_trapiche_da_figueira_do_pontal_e_ao_trapiche_do_porto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9694/requerimento_56_2021_-_stoklosa_-_requer__informacoes_referentes_ao_trapiche_da_figueira_do_pontal_e_ao_trapiche_do_porto.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao trapiche da Figueira do Pontal e ao trapiche do Porto.</t>
   </si>
   <si>
     <t>9731</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9731/requerimento_57_-_2021_-_requer_reunioes_plenarias_por_videochamada.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9731/requerimento_57_-_2021_-_requer_reunioes_plenarias_por_videochamada.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que as reuniões plenárias extraordinárias possam ser realizadas por videochamada, com observância ao art. 25, parágrafo 5º, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>9703</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9703/requerimento_58-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_86-2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9703/requerimento_58-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_86-2021_1.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária  nº 86/2021, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>9710</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9710/requerimento_59_-_stoklosa_-_requer_o_premio_de_mulher_destaque_a_sra._danieli_cristina.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9710/requerimento_59_-_stoklosa_-_requer_o_premio_de_mulher_destaque_a_sra._danieli_cristina.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Danieli Cristina Soares, em conformidade com a Lei Ordinária Municipal n. 764/2018 e a Portaria n. 246/2021.</t>
   </si>
   <si>
     <t>9711</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9711/requerimento_60_-_gerson_-_requer_o_premio_de_mulher_destaque_a_sra._valdiriene_peres_crisanto.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9711/requerimento_60_-_gerson_-_requer_o_premio_de_mulher_destaque_a_sra._valdiriene_peres_crisanto.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Valdiriene Peres Crisanto em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9715</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9715/requerimento_61_2021_-_ivan_-_requer_o_premio_de_mulher_destaque_a_sra._cristina_costa_silveira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9715/requerimento_61_2021_-_ivan_-_requer_o_premio_de_mulher_destaque_a_sra._cristina_costa_silveira.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Cristina da Costa Silveira, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9714</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9714/requerimento_62_-_bela_-_requer_o_premio_de_mulher_destaque_a_sra._romilda_velem.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9714/requerimento_62_-_bela_-_requer_o_premio_de_mulher_destaque_a_sra._romilda_velem.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Romilda Velem, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9724</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9724/requerimento_63_-_fernando_-_requer_o_premio_de_mulher_destaque_a_sra._lucy_helena_wielewicki.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9724/requerimento_63_-_fernando_-_requer_o_premio_de_mulher_destaque_a_sra._lucy_helena_wielewicki.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Lucy Helena Wielewicki, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9718</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9718/requerimento_64_-_luiz_-_requer_o_premio_de_mulher_destaque_a_sra._marcia_aparecida_partala.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9718/requerimento_64_-_luiz_-_requer_o_premio_de_mulher_destaque_a_sra._marcia_aparecida_partala.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Marcia Aparecida Partala, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9721</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9721/requerimento_65_-_tiago_-_requer_o_premio_de_mulher_destaque_a_sra_alves_fernandes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9721/requerimento_65_-_tiago_-_requer_o_premio_de_mulher_destaque_a_sra_alves_fernandes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Maria Aparecida Alves Fernandes (Tia Cida), em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>9725</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9725/requerimento_66_2021_-_ivan_-_requer_informacoes_sobre_qual_foi_o_valor_e_quantidade_de_material_usado_no_ensaibramento.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9725/requerimento_66_2021_-_ivan_-_requer_informacoes_sobre_qual_foi_o_valor_e_quantidade_de_material_usado_no_ensaibramento.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre qual foi a quantidade de material e o valor usado no ensaibramento entre as Ruas Ademar Garcia, Rua 420 e Rua Vasco Nunes Balboa, especificamente entre as quadras 33, 34, 35, 40, 41, 42, 47 e 48 no Balneário Volta ao Mundo I. Solicita também a informação sobre quem são os proprietários ou o proprietário dos terrenos das quadras 41, 42 e 43 do referido Balneário.</t>
   </si>
   <si>
     <t>9726</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9726/requerimento_67_2021_-_ivan_-_requer_nformacoes_referentes_aos_emprestimos_financeiros_suas_aplicacoes_e_destinos_celebrados_entre_o_municipio_e_instituicoes_de_creditos_do_ano_de_2017_ate_o_presente_momento.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9726/requerimento_67_2021_-_ivan_-_requer_nformacoes_referentes_aos_emprestimos_financeiros_suas_aplicacoes_e_destinos_celebrados_entre_o_municipio_e_instituicoes_de_creditos_do_ano_de_2017_ate_o_presente_momento.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos empréstimos financeiros suas aplicações e seus destinos,   realizados entre o Município e as instituições de créditos do ano de 2017 até o presente momento.</t>
   </si>
   <si>
     <t>9759</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Bela, Gerson Piazzetta, Ivan da Luz, Paulo Neres, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9759/requerimento_68_2021_-_stoklosa_-_requer_a_alteracao_no_regime_de_tramitacao_para_urgencia_especial_do_projeto_de_lei_n._93_2021-.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9759/requerimento_68_2021_-_stoklosa_-_requer_a_alteracao_no_regime_de_tramitacao_para_urgencia_especial_do_projeto_de_lei_n._93_2021-.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo realize a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei n. 93/2021, com observância ao art. 123, parágrafo 3º, inciso VII, ao art. 145, parágrafo 2º, e ao art. 148, todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9758/requerimento_69_2021_-_ivan_-_requer_informacoes_referentes_ao_decreto_executivo_5161.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9758/requerimento_69_2021_-_ivan_-_requer_informacoes_referentes_ao_decreto_executivo_5161.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao Decreto Executivo 5161, que declara de utilidade pública para fins de desapropriação a quadra 183 do Balneário Saí Mirim. As informações relevantes seriam: qual será o valor, e se está sendo ou será mediado esta translação por alguma imobiliária ou algum profissional da área de imóveis.</t>
   </si>
   <si>
     <t>9790</t>
   </si>
   <si>
     <t>Gerson Piazzetta, Bela, Ezequiel Andrad'S, Fernando da Barra, Luiz Nego, Paulo Neres, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9790/requerimento_70_2021_-_gerson_-_requer_informacoes_no_que_diz_respeito_a_quadra_esportiva_da_escola_municipal_airton_sena.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9790/requerimento_70_2021_-_gerson_-_requer_informacoes_no_que_diz_respeito_a_quadra_esportiva_da_escola_municipal_airton_sena.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio da Secretaria de Educação envie para esta Casa de Leis informações no que diz respeito à Quadra Esportiva da Escola Municipal Ayrton Senna.</t>
   </si>
   <si>
     <t>9788</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Fernando da Barra, Ivan da Luz, Luiz Nego, Paulo Neres, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9788/requerimento_71_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9788/requerimento_71_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à Rua Tijucas.</t>
   </si>
   <si>
     <t>9789</t>
   </si>
   <si>
     <t>Ivan da Luz, Paulo Neres, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9789/requerimento_72_2021_-_ivan_-_requer_informacoes_informacoes_referentes_aos_decretos_executivos_que_declaram_utiliade_publica_para_fins_de_desapropriacoes_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9789/requerimento_72_2021_-_ivan_-_requer_informacoes_informacoes_referentes_aos_decretos_executivos_que_declaram_utiliade_publica_para_fins_de_desapropriacoes_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes a todos os Decretos Executivos de janeiro de 2017 até o presente momento que declaram utilidades públicas para fins de desapropriações, em quais área (s) e terreno (s) se concretizaram a desapropriação, bem como os processos de compras contendo os valores das negociações, informações dos vendedores e se houve intermediações de pessoas ou empresas.</t>
   </si>
   <si>
     <t>9797</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9797/requerimento_73_2021_-_stoklosa_-_requer_informacoes_referentes_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9797/requerimento_73_2021_-_stoklosa_-_requer_informacoes_referentes_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes à obra da Avenida André Rodrigues de Freitas</t>
   </si>
   <si>
     <t>9811</t>
   </si>
   <si>
     <t>Ezequiel Andrad'S, Bela, Fernando da Barra, Gerson Piazzetta, Ivan da Luz, Luiz Nego, Paulo Neres, Sargento Stoklosa, Tiago de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9811/requerimento_74_2021_-_ezequiel_-_requer_informacoes_referentes_ao_falecimento_do_sr._jose_luiz_cardoso.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9811/requerimento_74_2021_-_ezequiel_-_requer_informacoes_referentes_ao_falecimento_do_sr._jose_luiz_cardoso.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao falecimento do Sr. José Luiz Cardoso, o qual residia na Rua Anequim, n. 577, no Bairro Verdes Mares</t>
   </si>
   <si>
     <t>9812</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9812/requerimento_75_2021_-_ivan_-_requer_informacoes_sobre_o_mole_de_pedras_da_barra_sai.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9812/requerimento_75_2021_-_ivan_-_requer_informacoes_sobre_o_mole_de_pedras_da_barra_sai.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações sobre o molhe de pedras da Barra Saí:</t>
   </si>
   <si>
     <t>9820</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9820/requerimento-76-2021-plo-108-2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9820/requerimento-76-2021-plo-108-2021.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária n. 108/2021, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>9849</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9849/requerimento_77_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_que_fica_ao_fundo_da_rua_60.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9849/requerimento_77_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_que_fica_ao_fundo_da_rua_60.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações a respeito da área localizada ao fundo da Rua 60 com a Rua Fernão de Magalhães, no Balneário Barra do Saí.</t>
   </si>
   <si>
     <t>9855</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9855/requerimento_78_2021_-_gerson_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._elfrida_soares_de_lima.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9855/requerimento_78_2021_-_gerson_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._elfrida_soares_de_lima.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, e na Lei Municipal n. 436, de 16 de abril de 2013, conceda Medalha de Honra ao Mérito à Sra. Elfrida Soares de Lima.</t>
   </si>
   <si>
     <t>9891</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9891/requerimento_79_2021_-_gerson_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._mauricio_jose__eskudlark.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9891/requerimento_79_2021_-_gerson_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._mauricio_jose__eskudlark.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220, de 23 de abril de 2009, e Lei Municipal n. 436, de 16 de abril de 2013, conceda o Título de Cidadão Honorário ao Sr. Maurício José Eskudlark.</t>
   </si>
   <si>
     <t>9862</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9862/requerimento_80_2021_-_ivan_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_senhora_carolina_orminda_vieira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9862/requerimento_80_2021_-_ivan_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_senhora_carolina_orminda_vieira.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220, de 23 de abril de 2009, e Lei Municipal n. 436, de 16 de abril de 2013, conceda o Título de Cidadã Honorária à Senhora Carolina Orminda Vieira.</t>
   </si>
   <si>
     <t>9857</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9857/requerimento_81_2021_-_ivan_-_requer_informacoes_a_respeito_do_parque_natural_carijos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9857/requerimento_81_2021_-_ivan_-_requer_informacoes_a_respeito_do_parque_natural_carijos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações a respeito do Parque Natural Carijós, especialmente sobre o andamento das obras da cerca, da guarita e do portal.</t>
   </si>
   <si>
     <t>9896</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9896/requerimento_82_2021_-_bela_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_supermercado_manchester.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9896/requerimento_82_2021_-_bela_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_supermercado_manchester.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, e Lei Municipal n. 436, de 16 de abril de 2013, conceda a Medalha de Honra ao Mérito ao Supermercado Manchester.</t>
   </si>
   <si>
     <t>9897</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9897/requerimento_83_2021_-_bela_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_sra._mariza_scholz.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9897/requerimento_83_2021_-_bela_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_sra._mariza_scholz.pdf</t>
   </si>
   <si>
     <t>A vereadora que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadã Honorária à Sra. Mariza Scholz, com fundamento no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220, de 23 de abril de 2009, e Lei Municipal n. 436, de 16 de abril de 2013.</t>
   </si>
   <si>
     <t>9870</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9870/requerimento_84_2021_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._daniel_gomes_gutierrez.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9870/requerimento_84_2021_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._daniel_gomes_gutierrez.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao Sr. Daniel Gomes Gutierrez, 3º Sargento da Polícia Militar.</t>
   </si>
   <si>
     <t>9871</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9871/requerimento_85_2021_-_stoklosa_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._rogerio_da_costa_silveira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9871/requerimento_85_2021_-_stoklosa_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._rogerio_da_costa_silveira.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Rogério da Costa Silveira, com fulcro no art. 29, XIX, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 436, de 16 de abril de 2013, e Portaria n. 296, de 19 de outubro de 2021.</t>
   </si>
   <si>
     <t>9872</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9872/requerimento_86_2021_-_stoklosa_-_requer_informacoes_referentes_ao_trapiche_da_figueira_do_pontal.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9872/requerimento_86_2021_-_stoklosa_-_requer_informacoes_referentes_ao_trapiche_da_figueira_do_pontal.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao trapiche da Figueira do Pontal.</t>
   </si>
   <si>
     <t>9882</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9882/requerimento_87_2021_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._josenio_vieira_bernardi.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9882/requerimento_87_2021_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._josenio_vieira_bernardi.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao Sr. Josenio Vieira Bernardi, cirurgião dentista da Prefeitura de Itapoá.</t>
   </si>
   <si>
     <t>9873</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9873/requerimento_88.2021_-_gerson_-_informacoes_pronto_atendimento.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9873/requerimento_88.2021_-_gerson_-_informacoes_pronto_atendimento.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, com fundamento no inciso XV do artigo 29 da Lei Orgânica de Itapoá, que o Poder Executivo, por meio da Secretaria Municipal de Saúde, envie para esta Casa de Leis informações a respeito de um grave incidente ocorrido no Pronto Atendimento de Itapoá (PA 24h), no dia 07 de outubro de 2021. Durante o incidente, houve suposto excessos praticados por um vereador de Itapoá envolvendo servidores públicos municipais.</t>
   </si>
   <si>
     <t>9887</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9887/requerimento_89_2021_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._caetano_meireles_vargas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9887/requerimento_89_2021_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._caetano_meireles_vargas.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao sr. Caetano Meireles Vargas, Surfista Profissional de Itapoá.</t>
   </si>
   <si>
     <t>9888</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9888/requerimento_90_2021_-_fernando_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._fernando_krelling.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9888/requerimento_90_2021_-_fernando_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._fernando_krelling.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e após ouvido o Plenário, o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Fernando Krelling, com fulcro no art. 29, XIX, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>9889</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9889/requererimento_91_2021-_luiz_-_requer_a_concessao_do_titulo_de_cidada_hononaria_a_sra._darci_clara_arins.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9889/requererimento_91_2021-_luiz_-_requer_a_concessao_do_titulo_de_cidada_hononaria_a_sra._darci_clara_arins.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo conceda o Título de Cidadã Hononária à Sra. Darci Clara Arins, com fulcro no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>9898</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9898/requerimento_92_2021_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._jose_maria_caldeira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9898/requerimento_92_2021_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._jose_maria_caldeira.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao sr. José Maria Caldeira.</t>
   </si>
   <si>
     <t>9912</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9912/requerimento_93_2021_-_paulo_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_deputado_federal_carlos_alberto_chiodini.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9912/requerimento_93_2021_-_paulo_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_deputado_federal_carlos_alberto_chiodini.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita, na forma regimental e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Deputado Federal Carlos Alberto Chiodini, com fulcro no art. 29, XIX, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>9907</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9907/requerimento_94_2021_-_tiago_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._adirceu_de_jesus_barbosa_dos_santos.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9907/requerimento_94_2021_-_tiago_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._adirceu_de_jesus_barbosa_dos_santos.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao sr. Adirceu de Jesus Barbosa dos Santos.</t>
   </si>
   <si>
     <t>9913</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9913/requerimento_95_2021_-_tiago_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._gilmar_felisberto_do_nascimento.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9913/requerimento_95_2021_-_tiago_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._gilmar_felisberto_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Este vereador, na forma regimental e após ouvido o Plenário, requer que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Gilmar Felisberto do Nascimento, com fulcro no art. 29, XIX, da Lei Orgânica Municipal, regulamentado pela Lei Municipal n. 220/2009.</t>
   </si>
   <si>
     <t>9914</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9914/requerimento_96_2021_-_paulo_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._izael_nascimento_da_silva.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9914/requerimento_96_2021_-_paulo_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._izael_nascimento_da_silva.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo, com fundamento na Lei Municipal n. 220, de 23 de abril de 2009, conceda a Medalha de Honra ao Mérito ao sr. Izael Nascimento da Silva.</t>
   </si>
   <si>
     <t>9923</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9923/requerimento_97_2021_-_gerson_-_requer_informacoes_referentes_ao_trafego_de_caminhoes_com_bloqueio_na_estrada_jose_alves.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9923/requerimento_97_2021_-_gerson_-_requer_informacoes_referentes_ao_trafego_de_caminhoes_com_bloqueio_na_estrada_jose_alves.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao tráfego de caminhões com bloqueio na Estrada José Alves, conforme fotos abaixo:</t>
   </si>
   <si>
     <t>9952</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9952/requerimento_98_-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_114-2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9952/requerimento_98_-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_114-2021.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Lei Ordinária nº 114/2021, que altera a Lei Municipal nº 1070/2021 para dilatar o prazo de vigência do Programa de Regularização Fiscal – REFIS – no âmbito do município de Itapoá, e com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>9960</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9960/requerimento_urgencia_especial_escola_legislativo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9960/requerimento_urgencia_especial_escola_legislativo.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial do Projeto de Resolução nº 05/2021, que cria a Escola do Legislativo no âmbito do Poder Legislativo Municipal de Itapoá, e com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>9963</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9963/requerimento_100_2021_-_stoklosa_-_requer_informacoes_referentes_aos_locais_e_propriedades_locadas_pelo_poder_executivo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9963/requerimento_100_2021_-_stoklosa_-_requer_informacoes_referentes_aos_locais_e_propriedades_locadas_pelo_poder_executivo.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes aos locais e aos imóveis locados pelo Poder Executivo Municipal</t>
   </si>
   <si>
     <t>9980</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9980/requerimento_101_2021_-_stoklosa_-_requer_informacoes_referentes_ao_centro_de_reabilitacao_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9980/requerimento_101_2021_-_stoklosa_-_requer_informacoes_referentes_ao_centro_de_reabilitacao_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referentes ao Centro de Reabilitação de Itapoá</t>
   </si>
   <si>
     <t>9994</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9994/requerimento_102_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_localizada_ao_fundo_da_rua_60_com_a_rua_fernao_de_magalhaes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9994/requerimento_102_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_localizada_ao_fundo_da_rua_60_com_a_rua_fernao_de_magalhaes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que o Poder Executivo, por meio da Secretaria de Planejamento, da Secretaria de Administração e do Setor de Patrimônio, envie para esta Casa de Leis informações a respeito da área localizada ao fundo da Rua 60 com a Rua Fernão de Magalhães, no Balneário Barra do Saí</t>
   </si>
   <si>
     <t>10004</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10004/requerimento_103_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_em_nosso_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10004/requerimento_103_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_em_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que o Poder Executivo, por meio do setor competente, realize audiência pública referente à Segurança Pública no tocante aos caminhões que circulam em nosso Município.</t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10019/requerimento_104-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_120_121_123_e_124.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10019/requerimento_104-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_120_121_123_e_124.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem requerem, na forma regimental e depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial dos Projetos de Lei Ordinária  nº 120, 121, 123 e 124/2021, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>10037</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10037/requerimento_105_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_no_municipio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10037/requerimento_105_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_no_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Legislativo, por meio do setor competente, realize audiência pública referente à Segurança Pública e no tocante aos caminhões que circulam em nosso município.</t>
   </si>
   <si>
     <t>8162</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8162/requerimento_01_2020_-_geraldo_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8162/requerimento_01_2020_-_geraldo_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, requer, na forma regimental, com observância do Inciso III do Art. 28, Art. 29, § 1º do Art. 31 e do Inciso I, § 3º, do Art. 123, todos do Regimento Interno da Casa, a renúncia do Cargo de Presidente da Mesa Diretora da Câmara Municipal de  Itapoá/SC.</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
     <t>Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8173/prot._27-2020_-_requerimento_02_2020_-_jeferson_-_requer_informacoes_sobre_a_atual_situacao_das_obras_de_tubulacao_referentes_ao_rio_palmeiras_nas_ruas_2.000_e_2.020_fazendo_a_ligacao_com_avenida_brasil..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8173/prot._27-2020_-_requerimento_02_2020_-_jeferson_-_requer_informacoes_sobre_a_atual_situacao_das_obras_de_tubulacao_referentes_ao_rio_palmeiras_nas_ruas_2.000_e_2.020_fazendo_a_ligacao_com_avenida_brasil..pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, encaminhe, à esta Casa de Leis, informações sobre a atual situação das obras de tubulação referentes ao Rio Palmeiras, nas ruas 2.000 e 2.020, fazendo a ligação com Avenida Brasil.</t>
   </si>
   <si>
     <t>8172</t>
   </si>
   <si>
     <t>Caldeira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8172/prot._26-2020_-_requerimento_03_2020_-_caldeira_-_requer_informacoes_abaixo_relacionadas_referentes_a_lei_complementar_n_61_de_22_de_dezembro_de_2017.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8172/prot._26-2020_-_requerimento_03_2020_-_caldeira_-_requer_informacoes_abaixo_relacionadas_referentes_a_lei_complementar_n_61_de_22_de_dezembro_de_2017.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, preste as informações abaixo relacionadas referentes a Lei Complementar n° 61 de 22 de dezembro de 2017, que dispõe sobre a contribuição para custeio dos serviços de iluminação pública – COSIP, e dá outras providências:_x000D_
 I – Qual foi o valor arrecadado através da citada lei no ano de 2019._x000D_
 II - Onde foi investido?_x000D_
 III - O que foi comprado?_x000D_
 IV - O que foi empenhado e pago?</t>
   </si>
   <si>
     <t>8214</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8214/prot._60-2020_-_requerimento_04_2020_-_jeferson_-_requer_informacoes_referente_ao_dano_ambiental_causado_no_ano_de_2017_com_o_vazamento_de_petroleo_no_oleoduto_da_transpetro_se_plano_de_recuperacao_da_area_degradada_ja_foi_concluido.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8214/prot._60-2020_-_requerimento_04_2020_-_jeferson_-_requer_informacoes_referente_ao_dano_ambiental_causado_no_ano_de_2017_com_o_vazamento_de_petroleo_no_oleoduto_da_transpetro_se_plano_de_recuperacao_da_area_degradada_ja_foi_concluido.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, encaminhe, à esta Casa de Leis, informações referente ao dano ambiental causado no ano de 2017 com o vazamento de petróleo no oleoduto subterrâneo da TRANSPETRO, se plano de recuperação da área degradada já foi concluído.</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8218/prot._64-2020_-_requerimento_05_2020_-_caldeira_-_requer_informacoes_detalhadas_sobre_onde_e_como_serao_aplicados_e_gastos_os_valores_destinados_nas_rubricas_orcamentarias_previstas_na_loa_2020..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8218/prot._64-2020_-_requerimento_05_2020_-_caldeira_-_requer_informacoes_detalhadas_sobre_onde_e_como_serao_aplicados_e_gastos_os_valores_destinados_nas_rubricas_orcamentarias_previstas_na_loa_2020..pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, preste informações detalhadas sobre, onde e como serão aplicados e gastos os valores destinados nas rubricas orçamentárias previstas na LOA 2020, conforme segue:_x000D_
 I - 04.122.0002.2004 Manutenção do Gabinete do Prefeito R$ 1.110.000,00 ; e,_x000D_
 II - 04.122.0003.2015 Manutenção do Departamento de Administração R$ 2.070.000,00.</t>
   </si>
   <si>
     <t>8260</t>
   </si>
   <si>
     <t>Geraldo, Caldeira, Ezequiel Andrad'S, Janayna, Jefinho, Osni Ocker, Sargento Stoklosa, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8260/requerimento_06_2020_-_geraldo_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8260/requerimento_06_2020_-_geraldo_-_.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, encaminhe para esta Casa de lei, informações sobre a possibilidade de implantação de via de mão-única na rua de acesso, proibição de estacionamento de caminhões em fila dupla e maior urbanidade na região, no trecho compreendido entre a Igreja da Jaca até a SC 416, conforme solicitação em anexo.</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Geraldo, Janayna, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8256/requerimento_07_2020_-_stoklosa_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8256/requerimento_07_2020_-_stoklosa_-_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve requerem, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através do Sr. Rodrigo Cechin - Secretário do Meio Ambiente de Itapoá, envie informações referentes à denúncia feita contra o Vice-Prefeito de Itapoá o Sr. Carlos Henrique Nóbrega. _x000D_
 Solicitamos mais informações sobre: _x000D_
     • O trâmite legal dos procedimentos realizados pelos citados;_x000D_
     • O rol de documentos necessários para liberação ambiental, bem como os documentos entregues à Secretaria referente ao procedimento de liberação ambiental;_x000D_
     • O prazo legal máximo e o mínimo para se realizar o trâmite legal para liberação ambiental;_x000D_
     • Informações sobre o tempo estimado que levou o trâmite processual que determina a liberação ambiental referente à esta suposta denúncia;_x000D_
     • Ainda, que o responsável pela Secretaria de Meio Ambiente encaminhe as informações necessárias para esclarecer o ocorrido._x000D_
 Diante dos pedidos, requer, com a máxima urgência, as informações acima solicitadas.</t>
   </si>
   <si>
     <t>8262</t>
   </si>
   <si>
     <t>Thomaz, Barracão, Caldeira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8262/requerimento_08_2020_-_thomaz_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8262/requerimento_08_2020_-_thomaz_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental e, depois de ouvido o Plenário, que seja instaurada nessa Casa Legislativa, com fulcro no artigos 51 e 52 do Regimento Interno, uma Comissão Especial de Inquérito, para que seja apurada suposta prática de irregularidade praticada pelo vice-prefeito municipal, Sr. Carlos Henrique Pedriali Nóbrega, justificando a seguir.</t>
   </si>
   <si>
     <t>8266</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8266/requerimento_09_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_14-2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8266/requerimento_09_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_14-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei nº 14/2020, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8281</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8281/requerimento_10_2020_-_caldeira.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8281/requerimento_10_2020_-_caldeira.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, juntamente com a Empresa de Coleta de Resíduos Urbano Surbi, envie para esta Casa de Leis informações acerca dos seguintes questionamentos:_x000D_
 _x000D_
 - Informações sobre o contrato (prazo, vigência e renovação do contrato);_x000D_
 - Licença e alvará da empresa;_x000D_
 - Licença do local de destinação dos resíduos. Caso seja efetuado o transporte rodoviário dos resíduos, descrever como é efetuado esse transporte e apresentar suas devidas  licenças;_x000D_
 - Apresentar relatório da quantidade de resíduos diários coletados;_x000D_
 - Local onde é efetuada a lavagem e higienização dos caminhões;_x000D_
 - Apresentar as licenças do local de lavagem e higienização dos caminhões de coleta;_x000D_
 - Descrever como é realizado o tratamento dos efluentes usados na lavagem dos caminhões. Caso seja feita a limpeza por empresa terceirizada apresentar toda documentação da empresa e suas licenças;_x000D_
 - Relatório de fiscalização da empresa (Secretaria do Meio Ambiente);_x000D_
 - Apresentar a documentação do responsável técnico da empresa, responsável pelos licenciamentos ambientais, com os seus devidos registros na classe vigente.</t>
   </si>
   <si>
     <t>8300</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8300/requerimento_11_2020_-__stoklosa_-_convocacao_do_vice-prefeito.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8300/requerimento_11_2020_-__stoklosa_-_convocacao_do_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve requerem, na forma regimental, depois de ouvido o Plenário, a convocação do Excelentíssimo Senhor Vice-prefeito Municipal, para comparecer na próxima Reunião Ordinária desta Casa Legislativa, a ser realizada no dia 23/03/2020, às 19 horas, para prestar informações referente à denuncia formulada pelo jornal Agora Paraná, conforme segue:_x000D_
 - Emissão de Licença Fraudulenta;_x000D_
 - Irregularidade referente a ocupação de área de preservação permanente de manguezal;_x000D_
 - Favorecimentos de empresas de Joinville a Itapoá ligadas a agentes públicos;_x000D_
 - Influência política ou de qualquer outra natureza escusa na emissão de licenças ambientais;_x000D_
 - Favorecimento do cargo de Vice-prefeito para obtenção de privilégios junto à Secretaria de Meio Ambiente._x000D_
 A presente convocação vem fundamentada através dos artigos 46, inciso VIII, 233, 234, 235 236 e os parágrafos 1o  e 2o do Regimento Interno da Casa, e do artigo 29, inciso XIV da Lei Orgânica do Itapoá.</t>
   </si>
   <si>
     <t>8297</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8297/requerimento_12_2020_-_stoklosa_-_requer_informacoes_sobre_a_instalacao_de_ondulacoes_transversais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8297/requerimento_12_2020_-_stoklosa_-_requer_informacoes_sobre_a_instalacao_de_ondulacoes_transversais.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que ao Chefe do Poder Executivo Municipal, através da Sra. Stefani Liara de Castilho – Secretária da Secretaria de Obras e Serviços Públicos, esclareça:_x000D_
 - Qual o procedimento para solicitar a instalação de ondulações transversais (lombada física);_x000D_
 - Qual o requisito para instalação de ondulações transversais;_x000D_
 - Qual o prazo para instalação de ondulações transversais; e_x000D_
 - Qual o motivo de não ter instalado as ondulações transversais já protocoladas na Rua Ludovico Noé Zagonel (Rua 1570), Rua João Batista Velem (Rua 1580), Rua Tijucas e Estrada José Alves, sendo que as mesmas já possuem projeto e, até mesmo, já ocorreu a instalação de placas indicativas de trânsito._x000D_
 Diante dos pedidos, requer, com a máxima urgência, a resposta acerca dos questionamentos acima citados.</t>
   </si>
   <si>
     <t>8313</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8313/requerimento_13_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_25-2020_e_pr_03-2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8313/requerimento_13_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_25-2020_e_pr_03-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei nº 25/2020 e do Projeto de Resolução nº 03/2020, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8319</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8319/requerimento_14_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_pl_16-2020_e_plc_04-2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8319/requerimento_14_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_pl_16-2020_e_plc_04-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei nº 16/2020, Projeto de Lei nº 26/2020 e do Projeto de Lei Complementar nº 04/2020, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8355</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8355/requerimento_15_2020_-_caldeira_-_requer_informacoes_sobre_pesquisas_realizadas_pela_empresa_gustavo_henrique_pereira_flemming.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8355/requerimento_15_2020_-_caldeira_-_requer_informacoes_sobre_pesquisas_realizadas_pela_empresa_gustavo_henrique_pereira_flemming.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis:_x000D_
 - informações acerca das pesquisas realizadas pela empresa Gustavo Henrique Pereira Flemming, sendo uma pesquisa sobre demanda turística referente ao período de carnaval no Município e outra sobre hábitos dos turistas referente ao verão 2019, conforme empenhos 953/2019 e 3905/2018;_x000D_
 - informação sobre o resultado dessas pesquisas, bem como quais os dias e horários em que foram realizadas;_x000D_
 - com base nos resultados, requer, ainda, informações sobre os projetos para o próximo carnaval e verão.</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8350/requerimento_16_2020_-_jeferson_-_requer_copia_do_projeto_de_engenharia_para_implantacao_do_molhe_da_barra.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8350/requerimento_16_2020_-_jeferson_-_requer_copia_do_projeto_de_engenharia_para_implantacao_do_molhe_da_barra.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis cópia digitalizada do projeto de engenharia para implantação de estruturas de fixação e proteção do molhe da Barra do Rio Saí Mirim e também informações sobre o projeto de licenciamento ambiental.</t>
   </si>
   <si>
     <t>8351</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8351/requerimento_17_2020_-_jeferson_-_requer_informacoes_sobre_a_revitalizacao_da_avenida_andre_rodrigues_de_freitas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8351/requerimento_17_2020_-_jeferson_-_requer_informacoes_sobre_a_revitalizacao_da_avenida_andre_rodrigues_de_freitas.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis informações a respeito da atual situação da revitalização da Avenida André Rodrigues de Freitas, após a rescisão do Contrato nº 63/2019 com a respectiva Empreiteira.</t>
   </si>
   <si>
     <t>8360</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8360/requerimento_18_2020_-_thomaz_-_requer_a_instauracao_de_cpi.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8360/requerimento_18_2020_-_thomaz_-_requer_a_instauracao_de_cpi.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que seja instaurada nessa Casa Legislativa, com fulcro nos artigos 51 e 52 do Regimento Interno, uma Comissão Especial de Inquérito, pelo prazo de 90 dias, prorrogável por igual período, para que seja apurada suposta prática de irregularidade praticada pelo Vice-Prefeito Municipal, Sr. Carlos Henrique Pedriali Nóbrega.</t>
   </si>
   <si>
     <t>8357</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8357/requerimento_19_2020_-_stoklosa_-_requer_informacoes_da_secretaria_de_saude.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8357/requerimento_19_2020_-_stoklosa_-_requer_informacoes_da_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Chefe do Poder Executivo Municipal, através da Sra. Sandra Regina da Silva – Secretária da Secretaria de Saúde, envie para esta Casa de Leis as seguintes informações:_x000D_
 _x000D_
 - Qual o critério para realizar teste do Covid-19 em funcionários que ficam expostos e são considerados funções de risco, tendo em vista que alguns podem ser assintomáticos e mesmo assim estarem levando risco a suas casas;_x000D_
 -  De que forma e quais os critérios os munícipes poderão realizar o teste de Covid-19;_x000D_
 - Quantos casos suspeitos ou confirmados para Covid-19 foram registrados no município de Itapoá;_x000D_
 - Qual o procedimento realizado quando um funcionário da saúde é diagnosticado com Covid-19;_x000D_
 - Quais os equipamentos de proteção e quando foram fornecidos para funcionários no seu ambiente de trabalho e qual será a forma de distribuição de tais equipamentos para o uso diário;_x000D_
 - Caso algum paciente diagnosticado positivo para o Covid-19 vier a óbito, quais os procedimentos serão adotados e quais as orientações e treinamentos estão sendo feitos ou organizados para os profissionais da área da saúde ou os que estão trabalhando no combate ao Covid-19;_x000D_
 - Após um colaborador da área da saúde que estava com suspeita e após o mesmo ser  diagnosticado positivo para Covid 19, o qual atendeu a população e teve contato com os colegas de trabalho, quais os procedimentos estão sendo tomados a respeito do fato ocorrido; Está sendo realizado o acompanhando do mesmo e das pessoas que ele teve contato?_x000D_
 - Qual a forma de controle para acompanhar os possíveis casos suspeitos em nosso Município;_x000D_
 - Em que data o Poder Executivo adquiriu os testes de Covid-19;_x000D_
 - Qual o valor gasto pelo Poder Executivo nessa aquisição de testes de Covid-19;_x000D_
 - Da onde saiu o recurso para a realização da compra do teste de Covid-19;_x000D_
 -  Quando ocorreu o recebimento dos testes de Covid-19 que foram comprados;_x000D_
 - A partir de qual período foi distribuido os testes de Covid-19 para as unidades de saúde._x000D_
 _x000D_
 Diante dos pedidos, requer, com a máxima urgência, as respostas aos questionamentos acima citados.</t>
   </si>
   <si>
     <t>8369</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8369/requerimento_20_2020_-_jeferson_-_requer_informacoes_referente_a_obra_de_ampliacao_da_escola_clayton_almir_hermes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8369/requerimento_20_2020_-_jeferson_-_requer_informacoes_referente_a_obra_de_ampliacao_da_escola_clayton_almir_hermes.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis informações referente à obra de ampliação da Escola Clayton Almir Hermes, no São José.</t>
   </si>
   <si>
     <t>8368</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8368/requerimento_21_2020_-_jeferson_-_requer_informacoes_sobre_a_existencia_de_algum_projeto_arquitetonico_de_sede_propria_da_secretaria_de_saude.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8368/requerimento_21_2020_-_jeferson_-_requer_informacoes_sobre_a_existencia_de_algum_projeto_arquitetonico_de_sede_propria_da_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis informações sobre a existência de algum projeto arquitetônico de sede própria da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>8376</t>
   </si>
   <si>
     <t>Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8376/requerimento_22_2020_-_thomaz_-_requer_informacoes_referentes_ao_servidor_delly_maciel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8376/requerimento_22_2020_-_thomaz_-_requer_informacoes_referentes_ao_servidor_delly_maciel.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental e, depois de ouvido o Plenário, fundamentado no artigo 123, §3, I, do Regimento Interno desta Casa, que a Prefeitura Municipal de Itapoá, através de setor competente, envie à esta Casa de Leis informações referentes ao servidor Delly Maciel, mais especificamente qual o cargo que ocupa e os que já ocupou nesta administração, quais suas atribuições e cópia do cartão ponto do referido servidor.</t>
   </si>
   <si>
     <t>8381</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Caldeira, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8381/requerimento_23_2020_-_stoklosa_-_requer_a_instauracao_de_comissao_especial.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8381/requerimento_23_2020_-_stoklosa_-_requer_a_instauracao_de_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que seja instaurada nessa Casa Legislativa, com fulcro nos artigos 46, alínea “e)” e artigo 50 do Regimento Interno, uma Comissão Especial, pelo prazo de 90 dias, prorrogável por igual período, ou conforme o prazo estipulado pela Lei Ordinária nº 987/2020 que declara Estado de Calamidade Pública em Itapoá, para acompanhar a situação fiscal e a execução orçamentária e financeira das medidas relacionadas à emergência de saúde pública relativa ao Coronavirus (Covid-19).</t>
   </si>
   <si>
     <t>8395</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8395/requerimento_24_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_atual_situacao_da_obra_do_parque_linear_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8395/requerimento_24_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_atual_situacao_da_obra_do_parque_linear_de_itapoa.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, envie para esta Casa de Leis informações a respeito da atual situação da obra do Parque Linear de Itapoá.</t>
   </si>
   <si>
     <t>8413</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8413/requerimento_25_2020_-_caldeira_-_requer_informacoes_acerca_da_execucao_da_lei_municipal_568_2015.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8413/requerimento_25_2020_-_caldeira_-_requer_informacoes_acerca_da_execucao_da_lei_municipal_568_2015.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através da secretaria competente, envie para esta Casa de Leis informações acerca da execução da Lei Municipal nº 568/2015, onde autoriza o Poder Executivo Municipal a adquirir e ceder máquina para a Associação de Catadores e Carroceiros de Itapoá-SC.</t>
   </si>
   <si>
     <t>8411</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8411/requerimento_26_2020_-_stoklosa_-_requer_informacoes_sobre_a_realizacao_do_carnaval_no_ano_de_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8411/requerimento_26_2020_-_stoklosa_-_requer_informacoes_sobre_a_realizacao_do_carnaval_no_ano_de_2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, envie para esta Casa de Leis informações a respeito da empresa contratada para a prestação de serviços de segurança desarmada, a locação do palco, bem como a locação do som, iluminação, dos banheiros químicos e do gradil de segurança, estrutura essa utilizada para a realização do carnaval no ano de 2020. Solicito que sejam encaminhados documentos que comprovem o valor pago, nota fiscal, forma de contratação e qual a Secretaria que fez o pagamento dos serviços.</t>
   </si>
   <si>
     <t>8453</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8453/requerimento_27_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_retirada_de_placas_de_sinalizacao_das_lombadas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8453/requerimento_27_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_retirada_de_placas_de_sinalizacao_das_lombadas.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, envie para esta Casa de Leis informações a respeito da retirada das placas de sinalização das lombadas na Rua João Batista Velem e Rua Lodovico Noé Zagonel.</t>
   </si>
   <si>
     <t>8469</t>
   </si>
   <si>
     <t>Barracão, Geraldo, Janayna, Sargento Stoklosa, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8469/requerimento_28_2020_-_comissao_zeem_-_pedido_de_prorrogacao_do_prazo_da_comissao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8469/requerimento_28_2020_-_comissao_zeem_-_pedido_de_prorrogacao_do_prazo_da_comissao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, com fundamento legal no artigo 9º, da Resolução Legislativa nº 16, de 11 de fevereiro de 2020, a aprovação do Plenário para a prorrogação, por 90 (noventa) dias, do prazo para a conclusão dos trabalhos da Comissão Especial constituída para analisar e emitir Parecer ao Projeto de Lei Complementar nº 07/2019, que dispõe sobre o Zoneamento Ecológico Econômico Municipal – ZEEM, e dá outras providências._x000D_
 Destaca-se o disposto no artigo 9º, da Resolução Legislativa nº 16/2020, conforme segue:_x000D_
 “Art. 9º O prazo para a conclusão dos estudos é de 90 (noventa) dias, a contar da publicação desta Resolução, podendo ser prorrogado por igual prazo, se assim entender a Comissão, desde que aprovado pelo Plenário da Câmara através de requerimento escrito.”</t>
   </si>
   <si>
     <t>8465</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8465/requerimento_29_2020_-_stoklosa_-_requer_informacoes_acerca_da_reposicao_salarial_dos_servidores.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8465/requerimento_29_2020_-_stoklosa_-_requer_informacoes_acerca_da_reposicao_salarial_dos_servidores.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, informe esta Casa de Leis se os servidores públicos municipais estão recebendo ou não a reposição salarial que foi aprovada pela LEI MUNICIPAL Nº 980, DE 26 DE MARÇO DE 2020, a qual fixou o índice de revisão geral anual das remunerações de todos os servidores públicos do município de Itapoá/SC, onde foi concedida através do percentual acumulado entre maio de 2019 e fevereiro de 2020, do Índice Nacional de Preços aos Consumidores – INPC/IBGE, fixado em 2,51% (dois vírgula cinquenta e um por cento). Caso os servidores ainda não estejam recebendo esta reposição salarial, requer o envio de informação acerca da previsão para tal pagamento.</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8488/requerimento_30_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_educacao._1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8488/requerimento_30_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_educacao._1.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita – na forma regimental e, depois de ouvido o Plenário – que o Poder Executivo, por meio da Secretaria de Educação encaminhe para esta Casa de Leis as informações sobre como foram nomeadas as professoras regentes que eram auxiliares de turma e como segue na justificativa.</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8489/requerimento_31_2020_-_geraldo_-_requer_renuncia_da_indicacao_para_compor_a_comissao_parlamentar_de_inquerito.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8489/requerimento_31_2020_-_geraldo_-_requer_renuncia_da_indicacao_para_compor_a_comissao_parlamentar_de_inquerito.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita – na forma regimental e, depois de ouvido o Plenário – a renúncia da indicação de meu nome para compor a Comissão Parlamentar de Inquérito.</t>
   </si>
   <si>
     <t>8493</t>
   </si>
   <si>
     <t>Thomaz, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8493/requerimento_32_2020_-_thomaz_-_requer_informacoes_referentes_ao_cronograma_de_implantacao_da_iluminacao_publica_no_bairro_sao_jose_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8493/requerimento_32_2020_-_thomaz_-_requer_informacoes_referentes_ao_cronograma_de_implantacao_da_iluminacao_publica_no_bairro_sao_jose_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer – na forma regimental, depois de ouvido o Plenário –  que a Prefeitura, por meio do setor competente, encaminhe para esta casa de leis, dentro do prazo legal, informações referentes ao cronograma de implantação da iluminação pública no bairro São José, principalmente no que se refere ao quantitativo que já foi efetivamente instalado, se há atraso ou não na execução e, se houver, o quantitativo que ainda falta ser implantado e as razões pelo qual não o foram.</t>
   </si>
   <si>
     <t>8494</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8494/requerimento_33_2020_-_stoklosa_-_requer_informacoes_a_respeito_do_recurso_devolvido_pala_camara_municipal_de_vereadores_ao_termino_do_ano_de_2019_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8494/requerimento_33_2020_-_stoklosa_-_requer_informacoes_a_respeito_do_recurso_devolvido_pala_camara_municipal_de_vereadores_ao_termino_do_ano_de_2019_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações a respeito do recurso devolvido ao término do ano de 2019 pela Câmara Municipal de Vereadores ao Poder Executivo. Recurso este de R$150.000,00 que seria utilizado para contratação de Diagnóstico Sócio Ambiental dos Rios Urbanos.</t>
   </si>
   <si>
     <t>8500</t>
   </si>
   <si>
     <t>Janayna, Jonecir Soares</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8500/requerimento_34_2020_-_janayna_-_requer_informacoes_acerca_de_divida_junto_a_spu.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8500/requerimento_34_2020_-_janayna_-_requer_informacoes_acerca_de_divida_junto_a_spu.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve requerem, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, encaminhe para esta Casa de Leis, informações referente a dívida do Município junto a SPU sendo assim requer: _x000D_
 1. O valor da dívida atualizada;_x000D_
 2. Houve recurso ou alguma espécie de defesa;_x000D_
 3. Se houve, há decisão expedida?_x000D_
 4. Houve ou haverá prejuízo ao erário público municipal?_x000D_
 5. Quem é o responsável?</t>
   </si>
   <si>
     <t>8512</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8512/requerimento_35_2020_-_thomaz_-_requer_informacoes_referentes_ao_processo_de_regularizacao_fundiaria_no_bairro_sao_jose_ii_e_na_gleba_ii.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8512/requerimento_35_2020_-_thomaz_-_requer_informacoes_referentes_ao_processo_de_regularizacao_fundiaria_no_bairro_sao_jose_ii_e_na_gleba_ii.pdf</t>
   </si>
   <si>
     <t>O  Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, que a Prefeitura Municipal, por meio de setor competente, encaminhe para esta Casa de Leis todas as informações referentes ao processo de regularização fundiária dos bairros São José II e Gleba II, mais precisamente informações acerca da quantidade de famílias que já possuem os títulos de propriedade e o atual estágio em que se encontra o processo.</t>
   </si>
   <si>
     <t>8513</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8513/requerimento_36_2020_-_thomaz_-_requer_informacoes_da_secretaria_de_educacao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8513/requerimento_36_2020_-_thomaz_-_requer_informacoes_da_secretaria_de_educacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, a Prefeitura municipal, por meio de setor competente, encaminhe para esta Casa de Leis todas as informações referentes ao método utilizado pela Secretaria de Educação de Itapoá para solucionar a impossibilidade de aula presencial pelos alunos da rede municipal de ensino neste período de pandemia, mais precisamente:_x000D_
 	1. Como estão estruturadas as aulas em ambiente virtual, isto é, se haverá aulas gravadas em tempo real ou apenas o encaminhamento de conteúdos;_x000D_
 	2. Se existe levantamento referente à adesão dos alunos e da família ao método proposto;_x000D_
 	3. Se existe levantamento referente à quantidade de alunos e famílias em nosso município que não tem acesso à internet ou aos aparelhos que possibilitem navegar no espaço virtual, como computadores, notebooks, tablets, celulares, entre outros. Se sim, quais as providências tomadas referente ao problema;_x000D_
 	4. Como está sendo feita a inserção dos professores nesta nova realidade de ensino;_x000D_
 	5. Como está sendo feita a entrega dos kits de merenda escolar;_x000D_
 	6. Outras informações que a Secretaria achar pertinente.</t>
   </si>
   <si>
     <t>8533</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8533/requerimento_37_2020_-_stoklosa_-_requer_informacoes_acerca_das_obras_da_av._andre_rodrigues_de_freitas_e_av._jose_da_silva_pacheco.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8533/requerimento_37_2020_-_stoklosa_-_requer_informacoes_acerca_das_obras_da_av._andre_rodrigues_de_freitas_e_av._jose_da_silva_pacheco.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis cópia na integra de todo o processo licitatório, contrato de prestação de serviço, a rescisão contratual e todos os documentos referentes às obras da Av. André Rodrigues de Freitas e da Av. José da Silva Pacheco.</t>
   </si>
   <si>
     <t>8543</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8543/requerimento_38_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_saude.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8543/requerimento_38_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio da Secretaria de Saúde, encaminhe para esta Casa de Leis informações referentes ao Sr. Gilberto dos Santos DN 19/12/1965, morador do Bairro Brasília, que veio a óbito no dia 07/07/2020. Este Vereador requer informações sobre o início do atendimento, qual o diagnóstico da doença, o tratamento indicado, o Prontuário do PSF e o atendimento do PA-24h com diagnóstico, remédios e prontuários.</t>
   </si>
   <si>
     <t>8583</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8583/requerimento_39_2020_-_thomaz_-_requer_informacoes_sobre_a_existencia_ou_nao_de_gerador_suplementar_de_energia_eletrica_no_pa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8583/requerimento_39_2020_-_thomaz_-_requer_informacoes_sobre_a_existencia_ou_nao_de_gerador_suplementar_de_energia_eletrica_no_pa.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, encaminhe para essa Casa de Leis informações referentes à existência ou não de gerador suplementar de energia elétrica no Pronto Atendimento do município.</t>
   </si>
   <si>
     <t>8608</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8608/requerimento_40_2020_-_stoklosa_-_requer_informacoes_sobre_a_indicacao_no_73_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8608/requerimento_40_2020_-_stoklosa_-_requer_informacoes_sobre_a_indicacao_no_73_2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referente à Indicação Nº 73/2020, que trata da adesão do município ao Programa Nacional das Escolas Cívico-Militares. Ocorreu alguma reunião com as pessoas responsáveis pela implantação desse programa educacional ou com o Ministério da Educação para tratar deste assunto? Existe alguma previsão para iniciar esse programa educacional em nosso município?</t>
   </si>
   <si>
     <t>8609</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8609/requerimento_41_2020_-_stoklosa_-_requer_informacoes_referente_a_verba_destinada_ao_combate_ao_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8609/requerimento_41_2020_-_stoklosa_-_requer_informacoes_referente_a_verba_destinada_ao_combate_ao_covid-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis  as seguintes informações: _x000D_
 - referente à verba destinada ao combate ao covid-19 advinda do Estado, da União Federal, assim como, a verba destinada pelo município para o combate ao covid-19;_x000D_
 - cópias dos documentos das compras de testes rápidos, despesas com estrutura e colaboradores contratados;_x000D_
 - referente à quantidade de testes rápidos realizados até o momento e quantos testes rápidos ainda há em estoque;_x000D_
 - quanto aos testes rápidos realizados nos profissionais de saúde, o teste está sendo realizado quando estes profissionais retornam da quarentena para saber se não estão mais transmitindo o vírus e se estão aptos ao trabalho? Caso contrário qual a justificativa?; e_x000D_
 - qual a frequência com que se realizam os testes em profissionais que estão na linha de frente?</t>
   </si>
   <si>
     <t>8616</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8616/requerimento_42_2020_-_stoklosa_-_requer_informacoes_sobre_a_secretaria_de_agricultura_e_pesca.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8616/requerimento_42_2020_-_stoklosa_-_requer_informacoes_sobre_a_secretaria_de_agricultura_e_pesca.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que, na forma regimental e depois de ouvido o Plenário, o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis  as seguintes informações sobre a Secretaria de Agricultura e Pesca:_x000D_
 	- Quantidade de horas utilizadas, o tipo de serviço prestado e o local onde foram realizados os serviços com a retroescavadeira no ano de 2019 e 2020;_x000D_
 	- Quantidade de horas utilizadas, o tipo de serviço prestado e o local onde foram realizados os serviços com o trator no ano de 2019 e 2020;_x000D_
 	- Quantidade de horas utilizadas, o tipo de serviço prestado e o local onde foram realizados os serviços com a pc escavadeira no ano de 2019 e 2020;_x000D_
 	- Quantidade de horas utilizadas, o tipo de serviço prestado e o local onde foram realizados os serviços com o caminhão no ano de 2019 e 2020;_x000D_
 	- Lista de espera da retroescavadeira descrevendo o local determinado, o tipo de serviço e a quantidade de horas destinadas;_x000D_
 	- Lista de espera do trator descrevendo o local determinado, o tipo de serviço e a quantidade de horas destinadas;_x000D_
 	- Lista de espera da pc escavadeira descrevendo o local determinado, o tipo de serviço e a quantidade de horas destinadas;_x000D_
 	- Lista de espera do caminhão descrevendo o local determinado, o tipo de serviço e a quantidade de horas destinadas;_x000D_
 	- Quantidade de saibro utilizado e o seu local de destino no ano de 2019 e 2020;_x000D_
 	- Quantidade de manilhas utilizadas e o seu local de destino no ano de 2019 e 2020;_x000D_
 	- Quantidade de saibro em estoque e o local onde está prevista a sua utilização;_x000D_
 	- Quantidade de manilhas em estoque e o local onde está prevista a sua utilização;_x000D_
 	- Quantidade de adubo e calcário ultilizados e o seu local de destino em 2019 e 2020;_x000D_
 	- Quantidade de adubo e calcário em estoque;_x000D_
 	Solicito as seguintes informações: a Secretaria de Agricultura e Pesca possui sementes? Quais os tipos delas? Ainda as distribui?_x000D_
 	Solicito, ainda, informações sobre a execução da Lei Ordinária nº 999, de 11 de maio de 2020, que “dispõe sobre a divulgação da lista de espera dos munícipes requerentes dos serviços com equipamentos agrícolas do município de Itapoá”. Quais os motivos e o porquê não executaram ainda esta Lei.</t>
   </si>
   <si>
     <t>8632</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8632/requerimento_43_2020_-_stoklosa_-_requer_informacoes_referente_a_praca_dos_pioneiros.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8632/requerimento_43_2020_-_stoklosa_-_requer_informacoes_referente_a_praca_dos_pioneiros.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem este requerimento solicitam, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio do setor competente, envie para esta Casa de Leis informações referente à Praça Memorial dos Pioneiros de Itapoá.</t>
   </si>
   <si>
     <t>8633</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8633/requerimento_44_2020_-_caldeira_-_requer_informacoes_sobre_o_fechamento_do_final_da_rua_1960.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8633/requerimento_44_2020_-_caldeira_-_requer_informacoes_sobre_o_fechamento_do_final_da_rua_1960.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita, na forma regimental e depois de ouvido o Plenário, que o Poder Executivo, por meio da Secretaria de Meio Ambiente, encaminhe para esta Casa de Leis informações sobre a autorização e a legislação que permitiu o fechamento do final da rua 1960.</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8766/requerimento_45_2020_-_stoklosa_-_requer_informacoes_acerca_do_protocolo_de_uma_denuncia_na_camara_municipal_contra_o_prefeito_marlon.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8766/requerimento_45_2020_-_stoklosa_-_requer_informacoes_acerca_do_protocolo_de_uma_denuncia_na_camara_municipal_contra_o_prefeito_marlon.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requerimento solicita que ao Presidente desta Casa de Leis, o Sr. Ezequiel de Andrade, envie para este Vereador informações do protocolo feito no dia 14 de outubro de 2020, nesta respectiva Câmara.</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7422/requerimento_01_2019_-caldeira_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7422/requerimento_01_2019_-caldeira_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Executivo, através do setor competente, envie à esta Casa de Leis uma cópia impressa do mapa do Bairro Samambaial (Gleba II) e uma cópia dos Loteamentos São José I e II, contendo a numeração das quadras e dos lotes, nome de ruas e número predial</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7438/requerimento_02_2019_-_thomaz_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7438/requerimento_02_2019_-_thomaz_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Executivo, através do setor competente, encaminhe, para esta Casa de Leis, todos os documentos pertinentes ao Contrato Administrativo nº 48/2012, celebrado entre o município de Itapoá e a Empresa Itapoá Saneamento, que regula a prestação dos serviços públicos de abastecimento de água e de esgotamento sanitário no município de Itapoá, devendo estar incluso qualquer documento aditivo posterior, ou qualquer outro que altere de alguma forma os termos do contrato original, com seus anexos ou planilhas, se assim o conterem.</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7531/requerimento_03_2019_-_caldeira_-_constituicao__n3D1dfN.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7531/requerimento_03_2019_-_caldeira_-_constituicao__n3D1dfN.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem requer na forma regimental  em conformidade com o Art. 51 do Regimento Interno, a constituição de uma  CPI para apurar a irregularidade administrativa do Executivo.</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7447/requerimento_04_2019_-_caldeira_--_2019.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7447/requerimento_04_2019_-_caldeira_--_2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, a retirada de minha assinatura do Projeto de Resolução nº 01, de 31 de janeiro de 2019, origem Poder Legislativo.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7460/requerimento_05_2019_-_caldeira_-.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7460/requerimento_05_2019_-_caldeira_-.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Leonilda da Luz Roberto, em conformidade com a Lei Ordinária Municipal n. 764/2018.</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>Janayna</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7459/requerimento_06_2019_-_janayna_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7459/requerimento_06_2019_-_janayna_-_.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Elvira Lacerda da Luz, em conformidade com a Lei Ordinária Municipal nº 764/2018.</t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7456/requerimento_07_2019_-_geraldo_-.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7456/requerimento_07_2019_-_geraldo_-.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Madalena Diogo Zanardini, em conformidade com a Lei Ordinária Municipal nº 764/2018.</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7457/requerimento_08_2019_-_thomaz_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7457/requerimento_08_2019_-_thomaz_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Legislativo conceda o Prêmio “Mulher Destaque” à Sra. Juraci de Miranda Silva, em conformidade com a Lei Ordinária Municipal nº 764/2018.</t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7458/requerimento_09_2019_-_thomaz_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7458/requerimento_09_2019_-_thomaz_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Executivo, através do setor competente, encaminhe, para esta Casa de Leis, cópia de todos os documentos pertinentes ao Contrato Administrativo nº 48/2012, celebrado entre o município de Itapoá e a empresa Itapoá Saneamento, que regula a prestação dos serviços públicos de abastecimento de água e de esgotamento sanitário no município de Itapoá, devendo estar incluso qualquer documento aditivo posterior ou qualquer outro que altere de alguma forma os termos do contrato original, com seus anexos ou planilhas, se assim o conterem</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7493/requerimento_10_2019_-_caldeira_-_requer_inform_GfhJrZr.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7493/requerimento_10_2019_-_caldeira_-_requer_inform_GfhJrZr.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que o Poder Executivo, através do setor competente, envie à esta Casa de Leis as seguintes informações:_x000D_
 - Por que o Abrigo está funcionando com Educador Social, se não há cargo existente e não está funcionando regulamentado;_x000D_
 - Qual é o valor de renumeração desses cargos ou Educador Social;_x000D_
 - Qual a data de vencimento do contrato.</t>
   </si>
   <si>
     <t>7494</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7494/requerimento_11_2019_-_jeferson_-_a_concesao_de_lL6e9Ez.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7494/requerimento_11_2019_-_jeferson_-_a_concesao_de_lL6e9Ez.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadão Honorário ao Sr. Pedro Silvano Gunther, com fulcro no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal nº 220/2009.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7556/requerimento_12_2019_-_thomaz_-_concessao_de_me_rrmQ783.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7556/requerimento_12_2019_-_thomaz_-_concessao_de_me_rrmQ783.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental que se conceda a Medalha de Honra ao Mérito à Sra. Danieli Cristina Soares, soldado da Polícia Militar de Itapoá.</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7569/requerimento_13_2019_-_caldeira_-_requer_seja_c_ltWb8so.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7569/requerimento_13_2019_-_caldeira_-_requer_seja_c_ltWb8so.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, seja constituída uma Comissão Especial para dar parecer técnico sobre o Projeto  de Lei Complementar nº 07/2019 - ZEEM, que está tramitando nessa Casa.</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
     <t>Caldeira, Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7570/requerimento_14_2019_-_caldeira_-_requer_a_conc_fBpEM0r.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7570/requerimento_14_2019_-_caldeira_-_requer_a_conc_fBpEM0r.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e após ouvido o Plenário, que o Poder Legislativo conceda o Título de Cidadã Honorária à Dra. Gradis Stock Fonseca, nascida em 08/01/1947, com fulcro no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal nº 220/2009.</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7587/requerimento_15_2019_-_caldeira_-_concessao_de__b1if5yy.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7587/requerimento_15_2019_-_caldeira_-_concessao_de__b1if5yy.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, com fundamento na Lei Municipal nº 220, de 23 de abril de 2009, que se conceda a Medalha de Honra ao Mérito ao Sr. Valdemar Baranosk.</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7589/requerimento_16_2019_-_geraldo_-concessao_de_me_O2q4AgX.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7589/requerimento_16_2019_-_geraldo_-concessao_de_me_O2q4AgX.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e após ouvido o Plenário, que o Poder Legislativo conceda Medalha de Honra ao Mérito ao Sr. Lorino Harttelt da Cunha, nascido em 10 de agosto de 1935, com fulcro no art. 29, XIX da Lei Orgânica Municipal, regulamentado pela Lei Municipal nº 220/2009</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
     <t>André Vinicius</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7580/requerimento_17_2019_-_andre_-_concessao_de_med_onaaa4D.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7580/requerimento_17_2019_-_andre_-_concessao_de_med_onaaa4D.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, com fundamento na Lei Municipal nº 220, de 23 de abril de 2009, que se conceda a Medalha de Honra ao Mérito à Sra. Margot Helena de Sá Ribas, Administradora Escolar da Prefeitura de Itapoá.</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7585/requerimento_18_2019_-_thomaz_-__concessao__tit_AfazNRZ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7585/requerimento_18_2019_-_thomaz_-__concessao__tit_AfazNRZ.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, e com fundamento na Lei Municipal nº 220, de 23 de abril de 2009, que se conceda o Título de Cidadã Honorária à Sra. Margarida Aparecida da Silva Estevão.</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7581/requerimento_19_2019_-_janayna_-__concessao_de__HfO8MOV.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7581/requerimento_19_2019_-_janayna_-__concessao_de__HfO8MOV.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, que o Poder Legislativo conceda Medalha de Honra ao Mérito à Sra. Maria Aparecida Alves Fernandes (Tia Cida).</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>André Vinicius, Ezequiel Andrad'S, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7583/requerimento_20_2019_-_andre_-_requer_alteracao_9Q7j9VS.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7583/requerimento_20_2019_-_andre_-_requer_alteracao_9Q7j9VS.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Simples, dos Projetos de Lei Ordinários nº 20/2019 e 24/2019, com observância no inciso VII, parágrafo 3º do art. 123, parágrafo 2º do art. 145, e do art. 149, todos do Regimento Interno da Câmara Municipal de Itapoá,</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>Janayna, André Vinicius, Ezequiel Andrad'S, Geraldo, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7584/requerimento_21_2019_-_janayna_-_requer_informa_7oJa5i1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7584/requerimento_21_2019_-_janayna_-_requer_informa_7oJa5i1.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem requerem, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, informe a respeito dos valores arrecadados e dos investimentos realizados através da Cosip – Contribuição para o Custeio do Serviço de Iluminação Pública. Considerando que no ano de 2015, através da Lei Complementar nº 46/2015, foi criada a Cosip, com alteração em 2017 pela Lei Complementar nº 61/2017, onde diz em seu art. 4º, §2º, “em caso de excesso de arrecadação, fica o Chefe do Executivo Municipal autorizado a investir o respectivo montante em ampliação de rede de energia elétrica”. Desta forma requerem as seguintes informações:_x000D_
 1) Qual é a arrecadação mensal da COSIP no ano de 2018, até o primeiro trimestre de 2019?_x000D_
 2) Quais foram os investimentos em ampliação de rede de energia elétrica realizados desde a aprovação da lei?_x000D_
 3) Qual o saldo atual dos valores arrecadados pela COSIP?_x000D_
 4) Outras informações que por ventura sejam oportunas de serem prestadas por essa Administração, que possam aprimorar ainda mais o teor do presente requerimento.</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7600/requerimento_22_2019_-_caldeira_-_requer_inform_TY4ENdV.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7600/requerimento_22_2019_-_caldeira_-_requer_inform_TY4ENdV.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, que o Poder Executivo encaminhe para esta Casa de Leis informações detalhadas referente às ações já realizadas que estão determinadas na Licença Ambiental de Operação nº 2996/2018, expedida pelo IMA._x000D_
 Folha nº 7 LAO;_x000D_
 5 - Medidas Compensatórias do item 5.1 e 5.2;_x000D_
 6 - Condições Específicas;_x000D_
 Item 6.1 – alíneas “a”, “b” e “c”;_x000D_
 Item 6.2 – Regularizar e estruturar a Associação de Catadores e Carroceiros num prazo de 12 meses, a qual já expirou; e,_x000D_
 Item 6.3, 6.4, 6.5, 6.6, 6.7, 6.8.</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7614/requerimento_23_2019_-_caldeira_-_requer_a_conf_NdRVvrj.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7614/requerimento_23_2019_-_caldeira_-_requer_a_conf_NdRVvrj.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvido o Plenário, a confecção de uma moção de aplausos ao Grupo Lançai as Redes.</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7620/requerimento_24_2019_-_caldeira_-_requer_o_plen_oB9YdfQ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7620/requerimento_24_2019_-_caldeira_-_requer_o_plen_oB9YdfQ.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que seja cedido o Plenário os Banheiros e a estrutura de som para realização do casamento coletivo comunitário no dia 24/08/2019 ás 18h.</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7636/requerimento_25_2019_-_thomaz_-_encaminhe_infor_iTeXm0s.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7636/requerimento_25_2019_-_thomaz_-_encaminhe_infor_iTeXm0s.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário, que a Prefeitura, através de setor competente, encaminhe para esta Casa de Leis, dentro do prazo legal, informações referentes à paralisação das obras da Escola Municipal João Monteiro Cabral, no bairro Pontal do Norte, devendo conter todos os esclarecimentos e documentos relativos à situação, como laudos periciais, documentos policiais, ou qualquer outro referente ao objeto deste requerimento.</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
     <t>Geraldo, Caldeira, Ezequiel Andrad'S, Janayna, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7646/requerimento_26_2019_-_geraldo_-_realize_o_paga_Mb7Zj6b.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7646/requerimento_26_2019_-_geraldo_-_realize_o_paga_Mb7Zj6b.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, realize o pagamento dos shows de nível nacional a serem realizados no “XII Festival Cultural das Nações de Itapoá”, nos dias 04, 05, 06, 07 e 08 de setembro de 2019</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7676/requerimento_27_2019_-_thomaz_-_os_os_protocolo_OEFI0AW.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7676/requerimento_27_2019_-_thomaz_-_os_os_protocolo_OEFI0AW.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que a Prefeitura, através da Secretaria de Obras, encaminhe para esta casa de leis, dentro do prazo legal, informações referentes à todos os protocolos de pedidos de serviços de manutenção de ruas do ano de 2018 até a presente data, relacionando quais foram efetivamente atendidos e quais não, assim como informações sobre as indicações oriundas desta Casa de Leis, no mesmo período e, da mesma forma, quais foram efetivamente atendidas e quais não._x000D_
 Requerer-se-á também quais os critérios utilizados pela pasta em questão para atendimento ou não atendimento dos protocolos e indicações que lhe chegam.</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7689/requerimento_28_2019_-_thomaz_-_requer__a_renun_8zgMzuT.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7689/requerimento_28_2019_-_thomaz_-_requer__a_renun_8zgMzuT.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, fundamentado no artigo 123, §3º, I, do Regimento Interno desta Casa, minha renúncia aos cargos que ocupo nas Comissões Permanentes desta Casa de Leis, sendo estes nas Comissões, de Orçamento e Finanças (COF), Legislação, Justiça e Redação Final (CLJRF) e Obras e Serviços Públicos ( COSP).</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7690/requerimento_29_201_renuncia_do_cargo_de_1o_sec_lkOl4eJ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7690/requerimento_29_201_renuncia_do_cargo_de_1o_sec_lkOl4eJ.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, fundamentado no artigo 123, §3º, I, do Regimento Interno desta Casa, minha renúncia do cargo de 1º Secretário da Mesa Diretora.</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7729/requerimento_30_2019_-__requer_a_alteracao_no_r_OsYQvzM.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7729/requerimento_30_2019_-__requer_a_alteracao_no_r_OsYQvzM.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei Complementar nº 11/2019, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7738/requerimento_31_2019_-_caldeira_-_requer_a_renu_748xNNe.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7738/requerimento_31_2019_-_caldeira_-_requer_a_renu_748xNNe.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve requer, na forma regimental, e depois de ouvir o Plenário, com observância no inciso III, do art. 28, art. 29, e do inciso I, § 3º, do art. 123, todos do Regimento Interno desta Casa, a renúncia do cargo de  1º Secretário da Mesa Diretora da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>7774</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7774/requerimento_32_2019_-_jeferson_-_requer_inform_cOx5Y1q.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7774/requerimento_32_2019_-_jeferson_-_requer_inform_cOx5Y1q.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através da Secretaria de Planejamento e Urbanismo, preste à este Vereador as informações abaixo, instruídas com cópia integral do respectivo processo administrativo, a saber: _x000D_
     a) Qual a data de inserção no Mapa Temático do Município, das áreas designadas pelas letras “A, B, C, D, E, F, G, H, I, J, K, L, M, N, O, P e Q”,  mostradas em ordem aleatória no atual mapa temático, nos fundos do Balneário Itapoá  (no rumo das quadras 138/139 até o inicio da planta do Loteamento Vila Rica)?..........</t>
   </si>
   <si>
     <t>7822</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7822/requerimento_33_2019_-_caldeira_-_encaminhe_as__AKmCxY3.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7822/requerimento_33_2019_-_caldeira_-_encaminhe_as__AKmCxY3.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através do setor competente, encaminhe as informações sobre as instalações da luz do São José, conforme segue abaixo: _x000D_
     a) Qual o prazo de execução das etapas;     b) Qual a sequência das etapas; e,    c) Cópia da ata da reunião ou documento similar, e documento assinado de início ds obras divulgado na rede social.</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
     <t>Barracão, Ezequiel Andrad'S, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7848/requerimento_no_34_2019.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7848/requerimento_no_34_2019.pdf</t>
   </si>
   <si>
     <t>A Comissão Especial que este subscreve requer, na forma regimental e, depois de ouvido o Plenário, fundamentado no artigo 110, X, do Regimento Interno desta Casa, e do artigo 8º da Resolução nº 14 de 04 de junho de 2019, a prorrogação do prazo para a conclusão dos estudos e emissão do parecer ao Projeto de Lei Complementar nº 07 de 13 de fevereiro de 2019.</t>
   </si>
   <si>
     <t>7873</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7873/requerimento_35_2019_-_thomaz_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7873/requerimento_35_2019_-_thomaz_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que a Prefeitura, através do Setor competente, encaminhe para esta casa de leis, dentro do prazo legal, todas as informações referentes à movimentação de transbordo de lixo em nosso município, como qual o volume mensal de movimentação, a quantidade movimentada a cada mês nos últimos 24 meses, como e onde são feitas as pesagens e todas as demais informações e documentos referentes a esse processo.</t>
   </si>
   <si>
     <t>7874</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7874/requerimento_36_2019_-_thomaz_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7874/requerimento_36_2019_-_thomaz_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que a Prefeitura, através do Setor competente, encaminhe para esta casa de leis, dentro do prazo legal, todas as informações referentes aos veículos que perfazem as linhas do transporte público municipal, com cópias de todos os documentos que tragam informações referentes a placas e ano de fabricação de cada um, além de informações referentes a fiscalização que por ventura tenham feito nos veículos, encaminhando guias ou autos que possam ter se originado destas diligências.</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7875/requerimento_37_2019_-_ezequiel_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7875/requerimento_37_2019_-_ezequiel_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, viabilize uma área para que seja destinada aos amantes do som automotivo, área essa que possa ser usada por grupos de manobras de motos e de carros.</t>
   </si>
   <si>
     <t>7971</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7971/requerimento_38_2019_-_mesa_diretora_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7971/requerimento_38_2019_-_mesa_diretora_-_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei Substitutivo nº 04/2019, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7998/requerimento_39_2019_-_caldeira_-_areas_meio_ambiente..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7998/requerimento_39_2019_-_caldeira_-_areas_meio_ambiente..pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através do setor competente, encaminhe as informações sobre a Secretaria de Meio Ambiente sobre o prazo de entrega das averbações em matricula de área publica referente as taxas que vem sendo cobradas de manutenção florestal e compensação ambiental, referente aos processos de supressão de vegetação de lotes urbanos que se enquadrem na Lei Complementar nº 73/2018 - (SIMFLOR) - Sistema Municipal Florestal, pelo meio indireto, sendo que, à SEMAI exige atualmente que os munícipes cumpram o prazo de 120 dias as obrigações que disside pelo meio direto, nesse sentido solicitamos as seguintes informações:_x000D_
 I - Existem áreas publicas para averbar as compensações ambientais e manutenção_x000D_
 florestal para compensação?_x000D_
 II - Se existir, quais são essas áreas?_x000D_
 III - Qual o valor total por m², cobrado em todas as etapas de licenciamento?_x000D_
 IV – Onde esta sendo aplicado os valores arrecadados nas cobranças das licenças?_x000D_
 V – Se toda a documentação para supressão de vegetação estiver correta, qual o prazo_x000D_
 estimado para que a Secretaria emita a licença?</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7999/requerimento_40_2019_-_caldeira_-_..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7999/requerimento_40_2019_-_caldeira_-_..pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através do setor competente, preste informações referente as obras da Escola do Sai Mirim e da Escola da localidade do Pontal, referente há: Qual as soluções está sendo tomada referente as obras paradas? Porque a segunda empresa não foi chamada para dar continuidade nas obras? Qual o valor já pago a essa(s) empresa(s) que abandonaram as obras?</t>
   </si>
   <si>
     <t>8016</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8016/requerimento_41_2019_-_mesa_diretora_-__.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8016/requerimento_41_2019_-_mesa_diretora_-__.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei Substitutivo nº 05/2019, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8023/requerimento_42_2019_-_janayna_-_..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8023/requerimento_42_2019_-_janayna_-_..pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, envie as atas das reuniões do Conselho Municipal de Saúde</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8037/requerimento_43_2019_-_mesa_diretora_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8037/requerimento_43_2019_-_mesa_diretora_-_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei nº 115/2019, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8047/requerimento_44_2019_-_caldeira_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8047/requerimento_44_2019_-_caldeira_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Poder Executivo Municipal, através do setor competente, preste informações detalhadas sobre, onde e como serão aplicados e gastos os valores destinados nas rubricas orçamentarias previstas na LOA 2020, conforme segue:_x000D_
 I - 04.122.0002.2004 Manutenção do Gabinete do Prefeito  R$ 1.110.000,00; e,_x000D_
 II - 04.122.0003.2015 Manutenção do Departamento de Administração  R$ 2.070.000,00.</t>
   </si>
   <si>
     <t>8062</t>
   </si>
   <si>
     <t>Geraldo, André Vinicius, Barracão, Caldeira, Ezequiel Andrad'S, Janayna, Jefinho, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8062/requerimento_45_2019_-_geraldo_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8062/requerimento_45_2019_-_geraldo_-_.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, realize o diagnostico para caracterização dos cursos d'água existentes no perímetro urbano de Itapoá, especialmente do “Rio Mendanha” localizado no Bairro Itapema do Norte, neste município, por tratar-se de um “córrego d'água” e não um Rio.</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8133/requerimento_46_2019_-_jeferson_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8133/requerimento_46_2019_-_jeferson_-_.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, depois de ouvido o Plenário, que o Pode Executivo, através do setor competente, preste informações referentes ao cumprimento da Lei Complementar n. 50/2016, que dispõe sobre o Código de Posturas, referente ao funcionamento das farmácias e drogarias.</t>
   </si>
   <si>
     <t>8153</t>
   </si>
   <si>
     <t>CP - COMISSÕES PERMANENTES (REUNIÃO CONJUNTA)</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8153/requerimento_47_2019_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8153/requerimento_47_2019_-_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, dos Projetos de Lei nº 52/2017, 88/2019 e 131/2019, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Jonecir Soares</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6606/6606_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6606/6606_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RENÚNCIA DO CARGO DE PRESIDENTE DA MESA DIRETORA, DA CÂMARA MUNICIPAL DE ITAPOÁ-SC</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6624/6624_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6624/6624_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RENÚNCIA DO CARGO DE 1º SECRETÁRIO DA MESA DIRETORA, DA CÂMARA MUNICIPAL DE ITAPOÁ-SC</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
     <t>Barracão, Caldeira, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6625/6625_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6625/6625_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE O ÚLTIMO CONCURSO PÚBLICO DO MUNICÍPIO, SE FORAM PREENCHIDAS TODAS AS VAGAS E, EM CASO NEGATIVO, QUAIS AS JUSTIFICATIVAS PARA O NÃO PREENCHIMENTO DAS VAGAS.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Janayna, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6631/6631_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6631/6631_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA ALTERAR O REGIME DE TRAMITAÇÃO DE URGÊNCIA PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA ESPECIAL, DO PROJETO DE LEI ORDINÁRIO Nº 09/2018, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3º, INCISO VII, ART. 145, PARÁGRAFO 2º, E DO ART. 148 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6656/6656_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6656/6656_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, FUNDAMENTADO NOS ARTIGOS 28, INCISO III, 29 E 123, §3º, TODOS DO REGIMENTO INTERNO DESTA CASA, A RENÚNCIA AO CARGO DE 1º SECRETÁRIO DA MESA DIRETORA DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6657/6657_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6657/6657_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, PRESTE INFORMAÇÕES A RESPEITO DO SUPOSTO AFASTAMENTO DO DR. MENDEL CAMPOS, MÉDICO PLANTONISTA DO PA 24H DESDE MAIO 2016, DO QUADRO FUNCIONAL DO INSTITUTO VIDAS, ENTIDADE ADMINISTRADORA DO PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>6678</t>
   </si>
   <si>
     <t>Janayna, Ezequiel Andrad'S, Geraldo, Jonecir Soares, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6678/6678_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6678/6678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, PRESTE INFORMAÇÕES A RESPEITO DA MOBILIDADE URBANA DO MUNICÍPIO, CONFORME DISPÕE O ART. 43, PARAGRAFO ÚNICO, DA LEI Nº 680/2016, QUE DISPÕE A RESPEITO DO PERCENTUAL DE 10% PARA ÁREA DE ESTACIONAMENTO, PORÉM, NÃO ESTÁ EXPLÍCITO NA LEI A QUE ÁREA SE REFERE ESSE PERCENTUAL, SE É SOBRE A ÁREA TOTAL QUE A EMPRESA POSSUI, OU SOBRE A ÁREA QUE A EMPRESA UTILIZA. REQUER, AINDA, QUE INFORME SE AS EMPRESAS CUMPREM COM O DISPOSTO NESTA LEI. </t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6679/6679_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6679/6679_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES REFERENTE AO RELATÓRIO GERAL E DETALHADO DE DESPESAS NO ANO DE 2017 NA CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA &amp;#8211; COSIP.</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6680/6680_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6680/6680_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, QUE O PODER EXECUTIVO, ATRAVÉS DE SETOR COMPETENTE, ENCAMINHE TODOS OS DOCUMENTOS REFERENTES AOS SEGUINTES PROCESSOS LICITATÓRIOS: MODALIDADE TOMADA DE PREÇO Nº 05/2017 &amp;#8211; PROCESSO Nº 55/2017 PARA A CONTRATAÇÃO DE EMPRESA DE CONSTRUÇÃO CIVIL COM SERVIÇO DE MÃO DE OBRA ESPECIALIZADA E FORNECIMENTO DE MATERIAIS PARA CONSTRUÇÃO DE CENTRO EDUCACIONAL PARA SEDIAR A ESCOLA MUNICIPAL ALBERTO SPECK, NA LOCALIDADE DO SAÍ MIRIM; E MODALIDADE TOMADA DE PREÇO Nº 06/2017 &amp;#8211; PROCESSO Nº 56/2017, PARA A CONTRATAÇÃO DE EMPRESA DE CONSTRUÇÃO CIVIL COM SERVIÇO DE MÃO DE OBRA ESPECIALIZADA E FORNECIMENTO DE MATERIAIS PARA CONSTRUÇÃO DE CENTRO EDUCACIONAL PARA SEDIAR A ESCOLA MUNICIPAL JOÃO MONTEIRO CABRAL, NO BALNEÁRIO BRANDALIZE.</t>
   </si>
   <si>
     <t>6681</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6681/6681_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6681/6681_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE SAÚDE, PRESTE INFORMAÇÕES ACERCA DE:_x000D_
 1- A ATUAL SITUAÇÃO DO APARELHO DE RAIO-X DO PRONTO ATENDIMENTO;_x000D_
 2- A FALTA DE PROFISSIONAL CAPACITADO PARA APLICAR VACINAS NO PSF DO PONTAL;_x000D_
 3- O MOTIVO PELO QUAL NÃO HAVIA MÉDICO FAZENDO ATENDIMENTO NO PSF DO PONTAL NA DATA DO DIA 28 DE FEVEREIRO DE 2018.</t>
   </si>
   <si>
     <t>6692</t>
   </si>
   <si>
     <t>Caldeira, Barracão, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6692/6692_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6692/6692_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, UMA CÓPIA DO CONTRATO FIRMADO ENTRE A EMPRESA ITAPOÁ SANEAMENTO COM O MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Geraldo, Janayna, Jonecir Soares</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6703/6703_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6703/6703_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME À ESTA CASA DE LEIS:_x000D_
 1- QUANTAS HORAS MÁQUINAS FORAM TRABALHADAS PELA RETROESCAVADEIRA E TRATOR/PNEU DA SECRETARIA DE AGRICULTURA E PESCA, PARA BENEFÍCIO DE AGRICULTORES A PARTIR DE 03 DE JUNHO 2015, EM CONFORMIDADE COM A LEI MUNICIPAL Nº 583/2015._x000D_
 2- QUAL O NOME E ENDEREÇO DE CADA AGRICULTOR JÁ BENEFICIADO PELO PROGRAMA NOSSA AGRICULTURA, E O NOME E ENDEREÇO DOS AGRICULTORES QUE AINDA SE ENCONTRAM NA FILA DE ESPERA?_x000D_
 3- QUANTAS HORAS MÁQUINAS CADA UM DOS BENEFICIÁRIOS UTILIZARAM E QUANTAS HORAS CADA UM TEM EM HAVER?_x000D_
 4- QUANTO FOI ARRECADADO EM LITROS DE DIESEL DE CONTRAPARTIDA PELOS AGRICULTORES?</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
     <t>Thomaz, Barracão, Caldeira, Ezequiel Andrad'S, Geraldo, Janayna, Jefinho, Jonecir Soares, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6710/6710_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6710/6710_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, QUE O PODER EXECUTIVO, ATRAVÉS DE SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES REFERENTES À RUA 3.185, NO BAIRRO FIGUEIRA DO PONTAL, SENDO O MAPA ATUALIZADO, SE HÁ LOTEAMENTO NO LOCAL, A PLANTA DO PROJETO DE ILUMINAÇÃO PÚBLICA E SE HÁ COBRANÇA DE IPTU DOS MORADORES.</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6711/6711_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6711/6711_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, QUE O PODER EXECUTIVO, ATRAVÉS DE SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES REFERENTES À DOTAÇÃO ORÇAMENTÁRIA PARA O TRANSPORTE UNIVERSITÁRIO REFERENTE AO ANO DE 2017, PRINCIPALMENTE QUAL FOI A DESTINAÇÃO FINAL DO EMPENHO, TENDO EM VISTA NÃO TER TIDO TRANSPORTE UNIVERSITÁRIO NO ANO SUPRACITADO.</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6728/6728_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6728/6728_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR HERCÍLIO SOUZA.</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Geraldo, Janayna</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6732/6732_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6732/6732_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PEDIDO DE INFORMAÇÕES, EM FORMA DE REQUERIMENTO, EM RELAÇÃO AOS CUSTOS, OS PROCESSOS DE PRESTAÇÃO DE CONTAS E O FUNDAMENTO JURÍDICO QUE AUTORIZA A CONCESSÃO DE DIÁRIAS DE VIAGENS AOS MEMBROS DOS CONSELHOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6733/6733_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6733/6733_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÃO SOBRE O QUE JÁ FOI CUMPRIDO DO TAC REFERENTE À AÇÃO CIVIL PÚBLICA Nº 126.04.013530-0.</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>Barracão</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6730/6730_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6730/6730_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PEDIDO DE AFASTAMENTO TEMPORÁRIO DO VEREADOR JOAREZ ANTÔNIO SANTIN, POR MOTIVOS PESSOAIS E PELO PRAZO DE 3 MESES.</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Janayna</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6734/6734_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6734/6734_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A ALTERAÇÃO NO REGIME DE TRAMITAÇÃO DE URGÊNCIA PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA ESPECIAL, DOS PROJETOS DE LEI COMPLEMENTAR NO 02 E 03/2018, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3º, INCISO VII, ART. 145, PARÁGRAFO 2º, E DO ART. 148 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
     <t>Geraldo, Ezequiel Andrad'S</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6736/6736_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6736/6736_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A ALTERAÇÃO NO REGIME DE TRAMITAÇÃO DE URGÊNCIA PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA ESPECIAL, DOS PROJETOS DE LEI ORDINÁRIA NO 03 E 13/2018, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3º, INCISO VII, ART. 145, PARÁGRAFO 2º, E DO ART. 148 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6738/6738_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6738/6738_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DO ANDAMENTO DAS OBRAS DAS ESCOLAS JOÃO MONTEIRO CABRAL, NO BAIRRO PONTAL DO NORTE, E ALBERTO SPECK, NO BAIRRO SAÍ MIRIM, NO QUE SE REFERE PRINCIPALMENTE ÀS ETAPAS DE ENTREGA DAS OBRAS, SE HÁ ATRASO E, SE SIM, AS RAZÕES DESTE.</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>Thomaz, Barracão, Caldeira, Ezequiel Andrad'S, Janayna, Jefinho, Jonecir Soares</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6741/6741_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6741/6741_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DAS PROVIDÊNCIAS TOMADAS FACE ÀS INDICAÇÕES ENVIADAS AO PODER EXECUTIVO, SENDO A INDICAÇÃO Nº 15/2018, INDICAÇÃO Nº 28/2018 E INDICAÇÃO NO 29/2018.</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6744/6744_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6744/6744_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR OSVALDO JOSÉ WESTEPHAL.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6746/6746_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6746/6746_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SR. CELSO ANTONIO GOMES.</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>Caldeira, Barracão</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6752/6752_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6752/6752_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÃO E CÓPIA DO HISTÓRICO SOBRE O ATENDIMENTO DO PA 24H REFERENTE À MUNÍCIPE AMANDA MARTINS, ESPECIALMENTE O MOTIVO NA DEMORA DO ATENDIMENTO.</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6757/6757_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6757/6757_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA UM MOÇÃO DE APLAUSOS AOS POLICIAIS MILITARES SOLDADOS MANARIM, BRUNO E PAES.</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>Thomaz, Barracão, Caldeira, Ezequiel Andrad'S, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6758/6758_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6758/6758_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, QUE O PODER EXECUTIVO, ATRAVÉS DE SETOR COMPETENTE, PROCEDA À INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA ENTRE A RUA SUCURUNA E A RUA 2550, NO BAIRRO PONTAL DO NORTE.</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6761/6761_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6761/6761_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SR. JORGINHO DOS SANTOS MELLO</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6785/6785_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6785/6785_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SR. SAMUEL MARTINS.</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6800/6800_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6800/6800_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, CÓPIA DA LICENÇA DA FATMA REFERENTE AO GLEBA I E II.</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6799/6799_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6799/6799_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE PLANEJAMENTO, ENCAMINHE INFORMAÇÕES_x000D_
 REFERENTES A &amp;#8220;NÃO EMISSÃO&amp;#8221; DE ALVARÁS DE CONSTRUÇÃO NOS BALNEÁRIOS ITAPOÁ, PRINCESA DO MAR E_x000D_
 VERDES MARES, DEVIDO A ORIENTAÇÃO DO INSTITUTO DO MEIO AMBIENTE DE SANTA CATARINA (ANTIGA_x000D_
 FATMA). AINDA, REQUER:_x000D_
 - CÓPIA DE AUTO DE INFRAÇÃO AMBIENTAL DOS LOTEAMENTOS EMBARGADOS;_x000D_
 - CÓPIA DO E-MAIL ENCAMINHADO PELA SECRETARIA DE PLANEJAMENTO CONFORME ESTÁ MENCIONADO NO_x000D_
 OFÍCIO Nº 930/2018 DO INSTITUTO DO MEIO AMBIENTE DE SANTA CATARINA (ANTIGA FATMA);_x000D_
 - CÓPIA DA &amp;#8220;DEFESA FORMALIZADA&amp;#8221; PELOS ÓRGÃO RESPONSÁVEIS DA PREFEITURA REFERENTE À SITUAÇÃO AOS_x000D_
 EMBARGOS DOS LOTEAMENTOS ITAPOÁ, PRINCESA DO MAR E VERDES MARES.</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
     <t>Caldeira, Edinho, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6801/6801_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6801/6801_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, CONFORME O ART. 7º, DA LEI Nº 141/1998, E ART. 4º, PARÁGRAFO ÚNICO, DA LEI ESTADUAL Nº 8.542/92, O NÚMERO DA CONTA CORRENTE, EXTRATO DE MOVIMENTAÇÃO E ONDE FORAM APLICADO OS RECURSOS DESSA CONTA.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>Jefinho, Caldeira, Edinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6820/6820_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6820/6820_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE PLANEJAMENTO, ENCAMINHE INFORMAÇÕES SOBRE A JUSTIFICATIVA DE CONSTAR NA DESCRIÇÃO OBJETO O TRECHO DA AVENIDA ANDRÉ RODRIGUES DE FREITAS E O TRECHO DA AVENIDA JOSÉ DA SILVA PACHECO NA LICITAÇÃO Nº 8/2018, MODALIDADE TOMADA DE PREÇO, CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA ELABORAÇÃO DE PROJETO BÁSICO E EXECUTIVO DE ENGENHARIA RODOVIÁRIA/VIÁRIA DE DIVERSOS LOGRADOUROS DO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6831/6831_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6831/6831_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO A SOLDADO DANIELI CRISTNA SOARES, DA POLICIA MILITAR DO ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6829/6829_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6829/6829_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA UM MOÇÃO DE APLAUSO A POLICIAL MILITAR, SOLDADO DANIELI CRISTINA SOARES.</t>
   </si>
   <si>
     <t>6830</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6830/6830_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6830/6830_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA UM MOÇÃO DE APLAUSO PARA BANDA DE MÚSICA DO 62° BI.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>Jefinho, Caldeira, Edinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6852/6852_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6852/6852_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES A RESPEITO DAS CONTESTAÇÕES FEITAS PRATICAMENTE POR TODOS OS PROPRIETÁRIOS DE ÁREAS OU GLEBAS, REFERENTE AO AUMENTO EXCESSIVO DO IPTU 2018, EM CONSEQUÊNCIA DA LEI MUNICIPAL Nº 716/2017, QUE DISPÕE SOBRE A PLANTA DE VALORES E QUAIS MEDIDAS SERÃO TOMADAS PARA QUE SEJA REPARADO URGENTEMENTE ESTE &amp;#8220;ACRÉSCIMO DESPROPORCIONAL&amp;#8221; QUE FORAM TRIBUTADOS, ESPECIFICAMENTE NAS ÁREAS URBANAS DO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6894</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6894/6894_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6894/6894_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES REFERENTE A REGULAMENTAÇÃO DA FUNÇÃO &amp;#8220;EDUCADOR SOCIAL&amp;#8221;.</t>
   </si>
   <si>
     <t>6895</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6895/6895_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6895/6895_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ENVIE A ESTA CASA DE LEIS TODAS AS INFORMAÇÕES, REFERENTES ÀS PRESTAÇÃO DE CONTAS E PAGAMENTOS EFETIVADOS PELO PODER EXECUTIVO, DA OBRA DE MELHORIAS DA AV. ANA MARIA DE FREITAS.</t>
   </si>
   <si>
     <t>6896</t>
   </si>
   <si>
     <t>Geraldo, Ezequiel Andrad'S, Janayna, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6896/6896_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6896/6896_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR_x000D_
 O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, SECRETARIA DE OBRAS E AGRICULTURA, SEJAM REALIZADAS AS ROÇADAS NAS RUAS DE ACESSO AO PARQUE DO &amp;#8220;CTG FRONTEIRAS DO LITORAL&amp;#8221;, E DISPONIBILIZEM UM TRATOR PARA DESENCALHAR VEÍCULOS E CAMINHÕES QUE DARÃO ACESSO AO PARQUE</t>
   </si>
   <si>
     <t>6908</t>
   </si>
   <si>
     <t>Edinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6908/6908_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6908/6908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTE PODER LEGISLATIVO AS SEGUINTES INFORMAÇÃO REFERENTE A ESCOLA MUNICIPAL FREI VALENTIM:_x000D_
 I &amp;#8211; SE EXISTE A POSSIBILIDADE PARA EXECUÇÃO DA OBRA DE CONSTRUÇÃO DE BANHEIROS MASCULINOS E FEMININOS CONFORME A DEMANDA DOS ALUNOS, E QUAL O PRAZO PARA QUE A CITADA OBRA SE INICIE;_x000D_
 II &amp;#8211; SE EXISTE A POSSIBILIDADE DE REESTRUTURAÇÃO DA SALA DE INFORMÁTICA DOS ALUNOS, COM EQUIPAMENTOS NOVOS DE ACORDO COM A DEMANDA DA ESCOLA;_x000D_
 III -  SE EXISTE A POSSIBILIDADE DA CONSTRUÇÃO DE UMA COBERTURA NA QUADRA POLIESPORTIVA PARA ATENDER OS ALUNOS E PROFESSORES TANTO EM DIAS DE SOL QUANTO EM DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>6909</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6909/6909_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6909/6909_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DOS SETORES COMPETENTES, EXECUTE ESTUDOS PARA A ELABORAÇÃO E VIABILIZAÇÃO DE MINUTA DE PROJETO DE LEI PARA A CONCESSÃO DE ISENÇÕES FISCAIS A FUTURAS EMPRESAS QUE SE INSTALARÃO NO MUNICÍPIO DE ITAPOÁ, BEM COMO PARA EMPRESAS JÁ ESTABELECIDAS NA CIDADE. OS INCENTIVOS FISCAIS PODERÃO SER DE IPTU, ITBI, ISSQN E TAXA DE ALVARÁ, HABITE-SE, ENTRE OUTROS IMPOSTOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6927</t>
   </si>
   <si>
     <t>Edinho, Caldeira, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6927/6927_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6927/6927_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO, INDÚSTRIA E COMÉRCIO, ENVIE AS SEGUINTES INFORMAÇÕES:_x000D_
 1) ENVIE A ESTA CASA, ESTÁGIO ATUAL DA MINUTA DO PROJETO DE LEI QUE TRATA SOBRE_x000D_
 INCENTIVOS FISCAIS E CRIAÇÃO DO CONSELHO DE DESENVOLVIMENTO ECONÔMICO;_x000D_
 2) QUAL O PRAZO PARA O ENVIO DO PROJETO DE LEI A ESTA CASA?;_x000D_
 3) QUAIS BENEFÍCIOS SERÃO CRIADOS E QUAIS EMPRESAS SERÃO BENEFICIADAS?</t>
   </si>
   <si>
     <t>6935</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6935/6935_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6935/6935_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O_x000D_
 PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE ENVIE A ESSA CASA DE LEIS INFORMAÇÕES REFERENTES AOS TERRENO QUE SÃO PATRIMONIADOS EM NOME DA PREFEITURA, E NÃO POSSUEM OBRAS PUBLICA. INDICANDO BAIRRO, QUADRA, LOTE OU ENDEREÇO.</t>
   </si>
   <si>
     <t>6937</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6937/6937_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6937/6937_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER LEGISLATIVO, CONCEDA UMA MOÇÃO DE APLAUSOS AOS ATLETAS DA 3ª IDADE, MEDALHISTAS NA COMPETIÇÃO ESTADUAL.</t>
   </si>
   <si>
     <t>7026</t>
   </si>
   <si>
     <t>Janayna, Ezequiel Andrad'S</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7026/7026_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7026/7026_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE PLANEJAMENTO, PRESTE INFORMAÇÕES, REFERENTE A CONSTRUÇÃO DE MUROS EM DIVISAS DE TERRENO COM ALTURA ACIMA DE 3 METROS E OCUPANDO 100% DO COMPRIMENTO DO LOTE, OBRA ESTA QUE IMPEDE A VENTILAÇÃO DOS IMOVEIS ADJACENTES. </t>
   </si>
   <si>
     <t>7085</t>
   </si>
   <si>
     <t>Thomaz, Barracão, Caldeira, Ezequiel Andrad'S, Geraldo, Janayna, Jefinho, Osni Ocker, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A MUDANÇAS DO TRANSPORTE COLETIVO URBANO E ESCOLAR. TAIS INFORMAÇÕES SÃO NO SENTIDO DE ITINERÁRIO,HORÁRIOS,ISENÇÃO PARA IDOSOS E DEFICIENTES FÍSICOS, ACESSO PARA PORTADORES DE NECESSIDADES ESPECIAIS, DIFERENCIAÇÃO DO TRANSPORTE COLETIVO DO ESCOLAR, QUANTIDADE DA FROTA, ANO DE FABRICAÇÃO DOS VEÍCULOS, TEMPO DE CONCESSÃO ENTRE O MUNICÍPIO E A EMPRESA, VALORES DA CONCESSÃO, CRONOGRAMA E PLANO DE SUBSTITUIÇÃO E AUMENTO DA FROTA.</t>
   </si>
   <si>
     <t>7154</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO, A RENÚNCIA DO CARGO DE PRESIDENTE (MEMBRO) DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COM FULCRO NOS ARTIGOS 61 E 123, §3º, TODOS DO REGIMENTO INTERNO DESTA CASA.</t>
   </si>
   <si>
     <t>7155</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIR O PLENÁRIO, A RENÚNCIA AO CARGO DE 1º SECRETÁRIO DA MESA DIRETORA DA CÂMARA MUNICIPAL DE ITAPOÁ, COM FULCRO NOS ARTIGOS 28, INCISO III, 29 E 123, §3º, TODOS DO REGIMENTO INTERNO DESTA CASA.</t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7236/requerimento_50_2018_-_thomaz_-_requer_relatori_mRvE4HD.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7236/requerimento_50_2018_-_thomaz_-_requer_relatori_mRvE4HD.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do Setor competente, encaminhe para esta Casa de Leis, relatório de valores das multas aplicadas de auto de infração lançadas, informando valores pagos e em aberto dos anos de 2017 e 2018 até a presente data, dos setores de Fiscalização de Tributos, Obras e Posturas, Vigilância Sanitária e Meio Ambiente.</t>
   </si>
   <si>
     <t>7269</t>
   </si>
   <si>
     <t>Caldeira, Barracão, Jefinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7269/requerimento_51_2018_-_caldeira_-_requer_a_rela_mFLocWC.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7269/requerimento_51_2018_-_caldeira_-_requer_a_rela_mFLocWC.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do setor competente, encaminhe, para esta Casa de Leis,  a Relação dos componentes do Conselho Saneamento Básico, bem como o extrato e saldo do fundo de Saneamento Básico ou da Conta Corrente do mesmo, bem como os documentos de despesas do fundo  e as notas fiscais.</t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7261/requerimento_52_2018_-_thomaz_-_requer__informa_w4NtSjK.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7261/requerimento_52_2018_-_thomaz_-_requer__informa_w4NtSjK.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do Setor competente, encaminhe para esta Casa de Leis,   informações sobre as ações e os custos individuais previstos e já gastos com a proposta de investimentos para o fim de ano “réveillon” e para a temporada 2018/2019.</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7262/requerimento_53_2018_-_thomaz_-_requer_o_cronog_Xhs5DgT.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7262/requerimento_53_2018_-_thomaz_-_requer_o_cronog_Xhs5DgT.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do Setor competente, encaminhe para esta Casa de Leis, o cronograma físico financeiro pactuado das atividades já realizadas e os valores investidos, quais as ações ainda pendentes a serem realizadas até o termino do contrato em 31 de  dezembro de 2018, referente ao Estudo e Termo de Cooperação Técnica com o INPH - Instituto Nacional de Pesquisas Hidroviárias</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7270/requerimento_54_2018_-_jeferson_-_requer_notas__z3R1ddy.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7270/requerimento_54_2018_-_jeferson_-_requer_notas__z3R1ddy.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do Setor competente, encaminhe para esta Casa de Leis, informações detalhadas dos relatórios de pesagens referentes a todas as notas de empenhos realizados a partir do Termo de Aditivo nº 37/2018, histórico: "remoção de resíduos sólidos domiciliares", realizado pela Serrana Engenharia</t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7314/requerimento_55-2018.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7314/requerimento_55-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder executivo encaminhe a esta Casa de Leis informações sobre a licitação da obra de reforma da unidade de acolhimento vinculado a Assistência Social, se a mesma já foi concluída, quais as reformas realizadas e os custos empregados, como também, copia dos contratos de locação realizados e em vigência durante a execução da reforma. Qual a previsão de retorno das crianças a sede</t>
   </si>
   <si>
     <t>7315</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7315/requerimento_56-2018.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7315/requerimento_56-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo através do setor competente, encaminhe para esta Casa de Leis, relatório contendo nome, curso, nível, local onde está estagiando, nome do supervisor de cada um dos estagiários contratados no ano de 2017 e 2018, e qual foi a forma de seleção adotada pela administração pública</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7316/requerimento_57-2018.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7316/requerimento_57-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo através do setor competente, encaminhe para esta Casa de Leis, copia das planilhas de medição (1,2,3) dos últimos 5 anos, da empresa Itapoá Saneamento, acompanhadas das respectivas notas fiscais.</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7336/requerimento_58_2018_-_caldeira_-_requer_copias_VbxBMpa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7336/requerimento_58_2018_-_caldeira_-_requer_copias_VbxBMpa.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer, na forma regimental, e depois de ouvir o Plenário que o Poder Executivo, através do setor competente envie a essa Casa de Leis cópias dos Processos de supressão de vegetação dos lotes urbanos nos anos de 2017 e 2018; cópias dos Processos Administrativo de Auto de Infração (PRAD); cópia de todas (ART) emitidas em nos anos de 2017 e 2018; e, Cópias das Certidões Ambientais do ano de 2018 para ligação de luz.</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7364/requerimento_59_2018_-_thomaz_-_requer__informa_gCEABWP.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7364/requerimento_59_2018_-_thomaz_-_requer__informa_gCEABWP.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, encaminhe, para esta Casa de Leis, informações acerca do veículo com placa: OKE-5646, de uso exclusivo da Secretaria de Turismo, possivelmente usado de forma indevida por servidor no dia 29 de outubro de 2018,</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7365/requerimento_60_2018_-_thomaz_-_requer__informa_58wcatG.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7365/requerimento_60_2018_-_thomaz_-_requer__informa_58wcatG.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem requerem, na forma regimental e, depois de ouvido o Plenário, que o Poder Executivo, através do setor competente, encaminhe, para esta Casa de Leis, informações e documentos acerca de todos os imóveis locados pela Administração Municipal no período compreendido entre 01/01/2017 até a presente data, especificando o endereço, à qual secretaria esta vinculado determinado imóvel e para qual uso se reserva, encaminhando cópia dos respectivos contratos locatícios e documentos afins.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7385/requerimento_61_2018_-_mesa_diretora.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7385/requerimento_61_2018_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, requerem, na forma regimental e, depois de ouvido o Plenário, a alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei Complementar nº 22/2018, do Projeto de Lei Ordinário nº 48/2018 e do Projeto de Lei Ordinário nº 90/2018, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7390/requerimento_62_2018_-_mesa_diretora.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7390/requerimento_62_2018_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>A alteração no Regime de Tramitação para Urgência Especial, do Projeto de Lei Ordinário nº 89/2018, com observância do art. 123, parágrafo 3º, inciso VII, art. 145, parágrafo 2º, e do art. 148 todos do Regimento Interno da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5828/5828_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5828/5828_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE A ATUAL SITUAÇÃO DA AMPLIAÇÃO DA REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA E ILUMINAÇÃO PÚBLICA NO BALNEÁRIO SÃO JOSÉ I.</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5831/5831_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5831/5831_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, CÓPIA DE TODOS OS EMPENHOS E NOTAS FISCAIS EMITIDOS NO MÊS DE JANEIRO DE 2017, ASSIM COMO CÓPIA DE TODOS OS CONTRATOS EM VIGÊNCIA.</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5845/5845_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5845/5845_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÃO SOBRE O POSICIONAMENTO DA ATUAL ADMINISTRAÇÃO REFERENTE À ÁREA DESTINADA E JÁ DESAFETADA PARA A CONSTRUÇÃO DE ESCOLA E CRECHE NA LOCALIDADE DO PONTAL.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5846/5846_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5846/5846_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SOLDADO MARCUS VINICIUS CESCHINI, DO CORPO DE BOMBEIROS MILITAR.</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
     <t>Janayna, Ezequiel Andrad'S, Geraldo, Jonecir Soares, Sargento Stoklosa, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5853/5853_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5853/5853_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS, OS DOCUMENTOS REFERENTES AO CONTRATO DA PREFEITURA MUNICIPAL COM A EMPRESA SURBI, DO GRUPO SERRANA ENGENHARIA, QUE PRESTA SERVIÇOS DE COLETA DE RESÍDUOS DOMICILIARES, SERVIÇOS NO SETOR DE SAÚDE, COLETA SELETIVA E TRANSPORTE E DESTINAÇÃO FINAL DOS RESÍDUOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5854/5854_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5854/5854_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME, À ESTA CASA DE LEIS, SOBRE A ATUAL SITUAÇÃO DE SOBREPOSIÇÃO DE LOTEAMENTOS APROVADOS ENTRE FAROL DE ITAPOÁ 2 E BAHAMAS 1.</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5867/5867_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5867/5867_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SENHOR OSMAIR DORNELL.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5868/5868_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5868/5868_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA E PESCA, ENCAMINHE, PARA ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES SOBRE O SETOR:_x000D_
 _x000D_
 - QUAL A LOCALIZAÇÃO DAS MÁQUINAS DA SECRETARIA DA AGRICULTURA E PESCA?_x000D_
 - O PROGRAMA HORA-MÁQUINAS PARA OS AGRICULTORES SERÁ EXECUTADO NESTA GESTÃO? EM CASO POSITIVO, QUE A SECRETARIA ENCAMINHE O CRONOGRAMA COM AS DATAS DE ATENDIMENTO PARA CADA COMUNIDADE.</t>
   </si>
   <si>
     <t>5877</t>
   </si>
   <si>
     <t>Geraldo, Ezequiel Andrad'S, Janayna, Jonecir Soares, Sargento Stoklosa, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5877/5877_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5877/5877_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE O DESTINO DADO ÀS LÂMPADAS E LUMINÁRIAS RETIRADAS DAS AVENIDAS, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5895/5895_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5895/5895_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE A ATUAL SITUAÇÃO DO GINÁSIO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>5916</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5916/5916_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5916/5916_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME, A CASA DE LEIS, SE A EMPRESA CONCESSIONÁRIA ITAPOÁ SANEAMENTO, RESPONSÁVEL PELOS SERVIÇOS DE TRATAMENTO E DISTRIBUIÇÃO DE ÁGUA E ESGOTAMENTO SANITÁRIO NO MUNICÍPIO DE ITAPOÁ, ESTÁ CUMPRINDO COM TODAS AS SUAS OBRIGAÇÕES CONTRATUAIS.</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5917/5917_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5917/5917_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, CÓPIA DO CONTRATO DE PRESTAÇÃO DE SERVIÇOS DE SEGURANÇA NO PRONTO ATENDIMENTO, NO PERÍODO DO CARNAVAL, BEM COMO AS NOTAS E EMPENHOS PAGOS REFERENTES AO SERVIÇO.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5931/5931_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5931/5931_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, O QUADRO DE VAGAS DAS CRECHES MUNICIPAIS, INFORMANDO TAMBÉM O NÚMERO DE CRIANÇAS MATRICULADAS E SEUS RESPECTIVOS PERÍODOS.</t>
   </si>
   <si>
     <t>5957</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5957/5957_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5957/5957_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SOLDADO RAPHAEL CARNEIRO, DA POLÍCIA MILITAR DE ITAPOÁ/SC. </t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5959/5959_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5959/5959_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTE VEREADOR QUAIS AS INDICAÇÕES DE MINHA AUTORIA QUE FORAM ATENDIDAS E QUAIS NÃO FORAM, BEM COMO OS MOTIVOS DAS INDICAÇÕES QUE NÃO FORAM ATENDIDAS.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5972/5972_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5972/5972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVEM REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DA PLANTA DO CEMITÉRIO DO PONTAL, BEM COMO INFORMAÇÕES SOBRE A REGULARIDADE E USO PARA OS SEPULTAMENTOS. </t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5973/5973_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5973/5973_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVEM REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE QUAL ÓRGÃO É COMPETENTE PELA FISCALIZAÇÃO DA ESTRUTURA USADA PELOS PESCADORES DO BAIRRO FIGUEIRA DO PONTAL PARA GUARDAR SEUS BARCOS, JUNTAMENTE COM OS CRITÉRIOS CONSIDERADOS PARA ESTES UTILIZAREM O LOCAL.</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>Caldeira, Jonecir Soares, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5974/5974_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5974/5974_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE A SECRETARIA DE ESTADO DE SAÚDE DE SANTA CATARINA, INFORME A ESTA CASA DE LEIS, QUAL O MOTIVO DE NÃO TER SIDO REALIZADO, ATÉ O PRESENTE MOMENTO, O REPASSE CITADO NA COMUNICAÇÃO INTERNA CIRCULAR Nº 001/2017, DATADA EM 13/01/2017.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5978/5978_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5978/5978_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAL O PROCEDIMENTO QUE SERÁ TOMADO PARA A LIMPEZA DO ESGOTO LOCALIZADO NA TERCEIRA PEDRA, ONDE CONSTA UMA PLACA AFIRMANDO QUE O LOCAL É IMPRÓPRIO PARA BANHO.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>Thomaz, Caldeira</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5980/5980_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5980/5980_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES, EM CONJUNTO COM A POLÍCIA MILITAR DE ITAPOÁ, SOBRE QUAIS AS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS PARA PROIBIR O TRÁFEGO DOS CAMINHÕES COM DESTINO/ORIGEM AO PORTO ITAPOÁ NO PERÍMETRO DE RODOVIAS URBANAS NÃO AUTORIZADAS E NÃO DESTINADAS PARA ESSA FINALIDADE NO_x000D_
 MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5993/5993_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5993/5993_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE_x000D_
 LEIS SE A LEI MUNICIPAL NO 179/2008, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE MANTER A LIMPEZA NOS_x000D_
 IMÓVEIS URBANOS DE ITAPOÁ , ESTA SENDO EXECUTADA PELOS SETORES COMPETENTES.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6000/6000_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6000/6000_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A CASA DE LEIS, AS CÓPIAS DOS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 - EMPENHO 104, COM O RECIBO OU NOTA FISCAL E TAMBÉM OS ORÇAMENTOS DA DISPENSA;_x000D_
 - EMPENHOS 109.1, 109-2 E 109-3;_x000D_
 - NOTAS FISCAIS 2265, 692 E 691, BEM COMO A INFORMAÇÃO DE ONDE FOI APLICADO O MATERIAL DE QUE TRATAM TAIS NOTAS FISCAIS;_x000D_
 - EMPENHO 120 E NF 0378, COM TODOS OS ITENS GASTOS; E_x000D_
 - EMPENHO 71 E NF 24089.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>Thomaz, Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6001/6001_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6001/6001_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL, COM OBSERVÂNCIA DO ART. 2º DA LEI MUNICIPAL Nº 220/2009 E DEMAIS ALTERAÇÕES, E DEPOIS DE OUVIDO O PLENÁRIO, A INDICAÇÃO PARA A CONCESSÃO DO TÍTULO DE CIDADÃ HONORÁRIA À SENHORA MÁRCIA REGINA EGGERT SOARES, EM VIRTUDE DA PRESTAÇÃO DE RELEVANTES SERVIÇOS PÚBLICOS AO MUNICÍPIO DE ITAPOÁ, E PELA ATUAÇÃO EXEMPLAR NA VIDA PÚBLICA E PARTICULAR.</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6004/6004_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6004/6004_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A CASA DE LEIS, EXPLICAÇÕES ACOMPANHAS DE DOCUMENTOS, DE ONDE FORAM GASTOS COM DESPESAS BANCÁRIAS DA CONTA DA PREFEITURA O MONTANTE DE R$ 350.000,00 (TREZENTOS E CINQUENTA MIL).</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6014/6014_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6014/6014_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR WERNEY ZUNEDA SERAFINI.</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6018/6018_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6018/6018_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR DANIEL SILVANO WEBER.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>Geraldo, Ezequiel Andrad'S, Janayna, Jonecir Soares, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6016/6016_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6016/6016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE OS VALORES RECEBIDOS E DISPONÍVEIS PARA INVESTIMENTOS, ORIUNDOS DA COSIP &amp;#8211; CONTRIBUIÇÃO PARA O CUSTEIO DA ILUMINAÇÃO PÚBLICA DOS MUNICÍPIOS, DE ACORDO COM O PREVISTO NA LEI COMPLEMENTAR MUNICIPAL Nº 046/2015. </t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6026/6026_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6026/6026_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, A ALTERAÇÃO NO REGIME DE TRAMITAÇÃO DE ORDINÁRIO PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA_x000D_
 ESPECIAL, DAS SEGUINTES PROPOSIÇÕES: PROJETO DE LEI ORDINÁRIO NO 06/2017; PROJETO DE LEI_x000D_
 ORDINÁRIO NO 11/2017; PROJETO DE LEI COMPLEMENTAR NO 04/2017; PROJETO DE LEI COMPLEMENTAR_x000D_
 NO 05/2017, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3O, INCISO VII, ART. 145, PARÁGRAFO 2O, E DO ART. 148_x000D_
 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6019/6019_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6019/6019_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME, À ESTA CASA DE LEIS,_x000D_
 SOBRE A ATUAL SITUAÇÃO DA FISCALIZAÇÃO DA LEI ORDINÁRIA NO 274/2010.</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6023/6023_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6023/6023_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR VITORINO LUIZ PAESE.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6031/6031_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6031/6031_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CARLOS DA SILVA.</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6029/6029_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6029/6029_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SENHOR MARIO ELÓI TAVARES. </t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6030/6030_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6030/6030_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR PEDRO MAXIMO DOS SANTOS.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6032/6032_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6032/6032_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NILTON LUCHTENBERG.</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6041/6041_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6041/6041_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ MARINS.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6046/6046_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6046/6046_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À CASA DE LEIS, OS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 A) RELATÓRIO DOS SALDOS FINANCEIROS REFERENTES AOS MESES DE OUTUBRO A DEZEMBRO/16 E JANEIRO/2017, DEPOSITADOS EM CONTA CORRENTE DO FUNDO MUNICIPAL DE SAÚDE, DO FUNDO MUNICIPAL DE EDUCAÇÃO, DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL, DO FUNDO MUNICIPAL DA INFÂNCIA E DA ADOLESCÊNCIA, DO FUNREBOM E DA PREFEITURA MUNICIPAL, COM RESPECTIVOS EXTRATOS BANCÁRIOS; _x000D_
 B) RELATÓRIO DE APLICAÇÃO DESTES RECURSOS, CONFORME AS AÇÕES DE CADA SETOR, REALIZADOS ATÉ MARÇO/2017, INFORMANDO SE AINDA HÁ SALDO FINANCEIRO DESTES RECURSOS.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6048/6048_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6048/6048_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO FRANCISCO MARIA.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6049/6049_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6049/6049_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, CÓPIA DOS PROJETOS, E RESPECTIVOS PROTOCOLOS, REALIZADOS JUNTO AO GOVERNO ESTADUAL E FEDERAL, PARLAMENTARES ESTADUAL E FEDERAL, DE TODAS AS SECRETARIAS MUNICIPAIS, REFERENTE ÀS OBRAS NOVAS, AMPLIAÇÕES, PAVIMENTAÇÃO, TURISMO E URBANIZAÇÃO, MEIO AMBIENTE, EDUCAÇÃO, ENTRE OUTROS, INFORMANDO O PRAZO DE DEFERIMENTO EXISTENTE PARA CADA UM DOS PEDIDOS REALIZADOS, COMO TAMBÉM QUANTOS JÁ FORAM DEFERIDOS E INDEFERIDOS ATÉ O PRESENTE MOMENTO.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6050/6050_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6050/6050_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) SOBRE OS PROJETOS DE CONSTRUÇÃO DAS NOVAS SEDES DAS ESCOLAS MUNICIPAIS ALBERTO SPECK E JOÃO MONTEIRO CABRAL E DA NOVA ESCOLA DE ENSINO FUNDAMENTAL CITADAS NA AUDIÊNCIA PÚBLICA DO PPA, REALIZADA PELO PODER EXECUTIVO;_x000D_
 B) CÓPIAS DOS CONVÊNIOS FORMALIZADOS, INDICANDO SE ESTES SE ENCONTRAM EM VIGÊNCIA E QUAL O VALOR NECESSÁRIO DE CONTRA PARTIDA OBRIGATÓRIA DO MUNICÍPIO PARA EXECUÇÃO DESTES CONVÊNIOS;_x000D_
 C) SOBRE A EXISTÊNCIA DE NOVOS CONVÊNIOS, QUAL O VALOR DA OBRA E DA CONTRA PARTIDA OBRIGATÓRIA DO MUNICÍPIO;_x000D_
 D) SOBRE A EXISTÊNCIA DE SALDOS FINANCEIROS EXISTENTES PARA REALIZAÇÃO DESTES CONVÊNIOS, SE ESTÃO BLOQUEADOS OU NÃO E EM QUAL RUBRICA ORÇAMENTARIA. DESTES CONVÊNIOS, EM CASO DE EXECUÇÃO, QUAL PRAZO MÁXIMO PARA REALIZAÇÃO DAS LICITAÇÕES.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6051/6051_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6051/6051_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, INFORMAÇÕES SOBRE O ANDAMENTO DO PROCESSO LICITATÓRIO REFERENTE AO ÔNIBUS UNIVERSITÁRIO, ACOMPANHADA DE CÓPIA DA ATA DE REUNIÃO REALIZADA COM ESTUDANTES, COMISSÃO DE LICITAÇÃO E EMPRESAS PARTICIPANTES, BEM COMO CÓPIA DO PROTOCOLO DE CONSULTA AO TRIBUNAL DE CONTAS, REALIZADA PELO MUNICÍPIO, SOBRE AS DÚVIDAS SUSCITADAS NO PROCESSO LICITATÓRIO E AS RESPECTIVAS RESPOSTAS, CASO HAJAM.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6077/6077_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6077/6077_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SE A PREFEITURA MUNICIPAL POSSUI OU POSSUÍA ESTRUTURAS METÁLICAS COM COBERTURA DE LONA (MODELO TENDA). </t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6093/6093_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6093/6093_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A ATUAL SITUAÇÃO DAS OBRAS DE TUBULAÇÃO DO RIO PALMEIRAS, NAS RUAS 2.000 E 2.020, FAZENDO A LIGAÇÃO COM AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6096/6096_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6096/6096_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, INFORMAÇÕES:_x000D_
 _x000D_
 - QUANTOS ESTAGIÁRIOS FORAM CONTRATADOS NESTES 05 MESES DE GESTÃO? QUAIS AS SECRETARIAS QUE ESTES ESTAGIÁRIOS ESTÃO VINCULADOS? QUAIS OS NÍVEIS DE ESCOLARIDADE DESTES ESTAGIÁRIOS? QUAL O VALOR DO IMPACTO ORÇAMENTÁRIO DESTAS CONTRATAÇÕES?_x000D_
 - QUANTOS CARGOS DE CHEFIA, C.A.S, DIRETORES E SECRETÁRIOS FORAM NOMEADOS ATÉ O PRESENTE MOMENTO? QUAL O VALOR DO IMPACTO ORÇAMENTÁRIO DESTAS NOMEAÇÕES?</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6097/6097_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6097/6097_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, INFORMAÇÕES SOBRE COMO SE ENCONTRA O REPASSE À POLÍCIA MILITAR DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6108/6108_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6108/6108_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES E CÓPIAS DO EMPENHO Nº 950/2017, VINCULADO À SECRETARIA MUNICIPAL DE TURISMO, COM APRESENTAÇÃO DA ORDEM DE COMPRA, EMPENHO E LIQUIDAÇÃO, COMPROVANTE DE TRANSFERÊNCIA (PAGAMENTO).</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6109/6109_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6109/6109_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, CÓPIAS DE DOCUMENTOS.</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6110/6110_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6110/6110_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES E CÓPIAS DOS SEGUINTES DOCUMENTOS, REFERENTES AO TERMO ADITIVO Nº. 08/2017, REALIZADO COM A EMPRESA ORBENK ADMINISTRAÇÃO E SERVIÇOS LTDA.</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
     <t>Barracão, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6136/6136_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6136/6136_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, ATRAVÉS DO SETOR COMPETENTE, PRESTE A SEGUINTE INFORMAÇÃO:_x000D_
 _x000D_
 - QUE A CÂMARA COMO AUTARQUIA LEGÍTIMA A DEFENDER SUAS PRERROGATIVAS COMO TAMBÉM OS INTERESSES DO POVO, EM VIRTUDE DA REVOGAÇÃO DA LICITAÇÃO DO TRANSPORTE COMO TAMBÉM DA NECESSIDADE URGENTE DOS UNIVERSITÁRIOS, IRÁ PROPOR AÇÃO CIVIL PÚBLICA COM OBJETIVO DE, LIMINARMENTE, CONSEGUIR O RESTABELECIMENTO DO TRANSPORTE UNIVERSITÁRIO ATE QUE SEJA REALIZADO NOVO PROCESSO LICITATÓRIO, OU QUE SEJA ANALISADA A POSSÍVEL INCONSTITUCIONALIDADE DA LEI AUTORIZATIVA.</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>Jonecir Soares, Ezequiel Andrad'S, Geraldo, Janayna, Sargento Stoklosa</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6143/6143_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6143/6143_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, PROVIDENCIE A REALIZAÇÃO DE UMA AUDITORIA PÚBLICA INTERNA NAS LICITAÇÕES, EMPENHOS E NOTAS FISCAIS, REFERENTES AOS ÚLTIMOS 05 (CINCO) ANOS DE GOVERNO, BUSCANDO IDENTIFICAR TODA E QUALQUER IRREGULARIDADE NO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6147/6147_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6147/6147_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, SUA RENÚNCIA AO CARGO DE PRIMEIRO SECRETÁRIO NA MESA DIRETORA DESTA CASA, CONFORME ART. 29 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6151/6151_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6151/6151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PRESIDENTE DA CÂMARA DE VEREADORES, SR. JONECIR SOARES, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES E CÓPIAS DE DOCUMENTOS QUE COMPROVEM:_x000D_
 _x000D_
 A) PROJETO DA REFORMA REALIZADA NO TELHADO, ELÉTRICA E SISTEMA DE CLIMATIZAÇÃO, DEVIDAMENTE ACOMPANHADO DOS ORÇAMENTOS E NOTAS DE PAGAMENTO E COMPROVAÇÃO DE EXECUÇÃO DOS SERVIÇOS;_x000D_
 B) SOBRE OS ENTULHOS E SOBRAS DE MATERIAL OU MESMO MATERIAL INTACTO (TELHAS), ORIUNDOS DA REFORMA, QUAL A DESTINAÇÃO DESTES MATERIAIS, CONFORME PRECEITUA A LEI N. 274/2010?_x000D_
 </t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
     <t>Jefinho, Barracão, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6163/6163_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6163/6163_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, À ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) COMO SE ENCONTRA A ADEQUAÇÃO DO ZONEAMENTO ECOLÓGICO ECONÔMICO &amp;#8211; ZEE AO PLANO DIRETOR, PREVISTA NO INCISO IX, DO ARTIGO 84, BEM COMO PREVISTA COMO UMAS DAS AÇÕES PRECONIZADAS NO ANEXO I (TABELAS DE EIXOS, DIRETRIZES E AÇÕES) DA LEI COMPLEMENTAR Nº 48/2016;_x000D_
 B) NÃO HAVENDO INICIADA A REVISÃO DO ZONEAMENTO ECOLÓGICO ECONÔMICO &amp;#8211; ZEE, QUAL PRAZO PARA INÍCIO E ENVIO A ESTA CASA DE LEIS?;_x000D_
 C) JUSTIFICAR SE ACASO O PODER EXECUTIVO NÃO PRETENDA INICIAR REVISÃO DO ZONEAMENTO ECOLÓGICO ECONÔMICO &amp;#8211; ZEE._x000D_
 _x000D_
 		SOLICITAMOS TAMBÉM QUE O PODER EXECUTIVO JUSTIFIQUE PORQUE NÃO ESTÁ PROCEDENDO CONFORME DISPOSTO NO ARTIGO 140, DO PLANO DIRETOR MUNICIPAL, POIS AO QUE PARECE NÃO ESTÁ RESPEITANDO O PLANO DIRETOR MUNICIPAL ELABORADO COM A IMENSA PARTICIPAÇÃO POPULAR:_x000D_
 _x000D_
 &amp;#8220;ART. 140. ENQUANTO NÃO FOREM APROVADAS AS LEGISLAÇÕES COMPLEMENTARES, COMPATÍVEIS COM AS POLÍTICAS E DIRETRIZES DESTE PLANO DIRETOR, CONTINUARÁ EM VIGÊNCIA TODA A LEGISLAÇÃO QUE TRATA DE DESENVOLVIMENTO URBANO, SALVO EM CASO DE CONFLITO COM DA LEI ANTIGA COM O TEXTO DO PLANO DIRETOR, CUJO CONTEÚDO PREVALECERÁ.&amp;#8221;</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6169/6169_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6169/6169_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A ARRECADAÇÃO MUNICIPAL DE 2017, QUANTO OCORREU, SE É QUE OCORREU, SUPERAVIT,  ONDE FOI SUPLEMENTADO ESTES VALORES.</t>
   </si>
   <si>
     <t>6172</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6172/6172_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6172/6172_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE COMO SE ENCONTRA A REFORMA DO GINÁSIO DE ESPORTES EM FRENTE À ESCOLA FREI VALENTIM.</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6179/6179_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6179/6179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, CONJUNTAMENTE_x000D_
 COM O SECRETÁRIO DE FINANÇAS, PARA COMPARECEREM EM AUDIÊNCIA, A SER REALIZADA NO DIA 13/06/2017,_x000D_
 ÀS 19 HORAS, NA SEDE DA CÂMARA DE VEREADORES DE ITAPOÁ, PARA TRATAR DA PAUTA DE REIVINDICAÇÕES DA_x000D_
 CATEGORIA, REFERENTE À GREVE DOS SERVIDORES PÚBLICOS DO MUNICÍPIO, E ESCLARECIMENTO SOBRE AS CONTAS_x000D_
 PÚBLICAS NO TOCANTE ÀS DESPESAS GERAIS E GASTOS COM A FOLHA DE PAGAMENTO DO PESSOAL, A QUAL SE FAZ_x000D_
 COM FUNDAMENTO NOS ARTIGOS 233, 234 E 235 DO REGIMENTO INTERNO DA CASA, E DOS ARTIGOS 22 E 29 DA_x000D_
 LEI ORGÂNICA DO ITAPOÁ.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
     <t>Jefinho, Barracão, Caldeira, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6183/6183_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6183/6183_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) EM QUE SITUAÇÃO SE ENCONTRA ELABORAÇÃO/PLANEJAMENTO/EXECUÇÃO DE CADA UMAS DAS AÇÕES ELENCADAS NO ANEXO I (TABELAS DE EIXOS, DIRETRIZES E AÇÕES) DA LEI COMPLEMENTAR Nº 48/2016 (PLANO DIRETOR MUNICIPAL)?_x000D_
 B) SE INICIADAS, QUAL O PRAZO PARA CONCLUSÃO DA ELABORAÇÃO/PLANEJAMENTO/EXECUÇÃO DE CADA UMA DESSAS AÇÕES?_x000D_
 C) NÃO HAVENDO INICIADA A ELABORAÇÃO/PLANEJAMENTO/EXECUÇÃO DE CADA UMAS AÇÕES ELENCADAS NO ANEXO I (TABELAS DE EIXOS, DIRETRIZES E AÇÕES) DA LEI COMPLEMENTAR Nº 48/2016, QUAL PRAZO PARA INÍCIO E ENVIO A ESTA CASA DE LEIS?_x000D_
 D) JUSTIFICAR SE ACASO O PODER EXECUTIVO NÃO PRETENDA INICIAR A ELABORAÇÃO/PLANEJAMENTO/EXECUÇÃO DE CADA UMAS DAS AÇÕES ELENCADAS NO ANEXO I (TABELAS DE EIXOS, DIRETRIZES E AÇÕES) DA LEI COMPLEMENTAR Nº 48/2016.</t>
   </si>
   <si>
     <t>6184</t>
   </si>
   <si>
     <t>Barracão, Caldeira, Jefinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6184/6184_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6184/6184_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) QUAIS ÁREAS PARA POTENCIAIS COOPERAÇÕES E INVESTIMENTOS EM ITAPOÁ FORAM APRESENTADAS NO DIA 05/06/2017, NA REUNIÃO COM REPRESENTANTES DA ASSOCIAÇÃO DAS CIDADES-IRMÃS DA CHINA (CIFCA), NA SEDE DA FECAM EM FLORIANÓPOLIS?_x000D_
 B) A ASSOCIAÇÃO DE CORRETORES DE IMÓVEIS (ACITA) FOI CONSULTADA, OPORTUNIZANDO SEUS FILIADOS A OFERTAREM ÁREAS DE SEUS CLIENTES?</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6225/6225_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6225/6225_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A ALTERAÇÃO NO REGIME DE TRAMITAÇÃO DE URGÊNCIA PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA ESPECIAL, DO PROJETO DE LEI ORDINÁRIO Nº 28/2017, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3º, INCISO VII, ART. 145, PARÁGRAFO 2º, E DO ART. 148 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
     <t>Sargento Stoklosa, Ezequiel Andrad'S, Geraldo, Janayna, Jonecir Soares, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6227/6227_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6227/6227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME À ESTA CASA DE LEIS EM QUE SITUAÇÃO SE ENCONTRA A DEFESA CIVIL DO MUNICÍPIO. CASO A MESMA NÃO ESTEJA EM FUNCIONAMENTO, PEDIMOS QUE ELA SEJA REATIVADA O MAIS BREVE POSSÍVEL. </t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6306/6306_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6306/6306_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME À ESTA CASA DE LEIS, QUAIS EQUIPAMENTOS E MAQUINÁRIOS A SECRETARIA DE AGRICULTA E PESCA POSSUI, SUAS CONDIÇÕES E SE TAIS  EQUIPAMENTOS  SÃO/ESTÃO SENDO UTILIZADOS POR OUTRAS SECRETARIAS.</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6324/6324_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6324/6324_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E COM A ANUÊNCIA DO PLENÁRIO, A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO, INDÚSTRIA E COMÉRCIO, SENHOR RICARDO DA SILVA MATTOSO, COM FULCRO NOS ARTS. 233 E 234 DO REGIMENTO INTERNO E ART. 29, INCISO XIV, DA LEI ORGÂNICA MUNICIPAL, PARA COMPARECER NA REUNIÃO DAS COMISSÕES DO DIA 15/08/2017, ÀS 09 HORAS, NO PLENÁRIO DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6355/6355_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6355/6355_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) EM QUE SITUAÇÃO SE ENCONTRA A ELABORAÇÃO DOS PROJETOS DE LEIS OU REGULAMENTAÇÕES QUE TRATAM CADA UMAS DAS FERRAMENTAS URBANÍSTICAS ELENCADAS ABAIXO, CONFORME PRECONIZA O PLANO DIRETOR MUNICIPAL (ART. 3º E 96 DA LEI COMPLEMENTAR Nº 48/2016)?_x000D_
 _x000D_
 1) LEI DO CONSÓRCIO IMOBILIÁRIO;_x000D_
 2) LEI DO DIREITO DE PREEMPÇÃO;_x000D_
 3) LEI DA COMPULSORIEDADE DO USO DO SOLO URBANO;_x000D_
 4) LEI DA OUTORGA ONEROSA DO DIREITO DE CONSTRUIR;_x000D_
 5) LEI DA TRANSFERÊNCIA DO DIREITO DE CONSTRUIR;_x000D_
 6) OPERAÇÃO URBANA CONSORCIADA;_x000D_
 7) LEI DO ESTUDO DE IMPACTO DE VIZINHANÇA (EIV);_x000D_
 8) DEMARCAÇÃO URBANÍSTICA; E_x000D_
 9) DAS OPERAÇÕES URBANAS CONSORCIADAS;_x000D_
 _x000D_
 B) NÃO HAVENDO INICIADA A ELABORAÇÃO DE CADA UMAS DAS FERRAMENTAS ELENCADAS NO &amp;#8220;ITEM A&amp;#8221;, QUAL O PRAZO PARA INÍCIO E ENVIO À ESTA CASA DE LEIS?_x000D_
 _x000D_
 C) JUSTIFICAR SE ACASO O PODER EXECUTIVO NÃO PRETENDA INICIAR A ELABORAÇÃO DE CADA UMAS DAS FERRAMENTAS ELENCADAS NO &amp;#8220;ITEM A&amp;#8221;.</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6356/6356_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6356/6356_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A INCLUSÃO, NA PRÓXIMA PAUTA, DE UMA MOÇÃO DE APLAUSOS AOS ATLETAS ITAPOAENSES QUE CONQUISTARAM MEDALHAS NO PARAJESC, EM MAFRA:_x000D_
 - NO ATLETISMO: ALIFER DA SILVA &amp;#8211; MEDALHA DE PRATA NO SALTO EM DISTÂNCIA E ARREMESSO DE PESO E MEDALHA DE OURO NO LANÇAMENTO DE DARDO; CARLOS AUGUSTO NASCIMENTO DO ROSÁRIO &amp;#8211; MEDALHA DE OURO NO SALTO EM DISTÂNCIA E 100M RASOS;_x000D_
 - NO TÊNIS DE MESA: PAULO HENRIQUE GONÇALVES &amp;#8211; MEDALHA DE OURO, SENDO TETRACAMPEÃO; RENATA CASASANTA CUNHA &amp;#8211; MEDALHA DE OURO, SENDO TRICAMPEÃ; MAICON SILVA &amp;#8211; MEDALHA DE PRATA.</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6370/6370_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6370/6370_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A INCLUSÃO, NA PRÓXIMA PAUTA, DE UMA MOÇÃO DE APLAUSOS AO BAILARINO ITAPOENSE JASSON KERKHOVEN QUE RECEBEU HOMENAGEM NO 35º FESTIVAL DE DANÇA DE JOINVILLE.</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6384/6384_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6384/6384_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A INCLUSÃO, NA PRÓXIMA PAUTA, DE UMA MOÇÃO DE APLAUSOS AO SENHOR ANTONIO EDIVAL PEREIRA, 3º SARGENTO DO CORPO DE BOMBEIROS MILITAR E COORDENADOR REGIONAL DE PROTEÇÃO E DEFESA CIVIL DA REGIÃO NORTE E NORDESTE DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6489/6489_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6489/6489_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA CONSTITUÍDA UMA COMISSÃO ESPECIAL PARA A REALIZAÇÃO DE ESTUDOS PARA A ATUALIZAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ, CONFORME DISPÕE O ARTIGO 50 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6534/6534_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6534/6534_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL E O INSTITUTO VIDAS.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6533/6533_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6533/6533_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES ACERCA DA REGULARIDADE DA RUA URUCUM, NO BALNEÁRIO ITAMAR, NÚMERO PREDIAL 114, E RUA PINTADOS, BALNEÁRIO ITAPOÁ, NÚMERO PREDIAL 30, CONTENDO TAMBÉM DIMENSÕES DAS RUAS E MEIO FIO.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6577/6577_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6577/6577_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A ALTERAÇÃO NO REGIME DE TRAMITAÇÃO DE URGÊNCIA PARA REGIME DE TRAMITAÇÃO EM URGÊNCIA ESPECIAL, DO PROJETO DE LEI ORDINÁRIO Nº 95/2017, COM OBSERVÂNCIA DO ART. 123, PARÁGRAFO 3º, INCISO VII, ART. 145, PARÁGRAFO 2º, E DO ART. 148 TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPOÁ</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS SOBRE O NÃO ENSAIBRAMENTO DA RUA 1960, LOCALIZADA NO BALNEÁRIO PALMEIRA, O REFERIDO ENSAIBRAMENTO FOI MOTIVOS DE 03 ABAIXO-ASSINADO FEITO POR MORADORES, 04 INDICAÇÕES DE AUTORIA DESTE VEREADOR AS QUAIS ENCAMINHADA AO EXECUTIVO COM A NUMERAÇÃO 223/2013, 73/2014, 127/2014 E 228/2015, SENDO QUE FOI REALIZADA OUTRAS 03 INDICAÇÕES DE OUTROS VEREADORES. _x000D_
 </t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">		O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS QUAL O PROCEDIMENTO QUE ESTÁ SENDO REALIZADO PELO PODER EXECUTIVO, À RESPEITO DA LEI MUNICIPAL 627/2015.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS QUAL O MOTIVO DA FALTA DE ILUMINAÇÃO PÚBLICA NA RUA BENTO FRANCISCO DA SILVA, LOCALIZADA NA GLEBA I, NO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>Márcia, Carlito, Geraldo, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		OS VEREADORES QUE ESTE SUBSCREVEM, APÓS OUVIDO O PLENÁRIO E ATENDIDAS AS FORMALIDADES REGIMENTAIS, REQUER INFORMAÇÕES A RESPEITO DO IMÓVEL ALUGADO QUE AINDA SE ENCONTRA INSTALADO A SECRETARIA DE AGRICULTURA E PESCA E O ÓRGÃO DO CONSELHO TUTELAR,  COM O RESPECTIVO CONTRATO DE LOCAÇÃO, CONTENDO OS VALORES ATUALIZADOS DO ALUGUEL, EM QUE A PREFEITURA FIGURA COMO LOCATÁRIA DO IMÓVEL, NO PERÍODO DE 01/01/2013 ATÉ 30/04/2016. </t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS CARGOS VAGOS E OCUPADOS REFERENTE À LEI MUNICIPAL QUE DISPÕE SOBRE OS CARGOS DO PODER EXECUTIVO DE ITAPOÁ, PARA FINS DE FISCALIZAÇÃO NAS NOMEAÇÕES DO CONCURSO PÚBLICO EDITAL Nº 50/2015.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>Osni Ocker, Carlito, Geraldo, Márcia, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A DESTINAÇÃO DO CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 37 MIL, EM FAVOR DA ASSOCIAÇÃO DOS CATADORES E CARROCEIROS DE ITAPOÁ, CONFORME ESTIPULADO PELA LEI MUNICIPAL Nº 611/2015</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
     <t>Carlito, Geraldo, Márcia, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COPIA DE DOCUMENTOS REFERENTES APRESTAÇÃO DE SERVIÇOS PELA EMPRESA D-GEO- GEOLOGIA E ENGENHARIA AMBIENTAL.</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A CONSOLIDAÇÃO DA LEI ORDINÁRIA MUNICIPAL Nº 155/2003, QUE DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DO PODER EXECUTIVO DO MUNICÍPIO DE ITAPOÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
     <t>Osni Ocker, Carlito, Edinho, Márcia, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A QUANTIDADE, VALORES E BENEFICIADOS COM A DOAÇÃO DE ADUBO PELA PREFEITURA MUNICIPAL, NOS ANOS DE 2015 E 2016.</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
     <t>Jefinho, Edinho, Ernesto da Igreja</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5414/5414_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5414/5414_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">   OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL COM FUNDAMENTO NO ART. 50, ART. 59, ART. 123, § 3, INCISO VI DO REGIMENTO INTERNO E, DEPOIS DE OUVIDO O PLENÁRIO, A  CRIAÇÃO DE UMA COMISSÃO ESPECIAL PARA DISCUSSÃO SOBRE OS PROJETOS DE LEI  QUE TRATAM  DO PLANO DIRETOR DESTE MUNICÍPIO, ATRAVÉS DE PROJETO DE RESOLUÇÃO PELA MESA DIRETORA DESTA CASA.</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A UTILIZAÇÃO DA MÁQUINA TRATOR, DA PREFEITURA MUNICIPAL DE ITAPOÁ, NAS CONCESSÕES PARA UTILIZAÇÃO AOS AGRICULTORES DE ITAPOÁ E NOS CRITÉRIOS DE ESCOLHA DOS AGRICULTORES BENEFICIADOS.</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>Márcia, Carlito, Ernesto da Igreja, Geraldo, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO PREFEITO E DOS SECRETÁRIOS MUNICIPAIS, NOS TERMOS DOS ARTIGOS 233, 234 E 235 DO REGIMENTO INTERNO DA CASA E DOS ARTIGOS 22 E 29 DA LEI ORGÂNICA DE ITAPOÁ.</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> O VEREADOR QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL COM FUNDAMENTO NO ART. 123, § 3, INCISO I DO REGIMENTO INTERNO E, DEPOIS DE OUVIDO O PLENÁRIO, A  SAÍDA DA COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS E DA COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA.</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
     <t>Geraldo, Carlito, Márcia, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM,  REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS,  QUAIS CRITÉRIOS FORAM ADOTADOS PARA ABERTURA DE RUAS E EXECUÇÃO DE BUEIROS, NO BALNEÁRIO  VOLTA AO MUNDO I,  NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>Carlito, Geraldo, Osni Ocker, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM,  REQUEREM NA FORMA REGIMENTAL COM FUNDAMENTO NO ART. 50, ART. 59, ART. 123, § 3, INCISO VI DO REGIMENTO INTERNO E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES E COPIA DE DOCUMENTOS DAS EMPRESAS ABAIXO:</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>Mingo da Barra</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5520/5520_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5520/5520_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM,  REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS, QUAL O NÚMERO DE VAGAS ABERTAS PARA ATENDER A DEMANDA DA CRECHE MUNICIPAL NA LOCALIDADE DA BARRA DO SAÍ,  BEM COMO CÓPIA DA RELAÇÃO DE CRIANÇAS QUE ESTÃO AGUARDANDO VAGA NESTE SEGUNDO SEMESTRE DO ANO LETIVO NESTA CRECHE. _x000D_
 </t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>Carlito, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM,  REQUEREM NA FORMA REGIMENTAL COM FUNDAMENTO NO ART. 50, ART. 59, ART. 123, § 3, INCISO VI DO REGIMENTO INTERNO E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENFORME A ESTA CASA DE LEIS, SE O EVENTO QUE ESTA SENDO DIVULGADO ATRAVÉS DE REDES SOCIAIS (FEIRA NO SHOPPING DE VERÃO ITAPEMA CONFORME PROPAGANDA ANEXA), OBTEVE AS LICENÇAS DE FUNCIONAMENTO EM CONFORMIDADE COM A LEI MUNICIPAL N. 643/2016:</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
     <t>Ernesto da Igreja, Daniel Weber, Edinho, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5736/5736_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5736/5736_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS QUAL O MOTIVO DA TRAVESSA DO CEDRO SE ENCONTRAR FECHADA POR MURO, E ATÉ O MOMENTO NÃO TER SIDO TOMADO PROVIDÊNCIAS PARA A DEVIDA REABERTURA DA VIA, A QUAL SE ENCONTRA LOCALIZADA NA GLEBA II-(SAMAMBAIAL), NO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5738/5738_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5738/5738_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O BLOQUEIO DO ACESSO DAS EMBARCAÇÕES DE PESCADORES NAS VIAS URBANAS PÚBLICAS MUNICIPAIS DE ITAPOÁ QUE DÃO ACESSO À BAIA DA BABITONGA, NO BALNEÁRIO PONTAL, LOTEAMENTO FAROL DE ITAPOÁ I.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5739/5739_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5739/5739_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O BLOQUEIO, POR PARTICULARES, DE VIAS URBANAS NO LOTEAMENTO FAROL DE ITAPOÁ I, BALNEÁRIO DO PONTAL, DA RUA CARACARÁ, COM AS ESQUINAS DAS RUAS TIMUNA (2820), APENU (2800), ANGELO TESSARI (2790) E TUINDARA (2780)</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Márcia, Carlito, Geraldo, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4442/4442_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4442/4442_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENVIE PARA ESTA CASA DE LEIS INFORMAÇÕES REFERENTE À VIABILIZAÇÃO DE ESTUDOS PARA ASFALTAMENTO DA RUA MARIANA MICHELS BORGES, RUA ESTA QUE DÁ ACESSO AO FÓRUM, PRONTO ATENDIMENTO E CÂMARA DE VEREADORES, NO BAIRRO ITAPEMA DO NORTE.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>Márcia, Carlito, Geraldo, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4443/4443_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4443/4443_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, OFICIE O GOVERNO DO ESTADO DE SANTA CATARINA, SOLICITANDO A INSTALAÇÃO DE UM POSTO DA POLÍCIA RODOVIÁRIA ESTADUAL NA SC 416, BEM COMO O AUMENTO DE EFETIVO NA POLÍCIA CIVIL E MILITAR DE NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>Carlito, Geraldo, Márcia, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4465/4465_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4465/4465_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DO PROJETO DA CONSTRUÇÃO DA PRAÇA DO BALNEÁRIO ITAPOÁ.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4466/4466_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4466/4466_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 - VALOR DA FOLHA DE PAGAMENTO DA SECRETARIA DE OBRAS;_x000D_
 - VALOR DESCRIMINADO DAS VERBAS TRANSITÓRIAS.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4467/4467_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4467/4467_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES SOBRE OS PONTOS DE TÁXI EXISTENTES E DEVIDAMENTE REGULAMENTADOS  NESTE  MUNICÍPIO.  </t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4480/4480_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4480/4480_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DOS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 - PROCESSO LICITATÓRIO 02/2015, INEXIGIBILIDADE 01/2015 CAPA A CAPA;_x000D_
 _x000D_
 - RELATÓRIO CONTENDO O MONTANTE DE DESPESAS DA REALIZAÇÃO DO CARNAVAL/2015;_x000D_
 _x000D_
 - RELATÓRIO COM AS DESPESAS REALIZADAS NO CARNAVAL/2015 PAGAS COM RECURSOS DE PATROCÍNIO, ACOMPANHADO DA CÓPIA DOS EMPENHOS;_x000D_
 _x000D_
 -RELATÓRIO CONTENDO O MONTANTE DAS DESPESAS REALIZADAS NO CARNAVAL PAGAS COM RECURSOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4505/4505_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4505/4505_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA, CAPA A CAPA, DE TODOS OS REQUERIMENTOS DA EMPRESA V. A. FRANCO PLACAS ME, PROTOCOLADOS NOS ANOS DE 2013 E 2014, DEVENDO, OBRIGATORIAMENTE, CONSTAR A DECISÃO PROFERIDA NOS REFERIDOS DOCUMENTOS.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>Geraldo, Carlito, Márcia, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4523/4523_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4523/4523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA CONCEDIDO A JOSÉ SLUMINSKI, NAS COMEMORAÇÕES DESTE ANO DE 2015, NO ANIVERSÁRIO DE ITAPOÁ, O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE ITAPOÁ, PELA CRIAÇÃO, NO ANO DE 1992, DO HINO DE ITAPOÁ, UM DOS SÍMBOLOS DE NOSSO MUNICÍPIO, ETERNIZADO NA LETRA E COMPOSIÇÃO DO AUTOR. </t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>Osni Ocker, Carlito, Geraldo, Márcia</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4526/4526_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4526/4526_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DO CONTRATO DE ALUGUEL DA CASA ALUGADA PARA A CRECHE NA LOCALIDADE SAÍ MARIM.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4529/4529_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4529/4529_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA, CAPA A CAPA, DA TOMADA DE PREÇO Nº 09/2014 E DE TODOS OS ADITIVOS.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>Thomaz, Daniel Weber, Edinho, Ernesto da Igreja, Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4530/4530_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4530/4530_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS SE EXISTE UM CRONOGRAMA DE ROÇADAS REFERENTE AO BAIRRO PONTAL DO NORTE.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>Thomaz, Daniel Weber, Edinho, Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4531/4531_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4531/4531_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS SOBRE A POSSIBILIDADE DE CONFECCIONAR-SE, E ENVIAR PARA ESTE PODER, UM PROJETO DE LEI REGULAMENTANDO UM LOCAL ESPECÍFICO PARA O SOM AUTOMOTIVO.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4532/4532_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4532/4532_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS QUANTO A POSSIBILIDADE DE SER CONFECCIONADO, E ENVIADO PARA ESTE PODER, UM PROJETO DE LEI ESPECÍFICO SOBRE O TRÁFEGO DE CAMINHÕES NO PERÍMETRO URBANO DO MUNICÍPIO DE ITAPOÁ, SUBSTITUINDO O DECRETO MUNICIPAL N° 1594/2012.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>Ernesto da Igreja, Daniel Weber, Edinho, Jocélio, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4537/4537_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4537/4537_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENVIE A ESSA CASA LEGISLATIVA INFORMAÇÕES ACERCA DO ANDAMENTO DA REGULARIZAÇÃO DA GLEBA I E II.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>Carlito</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4542/4542_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4542/4542_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CELSO ANTONIO GOMES.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4546/4546_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4546/4546_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE CÓPIA DO QUADRO DE VAGAS DE CADA UNIDADE ADMINISTRATIVA E A RESPECTIVA LOTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, PREVISTO NO ARTIGO 23 DA LEI COMPLEMENTAR MUNICIPAL N. 44/2014, DATADA DE 12.09.2014.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4557/4557_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4557/4557_texto_integral.pdf</t>
   </si>
   <si>
     <t>EDSON DA CUNHA SPECK, BRASILEIRO, CASADO, COMERCIANTE, PORTADOR DO RG Nº 362418-9, INSCRITO NO CPF SOB O Nº 029.477.609-56, VENHO, POR MEIO DESTE, COM FUNDAMENTO NO ART. 28, INCISO III, DO REGIMENTO INTERNO, REQUERER A RENÚNCIA DO CARGO DE 2º SECRETÁRIO DA MESA DIRETORA DESTA CÂMARA DE VEREADORES.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4558/4558_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4558/4558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">THOMAZ WILLIAM PALMA SOHN, BRASILEIRO, CASADO, EMPRESÁRIO, PORTADOR DO   CPF Nº 062.080.289-81, RESIDENTE E DOMICILIADO NA RUA 2550, Nº 775, COM APARO NO ARTIGO 28, III, DO REGIMENTO INTERNO, VENHO POR MEIO DESTE REQUERER A RENÚNCIA DO CARGO DE 1° SECRETÁRIO DA MESA DIRETORA DA CÂMARA DE VEREADORES DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4559/4559_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4559/4559_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS SOBRE TODOS OS PROCEDIMENTOS ADOTADOS NO ATENDIMENTO OCORRIDO NO PRONTO ATENDIMENTO 24 HORAS (PA) COM A PACIENTE LEONETE DO SANTOS, NOS DIAS 14, 16, 17, 18 E 19 DE MARÇO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>Márcia</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4576/4576_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4576/4576_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO SENHOR MARCOS ANTONIO FONTANA, PROFESSOR APOSENTADO DA REDE DE ENSINO ESTADUAL E MUNICIPAL DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO À SENHORA SÔNIA MARIA DA SILVEIRA, PROFESSORA E ORIENTADORA EDUCACIONAL DA REDE MUNICIPAL DE ENSINO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO À SENHORA SOLANE GODET ZAGONEL, TÉCNICA DE ENFERMAGEM DA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO CONCEDA MEDALHA DE HONRA AO MÉRITO AO SENHOR LUIZ ANTONIO PIAZZETTA.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>Ernesto da Igreja</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO SENHOR FERNANDO PACHECO, MINISTRO DA EUCARISTIA DA PARÓQUIA NOSSA SENHORA IMACULADA CONCEIÇÃO E JUIZ DE PAZ DO CARTÓRIO DE ITAPOÁ. </t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4587/4587_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4587/4587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO SENHOR FRANCISCO BESEN, EMPRESÁRIO EM ITAPOÁ, UM DOS PIONEIROS EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME PARA ESTA CASA DE LEIS QUAL O PROCEDIMENTO SERÁ TOMADO A RESPEITO DA INDICAÇÃO Nº 62/2015, QUE TRATA DO MANILHAMENTO DA RUA IZABEL CABRAL BORGES.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE,  ENCAMINHE A ESTA CASA DE LEIS,  ESCLARECIMENTOS E CÓPIA  DOS SEGUINTES DOCUMENTOS REFERENTE A ESTRUTURA CONSTRUÍDA NA ESQUINA DA RUA ANTÔNIO BISCHOF COM O FINAL DA RUA ARMINDO BUENO, NO BALNEÁRIO ITAPEMA DO NORTE (FOTOS ABAIXO):_x000D_
         -  FINALIDADE DA CONSTRUÇÃO_x000D_
         - VALOR DO PROJETO_x000D_
         - PROJETO DE ENGENHARIA_x000D_
         - ALVARÁ DE CONSTRUÇÃO_x000D_
         - LICENÇA AMBIENTAL</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4657/4657_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4657/4657_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, DE FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUANTO À EXISTÊNCIA DE UM CRONOGRAMA PARA A INSTALAÇÃO DE LOMBADA NA COMUNIDADE PRIMEIRO DE JULHO.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÕES SOBRE OS PAGAMENTOS DE TODOS OS VEÍCULOS DE COMUNICAÇÃO CONTRATADOS PELA PREFEITURA DE ITAPOÁ, E COM AS RESPECTIVAS CÓPIAS DAS NOTAS DE EMPENHO, NO PERÍODO DE 01/01/2013 ATÉ 07/05/2015. PELO PRINCÍPIO DA ECONOMICIDADE, TODOS OS DOCUMENTOS PODEM SER ENVIADOS EM FORMATO DIGITAL PARA O E-MAILPROTOCOLO@CAMARAITAPOA.SC.GOV.BR(E-MAIL OFICIAL DA CÂMARA, NOS TERMOS DO ART. 127 DO REGIMENTO INTERNO DA CASA).</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE TODOS OS IMÓVEIS, RESPECTIVOS CONTRATOS, VALORES ATUALIZADOS DOS ALUGUÉIS E DESTINAÇÕES, EM QUE A PREFEITURA FIGURA COMO LOCATÁRIA DOS IMÓVEIS, NO PERÍODO DE 01/01/2013 ATÉ 01/05/2015.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES, PARA ESTA CASA DE LEIS, SOBRE A ELABORAÇÃO DE PROJETO PARA A INSTALAÇÃO DO CENTRO DE ATENDIMENTO PSICOSSOCIAL &amp;#8211; CAPS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>Daniel Weber, Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL, COM FULCRO NO § 2º, DO ART. 2º, DA LEI MUNICIPAL N. 257/2004, E APÓS OUVIDO O PLENÁRIO, AUTORIZAÇÃO PARA AUSENTAREM-SE NA REUNIÃO ORDINÁRIA DO DIA 17 DE AGOSTO DE 2015, PARA TRATAREM DE ASSUNTOS FAMILIARES, FORA DO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, DE FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE O PROTOCOLO ENTREGUE NA FATMA SOBRE A DOCUMENTAÇÃO EIA/RIMA GLEBA I E II.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME ESTA CASA DE LEIS SOBRE O QUADRO DE LOTAÇÃO DOS SERVIDORES PÚBLICOS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, COM SUA CARGA HORÁRIA E LOCAL DE LOTAÇÃO, PARA CONHECIMENTO E PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE INFORMAÇÕES, PARA ESTA CASA DE LEIS, SOBRE A INSTALAÇÃO DO MONITORAMENTO COM CÂMERAS DE SEGURANÇA NAS RUAS DE ITAPOÁ</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES, POR MEIO DE UMA LISTAGEM, COM OS REPASSES FINANCEIROS POR CONVÊNIOS CELEBRADOS ENTRE A PREFEITURA MUNICIPAL E AS ENTIDADES DECLARADAS DE UTILIDADE PÚBLICA NO MUNICÍPIO DE ITAPOÁ, NO PERÍODO COMPREENDIDO ENTRE 01/01/2012 A 01/08/2015. A LISTAGEM DEVERÁ RELACIONAR O NOME DA ENTIDADE BENEFICIADA E OS VALORES FINANCEIROS REPASSADOS MÊS A MÊS NO PERÍODO MENCIONADO.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES, PARA ESTA CASA DE LEIS, A RESPEITO DA CESSÃO DE USO DO EQUIPAMENTO PARA A ASSOCIAÇÃO DE CARROCEIROS E CATADORES DE ITAPOÁ, PREVISTA NA LEI MUNICIPAL Nº. 568/2015, SANCIONADA EM 08 DE MAIO 2015.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>Jocélio, Daniel Weber, Edinho, Ernesto da Igreja, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES  QUE ESTE SUBSCREVEM REQUEREM, DE FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUANTO À EXISTÊNCIA DE PROJETO OU CRONOGRAMA DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA BARRA DO SAÍ.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANDAMENTO DO EMPREENDIMENTO IMOBILIÁRIO_x000D_
 DENOMINADO RIVIERA SANTA MARIA, LOCALIZADO EM ÁREA ESPECIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>Thomaz, Edinho, Ernesto da Igreja, Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A QUANTIDADE DE SAIBRO QUE FOI UTILIZADO PARA O ENSAIBRAMENTO DE RUAS NO BAIRRO PONTAL, QUANTAS RUAS FORAM CONTEMPLADAS, QUAL O CRITÉRIO QUE FOI UTILIZADO PARA A ESCOLHA DAS RUAS CONTEMPLADAS, BEM COMO QUANTAS AINDA FALTAM.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A INEXIBILIDADE DE LICITAÇÃO Nº 04/2014 E Nº 02/2015, QUE TRATA DA PUBLICIDADE GOVERNAMENTAL EM TODA A IMPRENSA ESCRITA E ON-LINE DE ITAPOÁ.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA AUDITORIA DE REGULARIDADE DO TRIBUNAL DE CONTAS DE SANTA CATARINA, QUE FOI REALIZADO PRESENCIALMENTE PELO TRIBUNAL NO SEGUNDO SEMESTRE DE 2015, NO SETOR PESSOAL DA PREFEITURA.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES QUANTO ÀS EXIGÊNCIAS PARA LIBERAÇÃO DE FUNCIONAMENTO DAS LANCHONETES E CONGÊNERES INSTALADOS EM CONTÊINERES NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, DE FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS SOBRE AS BENFEITORIAS QUE FORAM REALIZADAS, E QUAIS AINDA SERÃO IMPLANTADAS NESTE ANO DE 2015, PELA EMPRESA PRESTADORA DE SERVIÇOS PÚBLICOS ITAPOÁ SANEAMENTO:_x000D_
 _x000D_
 - EM QUE FASE SE ENCONTRA A IMPLANTAÇÃO DA NOVA ETA?_x000D_
 - QUANTOS METROS DE ADUTORAS E RAMAIS FORAM IMPLANTADOS NO MUNICÍPIO NO ANO DE 2015?_x000D_
 - QUAL O PRAZO PARA QUE SE INICIE A IMPLANTAÇÃO DO TRATAMENTO DE ESGOTO?_x000D_
 - QUAL SERÁ A ESTIMATIVA DE FALTA DE ÁGUA NO MUNICÍPIO NA ALTA TEMPORADA?</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO CALENDÁRIO ESCOLAR MUNICIPAL 2015, INFORMAÇÕES SOBRE O ENCERRAMENTO DO PROJETO JORNADA ESCOLAR E SOBRE COMUNICADO DE RESCISÃO ANTECIPADA DOS PROFESSORES ACTS DO PROJETO.</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM REQUEREM INFORMAÇÕES, CONFORME DISPÕE O ART. 17 DA LEI ORGÂNICA DE ITAPOÁ E O ART. 123, § 3°, INCISO X DO REGIMENTO INTERNO DESTA CASA DE LEIS, E TAMBÉM CONFORME DISPOSIÇÕES CONTIDOS NA LEI N. 12.527, DE 18/11/2011, SOBRE AS SEGUINTES QUESTÕES:_x000D_
 1.		CÓPIA DIGITAL DO PROCESSO LICITATÓRIO DA CONSTRUÇÃO DAS NOVAS SALAS DE AULA NA ESCOLA FREI VALENTIM E TAMBÉM CÓPIA DIGITAL DO PROJETO DE EXECUÇÃO DA RAMPA DE ACESSO AO 2º PISO DAS SALAS DE AULA NESTA UNIDADE ESCOLAR._x000D_
 2.		O ENVIO DOS DOCUMENTOS PODERÁ SER FEITO ATRAVÉS DO E-MAIL PROTOCOLO@CAMARAITAPOA.SC.GOV.BR, NOS TERMOS DO ART. 127 DO REGIMENTO INTERNO DA CASA.</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE SUBSCREVEM REQUEREM INFORMAÇÕES, CONFORME DISPÕE O ART. 17 DA LEI ORGÂNICA DE ITAPOÁ E O ART. 123, § 3°, INCISO X DO REGIMENTO INTERNO DESTA CASA DE LEIS, E TAMBÉM CONFORME DISPOSIÇÕES CONTIDOS NA LEI 12.527, DE 18/11/2011, SOBRE AS SEGUINTES QUESTÕES:_x000D_
 1.		CÓPIA DIGITAL DA PORTARIA QUE ESTABELECEU AS NORMAS PARA A LOTAÇÃO DOS SERVIDORES PÚBLICOS NA SEDE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO,  BEM COMO CÓPIA DIGITAL DO ÚLTIMO EDITAL DE PROCESSO DE LOTAÇÃO, INCLUSIVE COM SEUS ANEXOS._x000D_
 2.		O ENVIO DOS DOCUMENTOS PODERÁ SER FEITO ATRAVÉS DO E-MAIL PROTOCOLO@CAMARAITAPOA.SC.GOV.BR, NOS TERMOS DO ART. 127 DO REGIMENTO INTERNO DA CASA.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>Daniel Weber, Edinho, Ernesto da Igreja, Jocélio</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DA POSSÍVEL TRANSFERÊNCIA DOS ALUNOS DO 9º ANO, DA ESCOLA MUNICIPAL AYRTON SENNA PARA A ESCOLA MUNICIPAL FREI VALENTIM.</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE CÓPIAS, EM FORMATO DIGITAL, DAS NOTAS FISCAIS E NOTAS DE EMPENHO DOS PAGAMENTOS DE MATERIAIS DE SAIBRO E AFINS UTILIZADO PARA A MANUTENÇÃO DAS VIAS EM 2015.</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DA POSSIBILIDADE DE CONSTRUÇÃO DE UMA PISTA DE SKATE NO BALNEÁRIO RAINHA.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3788/3788_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3788/3788_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> PEDIDO DE INFORMAÇÕES SOBRE AUSÊNCIA DO DETALHAMENTO DAS DESPESAS NO PORTAL TRANSPARÊNCIA DA PREFEITURA DE ITAPOÁ</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3786/3786_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3786/3786_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS POR QUE AINDA NÃO FOI EFETUADA A RETIRADA E A TROCA DAS ACADEMIAS AO AR LIVRE DE ITAPOÁ. </t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3787/3787_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3787/3787_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAIS FORAM AS MEDIDAS TOMADAS PARA OS SALVA VIDAS CIVIS DE ITAPOÁ, TAIS COMO MANUTENÇÃO DOS POSTOS SALVA VIDA, REMUNERAÇÃO.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3821/3821_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3821/3821_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAIS AS PROVIDÊNCIAS TOMADAS ACERCA DA CONSTRUÇÃO DA PONTE SOBRE O RIO MENDANHA E, CONSEQUENTEMENTE, O ALARGAMENTO DA AV. ANDRÉ RODRIGUES DE FREITAS, EM FRENTE À PIZZARIA ITAPEMA, NO BAIRRO ITAPEMA DO NORTE.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3822/3822_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3822/3822_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PRESENÇA DO PREFEITO MUNICIPAL PARA PRESTAR ESCLARECIMENTOS SOBRE O DECRETO EXECUTIVO Nº 2006/2013.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3845/3845_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3845/3845_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS SOBRE A EXISTÊNCIA OU NÃO DE PROJETO PARA A CONSTRUÇÃO DE GALERIA FLUVIAL NA RUA MIGUEL GALHARDI, ENTRE AS QUADRAS 17, DO BALNEÁRIO NOSSA SENHORA APARECIDA, E 08, DO BALNEÁRIO JARDIM PÉROLA DO ATLÂNTICO, NO BAIRRO ITAPEMA DO NORTE, TOTALIZANDO 03 (TRÊS) QUADRAS.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>Ernesto da Igreja, Daniel Weber, Edinho, Jefinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3861/3861_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3861/3861_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS SOBRE A EXISTÊNCIA DE UM CRONOGRAMA PARA A REVITALIZAÇÃO DA PRAÇA LOCALIZADA NA RUA JOAQUIM PERES, NA QUADRA 62, LOTE 9, AO LADO DO POSTO DE SAÚDE DO SAMAMBAIAL.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3862/3862_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3862/3862_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS SOBRE A POSSIBILIDADE DO ITINERÁRIO DO TRANSPORTE DE SAÚDE ABRANGER OS BAIRROS SAMAMBAIAL, SÃO JOSÉ E BALNEÁRIO BRASÍLIA, ENTRANDO PELA RUA WALTER CRISANTO, PASSANDO PELA RUA JOAQUIM PERES E RETORNANDO PELA AVENIDA JOSÉ DA SILVA PACHECO.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3874/3874_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3874/3874_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃ HONORÁRIA A SENHORA ANAIR BAMBINA BUCHIROLLI.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3875/3875_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3875/3875_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ AIR PINHEIRO CUNHA.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3880/3880_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3880/3880_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES SOBRE AUSÊNCIA DE PUBLICAÇÃO DAS NORMAS JURÍDICAS MUNICIPAIS NO DIÁRIO OFICIAL DOS MUNICÍPIOS DE SANTA CATARINA, CONFORME DETERMINA A LEI MUNICIPAL Nº 288/2010.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3881/3881_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3881/3881_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RELATÓRIO SOBRE A ARRECADAÇÃO DE IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) DE ÁREA ESPECIAL DE 132,3 HECTARES DO EMPREENDIMENTO DENOMINADO RIVIERA SANTA MARIA.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3889/3889_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3889/3889_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES SOBRE O ANDAMENTO DA ELABORAÇÃO E/OU REVISÃO DO PLANO DIRETOR DE ITAPOÁ.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3906/3906_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3906/3906_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA  MEDALHA DE HONRA AO MÉRITO A SENHORA JUVENTINA ANA PERES</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3907/3907_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3907/3907_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA  MEDALHA DE HONRA AO MÉRITO A SENHORA  AMÉRICA ROSÁRIO DE MIRANDA.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3903/3903_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3903/3903_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NORBERTO WEBER.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3904/3904_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3904/3904_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA A MEDALHA DE HONRA AO MÉRITO AO SENHOR ANDERSON WEBER.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3905/3905_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3905/3905_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANTÔNIO JOSÉ DE MATTOS PATRÍCIO JUNIOR.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3910/3910_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3910/3910_texto_integral.pdf</t>
   </si>
   <si>
     <t>MEDALHA DE HONRA AO MÉRITO A SENHORA ANTÔNIA PEREIRA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3911/3911_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3911/3911_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES SOBRE CADASTRAMENTO DOS LOTES LOCALIZADOS NO BALNEÁRIO SÃO JOSÉ II</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3945/3945_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3945/3945_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES QUANTO À POSSIBILIDADE DE SER CONFECCIONADO UM PROJETO DE LEI PARA PERMITIR QUE PROJETOS DE DESMEMBRAMENTOS/SUBDIVISÃO, APROVADOS ANTES DA ENTRADA EM VIGOR DA LEI N. 204, EM 1º DE NOVEMBRO DE 2008, JUNTO AO MUNICÍPIO, POSSAM SER REGULARIZADOS PERANTE O CARTÓRIO DE REGISTRO DE IMÓVEIS.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3961/3961_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3961/3961_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DA SEGUINTE DOCUMENTAÇÃO:_x000D_
 _x000D_
 1 &amp;#8211; CÓPIA DO CONVÊNIO EM PARCERIA COM O GOVERNO DO ESTADO PARA AQUISIÇÃO DE SAIBRO PARA MANUTENÇÃO DE VIAS NA ÁREA RURAL;_x000D_
 _x000D_
 2 &amp;#8211; CÓPIA DO PROJETO DE REALIZAÇÃO DA OBRA;_x000D_
 _x000D_
 3 &amp;#8211; CÓPIA DO PROCESSO LICITATÓRIO, CAPA A CAPA, DA AQUISIÇÃO DO SAIBRO RELATIVO AO CONVÊNIO;_x000D_
 _x000D_
 4 &amp;#8211; RELATÓRIO DEVIDAMENTE ASSINADO PELO FISCAL DO CONTRATO, CONTENDO:_x000D_
 _x000D_
 		A) INDICAÇÃO DOS LOCAIS ONDE FORAM FEITAS AS MANUTENÇÕES._x000D_
 _x000D_
 		B) QUANTITATIVOS._x000D_
 _x000D_
 5 &amp;#8211; CÓPIA DAS NOTAS FISCAIS DA AQUISIÇÃO DO SAIBRO._x000D_
 </t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3983/3983_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3983/3983_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DA CONFECÇÃO DE PROJETO DE LEI VISANDO CONVÊNIO COM O SINDICATO RURAL, BEM COMO A CONFECÇÃO DE CONTRATO DE COMODATO, ENTRE O PODER EXECUTIVO E O SINDICATO RURAL, TENDO COMO OBJETO UM TRATOR.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3972/3972_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3972/3972_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS SOBRE A PREVISÃO PARA O INÍCIO DAS OBRAS DE COBERTURA DA QUADRA POLIESPORTIVA DO SAMAMBAIAL (GLEBA II).</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3982/3982_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3982/3982_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS OS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 - LAUDO TÉCNICO DEVIDAMENTE ASSINADO ACOMPANHADO DA DEVIDA ANOTAÇÃO DE RESPONSABILIDADE TÉCNICA- ART DO ENGENHEIRO RESPONSÁVEL, AVALIANDO A POSSIBILIDADE DE TRÁFEGO DE VEÍCULOS E PESSOAS NA PONTE DE MADEIRA DA FIGUEIRA DO PONTAL, EXISTENTE ENTRE ESTRADA JOSE ALVES E A AV. BEIRA MAR 5.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>Daniel Weber, Edinho, Ernesto da Igreja, Jocélio, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3991/3991_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3991/3991_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS ACERCA DAS ACADEMIAS AO AR LIVRE DO MUNICÍPIO, SE AQUELAS QUE ESTÃO DANIFICADAS TERÃO OS SEUS EQUIPAMENTOS SUBSTITUÍDOS, BEM COMO QUAL O PRAZO PARA ESTA SUBSTITUIÇÃO.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3992/3992_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3992/3992_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES SOBRE A RESPONSABILIDADE DE MANUTENÇÃO DO PÍER (TRAPICHE) JUNTO AO PORTO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3993/3993_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3993/3993_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS OS SEGUINTES DOCUMENTOS: _x000D_
 _x000D_
 - CÓPIA DO PROCESSO LICITATÓRIO N. 15/2014 &amp;#8211; INEXIGIBILIDADE N. 01/2014 &amp;#8211; CAPA A CAPA;_x000D_
 - CÓPIA DAS ORDENS DE SERVIÇOS EMITIDAS;_x000D_
 - CÓPIA DOS EMPENHOS;_x000D_
 - CÓPIAS DAS NOTAS FISCAIS;_x000D_
 - CÓPIA PAGAMENTOS EFETUADOS</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>Todos os parlamentares</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4008/4008_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4008/4008_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES SOBRE O ESTADO DE CONSERVAÇÃO DAS QUADRAS ESPORTIVAS, COBERTAS OU NÃO, CONSTRUÍDAS NAS ESCOLAS DO MUNICÍPIO, BEM COMO QUAIS AS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA A MANUTENÇÃO DAS MESMAS. </t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4009/4009_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4009/4009_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES SOBRE A VIABILIDADE DE DESAPROPRIAÇÃO DE 01 (UM) TERRENO AO LADO DA ESCOLA AYRTON SENNA E 10 (DEZ) TERRENOS AOS FUNDOS DA ESCOLA CLAYTON ALMIR HERMES.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4016/4016_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4016/4016_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES ACERCA DA PRESTAÇÃO DE CONTAS DOS CARNAVAIS DE 2009, 2010, 2011 E 2012.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4017/4017_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4017/4017_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES ACERCA DA ATUAL SITUAÇÃO, BEM COMO SOBRE O PRAZO DE ENTREGA DAS OBRAS NO GINÁSIO DE ESPORTES NA ESCOLA AYRTON SENNA.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4020/4020_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4020/4020_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS  DO SETOR COMPETENTE, ENCAMINHE INFORMAÇÕES PARA ESTA CASA DE LEIS,  DA REALIZAÇÃO DE UM DO PROJETO DE DENOMINAÇÃO DA PRAÇA OU ÁREA DE LAZER VILMAR KOHLER, EM FRENTE AO HOTEL RAINHA. </t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4035/4035_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4035/4035_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE O REPASSE DO CONVÊNIO COM A COZINHA COMUNITÁRIA LOCALIZADA NO BAIRRO SAMAMBAIAL, SE ESTÁ OCORRENDO OU NÃO.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4038/4038_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4038/4038_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES SOBRE COMO SE ENCONTRA O PROCESSO DE REGULARIZAÇÃO DOS LOTES DOADOS NO ANO DE 1994 PARA MORADORES DE ITAPOÁ, REFERENTE AS QUADRAS 35 E 39, NO BALNEÁRIO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4040/4040_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4040/4040_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DA REFORMA NO MERCADO DO PEIXE, ESPECIALMENTE O NOME DA EMPRESA RESPONSÁVEL PELA REFORMA, BEM COMO O VALOR FINAL DA OBRA.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4073/4073_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4073/4073_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E APOIO PARA O ESPORTISTA PROFISSIONAL DE SURF CAETANO VARGAS.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4078/4078_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4078/4078_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE, PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A PREVISÃO PARA QUE SEJAM REALIZADAS AS PINTURAS DE SINALIZAÇÃO NA AVENIDA CELSO RAMOS.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4091/4091_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4091/4091_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE PROCESSO LICITATÓRIO E CONSTRUÇÃO DE DECK DE MADEIRA NA 3ª PEDRA.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4092/4092_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4092/4092_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DAS PROVIDÊNCIAS TOMADAS NA QUESTÃO DA INVASÃO DA ÁREA PÚBLICA JUNTO À RUA RAPHAEL CONTADOR (MARECHAL LUZ), ESQUINA COM A AVENIDA SETE DE SETEMBRO (RUA 330), BARRA DO SAÍ, ENTRE AS QUADRAS 26 E 44 DO BALNEÁRIO SAÍ MIRIM.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4131/4131_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4131/4131_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS OS SEGUINTES DOCUMENTOS: _x000D_
 _x000D_
 - CÓPIA DO CONVÊNIO QUE DEU ORIGEM AO RECEBIMENTO DA PONTE DE CONCRETO PRÉ-MOLDADA PARA O RIO PALMEIRAS;_x000D_
 - INFORMAÇÕES SOBRE OS PRAZOS DE INSTALAÇÕES DA MESMA.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4148/4148_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4148/4148_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DA FALTA DE CONTINUIDADE NA APROVAÇÃO DOS PROJETOS ARQUITETÔNICOS, CONCESSÃO DE HABITE-SE, APROVAÇÃO DE UNIFICAÇÃO/DESMEMBRAMENTO E FORNECIMENTO DE CERTIDÕES,  PELA SECRETARIA MUNICIPAL DE PLANEJAMENTO E URBANISMO.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4223/4223_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4223/4223_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES, TENDO EM VISTA A TRAMITAÇÃO DO PROJETO DE LEI Nº. 51/2014.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4226/4226_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4226/4226_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS RELATÓRIO DO CARTÃO PONTO DOS SERVIDORES E FUNCIONÁRIOS ATUANTES NO &amp;#8220;PROGRAMA DA JORNADA AMPLIADA&amp;#8221; DOS ALUNOS DA REDE MUNICIPAL DE ENSINO, DEVIDAMENTE RUBRICADOS PELO DEPARTAMENTO DE RECURSOS HUMANOS.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4246/4246_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4246/4246_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DA ESTRUTURA DO CONSELHO DA CIDADE DE ITAPOÁ &amp;#8211; CONCIDADE:_x000D_
 _x000D_
 - QUANDO SERÃO OFICIALIZADAS AS ENTIDADES PARA ESCOLHER OS NOVOS CONSELHEIROS? _x000D_
 _x000D_
 - QUANDO SERÃO CONVOCADOS OS NOVOS REPRESENTANTES DO CONCIDADE? _x000D_
 _x000D_
 - QUANDO SERÁ REALIZADA A CONFERÊNCIA MUNICIPAL DA CIDADE DE ITAPOÁ?_x000D_
 _x000D_
 - EM QUE SITUAÇÃO SE ENCONTRAM OS NOVOS PROJETOS QUE DEPENDEM DO PARECER DESTE IMPORTANTE CONSELHO DA CIDADE DE ITAPOÁ? _x000D_
 _x000D_
 - NA NOVA FORMAÇÃO DO CONSELHO DA CIDADE, HAVERÁ A PARTICIPAÇÃO DO LEGISLATIVO? _x000D_
 _x000D_
 - O NÃO FUNCIONAMENTO DO CONSELHO IMPLICA QUE OS PROJETOS SEM PARECER POSSAM SER QUESTIONADOS JUDICIALMENTE POR QUALQUER CIDADÃO?</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4290/4290_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4290/4290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIR DO PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE O ANDAMENTO PARA A EXECUÇÃO DO TREVO DE ACESSO ÀS COMUNIDADES DO BRAÇO DO NORTE E SAÍ MIRIM, NA SC-416. </t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4291/4291_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4291/4291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIR DO PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE O MOTIVO DE NÃO TER SIDO CONSTRUÍDA A PASSARELA PARA PEDESTRES SOBRE O RIO MENDANHA, QUE CRUZA A AVENIDA ANDRÉ RODRIGUES DE FREITAS, BEM COMO SE A GALERIA QUE SE ENCONTRA NO TERRENO BALDIO AO LADO DO RIO SERÁ UTILIZADA PARA A EXECUÇÃO DA OBRA._x000D_
 </t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4296/4296_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4296/4296_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS INVESTIMENTOS PARA AMPLIAÇÃO DAS VAGAS NAS CRECHES E ESCOLAS DA REDE MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4297/4297_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4297/4297_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA DE OBRAS SOBRE A SITUAÇÃO DE PRECARIEDADE DA ESTRADA CORNELSEN, ACESSO NORTE DE ITAPOÁ.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4298/4298_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4298/4298_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ABANDONO DA OBRA DE PAVIMENTAÇÃO E URBANIZAÇÃO NA AVENIDA BEIRA MAR, ENTRE A 1ª E 2ª PEDRA, NA RUA BENTO FRANCISCO DA SILVA</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4299/4299_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4299/4299_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A QUESTÃO SALARIAL DOS MÉDICOS E A AUSÊNCIA DO PROJETO DE LEI, ORIUNDO DO PODER EXECUTIVO, PARA MELHORIA DO PLANO DE CARREIRA DA CATEGORIA</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4300/4300_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4300/4300_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A MANUTENÇÃO E O PLANO DE INVESTIMENTO PARA OS APARELHOS DE GINÁSTICA EM PRAÇAS DE ITAPOÁ.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4301/4301_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4301/4301_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROCESSO DE LICENÇA AMBIENTAL E REABERTURA DO CANAL DA BOCA DA BARRA DO SAÍ, PARA ATENDIMENTO DE REIVINDICAÇÃO DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4302/4302_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4302/4302_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE OS CRITÉRIOS DE ESCOLHA DAS RUAS A SEREM PAVIMENTADAS E TAMBÉM QUAL O MOTIVO DE A RUA DO PA, FÓRUM, APAE E CÂMARA NÃO TER SIDO INCLUÍDA NOS INVESTIMENTOS DE PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4303/4303_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4303/4303_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE QUAIS OS PROCEDIMENTOS E FORMAS DE FISCALIZAÇÃO DO PODER EXECUTIVO SOBRE O TRÁFEGO DE CARRETAS DE TRANSPORTE DE CONTÊINERES.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4304/4304_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4304/4304_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O SISTEMA DE COLETA E DISTRIBUIÇÃO DE ÁGUA, E OS PREPARATIVOS PARA AMENIZAR A FALTA DE ÁGUA NA ALTA TEMPORADA.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4311/4311_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4311/4311_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O FUNDO MUNICIPAL DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4312/4312_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4312/4312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A MANUTENÇÃO DA PISTA DE SKATE, EM ITAPEMA DO NORTE, NA ESQUINA DA RUA MARIANA MICHELS BORGES.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4313/4313_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4313/4313_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS O DEMONSTRATIVO DE IMPACTO ORÇAMENTÁRIO DECORRENTE DA CONCESSÃO DA LICENÇA PRÊMIO, NA FORMA PREVISTA NO PROJETO DE LEI COMPLEMENTAR Nº. 05/2014,  INCLUINDO OS SERVIDORES QUE JÁ POSSUEM O DIREITO, MAS AINDA NÃO FIZERAM O REQUERIMENTO PARA USUFRUIR DA LICENÇA.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4314/4314_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4314/4314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O SERVIÇO DE MANUTENÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DAS AVENIDA BEIRA MAR 3 E AVENIDA BRASIL, NO TRECHO COMPREENDIDO ENTRE AS RUAS 790 E 1300.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4329/4329_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4329/4329_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS UMA CÓPIA DO PLANO DE APLICAÇÃO DOS RECURSOS DO FUNDO MUNICIPAL DE DESENVOLVIMENTO DO TURISMO DE 2015, DEVIDAMENTE APROVADO PELO CONSELHO DO RESPECTIVO FUNDO, BEM COMO O PLANO DE APLICAÇÃO DE 2014, ACOMPANHADOS DAS ATAS DE REUNIÕES DOS CONSELHOS.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4349/4349_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4349/4349_texto_integral.pdf</t>
   </si>
   <si>
     <t>_x000D_
 		OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS UMA CÓPIA DOS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 1 &amp;#8211; CÓPIA DO DECRETO DE NOMEAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA, DE AVALIAÇÃO DE RISCOS E EVACUAÇÃO DAS ESCOLAS MUNICIPAIS._x000D_
 _x000D_
 2 &amp;#8211; CÓPIA DO PLANO ESTRATÉGICO DE SEGURANÇA, DE AVALIAÇÃO DE RISCOS E EVACUAÇÃO DAS INSTITUIÇÕES DE ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4350/4350_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4350/4350_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO DEPARTAMENTO DE MEIO AMBIENTE, ENCAMINHE PARA ESTA CASA DE LEIS, INFORMAÇÕES SOBRE AS MEDIDAS QUE ESTÃO SENDO TOMADAS PARA O CUMPRIMENTO DAS LEIS N. 146/2002 E 154/2003.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4381/4381_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4381/4381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES QUANTO À EXECUÇÃO DA GALERIA PLUVIAL PARA DESAGUAR AO MAR AS ÁGUAS ACUMULADAS ENTRE OS BALNEÁRIOS RAINHA DO MAR E VOLTA AO MUNDO, AO LADO DO SOUTH BEACH, NESTE MUNICÍPIO DE ITAPOÁ.  </t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4382/4382_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4382/4382_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIR O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE A POSSIBILIDADE DA IMPLANTAÇÃO DE NOVAS TRAVESSIAS ELEVADAS PARA PEDESTRES NA AVENIDA CELSO RAMOS, ENTRE A AVENIDA BRASÍLIA E A AVENIDA JOSÉ DA SILVA PACHECO, E NA RUA LEONIDES POMMER, ENTRE AS RUAS 500 E 560, BEM COMO SE SERÁ REALIZADA A PINTURA DAS VIAS E DAS LOMBADAS E TRAVESSIAS JÁ EXISTENTES. </t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4414/4414_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4414/4414_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS, CÓPIA DO PROJETO AMBIENTAL DA ÁREA CERCADA EM FRENTE AO CALÇADÃO DA AV. BEIRA MAR 3, NA ALTURA DA RUA 860.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4415/4415_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4415/4415_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS, CÓPIA DO PROCESSO LICITATÓRIO 160/2014, CAPA A CAPA.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4420/4420_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4420/4420_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 - COMPROVAÇÃO DA UTILIZAÇÃO DOS RECURSOS DESTINADOS AO CONSELHO MUNICIPAL DO IDOSO NO ANO DE 2013 E REPROGRAMADOS PARA O EXERCÍCIO DE 2014 (CÓPIA DE EMPENHOS DE NOTAS FISCAIS);_x000D_
 _x000D_
 - COMPROVAÇÃO DA APLICAÇÃO DOS RECURSOS DESTINADOS AO CONSELHO MUNICIPAL DO IDOSO RELATIVOS AO EXERCÍCIO DE 2014 (CÓPIA DE EMPENHOS E NOTAS FISCAIS);_x000D_
 _x000D_
 - DECLARAÇÃO DO CONSELHO MUNICIPAL DO IDOSO DE QUE OS RECURSOS FORAM APLICADOS DE ACORDO COM AS LEIS FEDERAIS N. 8.842 E 10.741.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4421/4421_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4421/4421_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DO DECRETO DE NOMEAÇÃO DO CONSELHO MUNICIPAL DE ALIMENTAÇÃO ESCOLAR E CÓPIA DAS ATAS DAS REUNIÕES DOS CONSELHEIROS RELATIVAS AO EXERCÍCIO DE  2014.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4422/4422_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4422/4422_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS CÓPIA DOS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 - CÓPIA DO EMPENHO 506/2013 - PASEP - NO VALOR DE R$ 32.204,35;_x000D_
 _x000D_
 - CÓPIA DA GUIA DE RECOLHIMENTO DEVIDAMENTE AUTENTICADA REFERENTE AO EMPENHO 506/2013;_x000D_
 _x000D_
 - CÓPIA DO EMPENHO 803/2013 &amp;#8211; PASEP &amp;#8211; NO VALOR DE R$ 49.076,79;_x000D_
 _x000D_
 - CÓPIA DA GUIA DE RECOLHIMENTO DEVIDAMENTE AUTENTICA REFERENTE AO EMPENHO 803/2013.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2740/2740_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2740/2740_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL, ATRAVÉS DO SETOR COMPETENTE, INFORMAÇÕES SOBRE AS NORMAS ATUAIS PARA A CONFECÇÃO DE LIXEIRAS, CALÇADAS, ARBORIZAÇÃO, CAIXAS DE CORREIO E CONSTRUÇÃO DE ABRIGO DE BOTIJÃO NO EXTERIOR DAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2748/2748_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2748/2748_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A SITUAÇÃO DOS TERRENOS ONDE ATUALMENTE ESTÁ LOCALIZADO A SEDE DOS BOMBEIROS MILITARES DE ITAPOÁ._x000D_
 </t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2747/2747_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2747/2747_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES SOBRE O NÚMERO DE PESSOAS QUE FORAM SEPULTADAS COM O "AUXÍLIO-FUNERAL", APOS A VIGÊNCIA DA LEI MUNICIPAL N. 397/2012, A QUAL DISPÕE SOBRE A POLÍTICA DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO. AINDA, REQUER INFORMAÇÕES ACERCA DO NÚMERO DE PESSOAS REPRESENTANTES DA FAMÍLIA ENLUTADA QUE PROCURARAM O CRAS (CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL) MAS NÃO PASSARAM PELO CRITÉRIO DE AVALIAÇÃO PARA OBTER O CITADO BENEFÍCIO.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO SOLICITE DO GOVERNO DO ESTADO DE SANTA CATARINA &amp;#8211; SECRETARIA DE INFRA-ESTRUTURA PARA ENVIAR A ESTA CASA DE LEIS, O PROJETO DE EXECUÇÃO DA OBRA DE BOCAS DE LOBO E CALÇADAS NA SC 415, TRECHO COMPREENDIDO ENTRE À RUA JOÃO BATISTA VELÉM, DESDE O TREVO DA EMPRESA BRASMAR (COMUNIDADE VILA GUILHERME), AO CORPO DE BOMBEIROS DE ITAPOÁ, PARA ANÁLISE E TOMADA DE PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO INFORME À CÂMARA O NÚMERO DA MATRÍCULA DA ÁREA DE PROPRIEDADE DA PREFEITURA, LOCALIZADA NA VILA GUILHERME, DEFRONTE A RODOVIA SC-415 (ANTIGO BARREIRO), ENVIANDO CÓPIA DA DOCUMENTAÇÃO A ESTA CASA, INCLUSIVE CROQUI DE LOCALIZAÇÃO, MEMORIAL DESCRITIVO E CERTIDÃO DE CONFRONTANTES.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2817/2817_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2817/2817_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR DE PLANEJAMENTO, INFORME A ESTA CASA DE LEIS, A VIABILIZAÇÃO DE ESTUDO TÉCNICO PARA A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA NA AVENIDA JOSÉ DA SILVA PACHECO, ATENDENDO OS DIVERSOS MORADORES QUE RESIDEM NO BAIRRO SÃO JOSÉ E QUE AINDA NÃO FORAM BENEFICIADOS COM  ESTE SERVIÇO. BEM COMO, SOLICITAMOS QUE O PODER EXECUTIVO SE MANIFESTE ATRAVÉS DO SETOR COMPETENTE INFORMAÇÕES ACERCA DESTE SERVIÇO.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2818/2818_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2818/2818_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS OS MOTIVOS QUE ENCERRAR OS ATENDIMENTO DOS CORRESPONDENTES BANCÁRIOS EM TODA A CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2831/2831_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2831/2831_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENVIE À CÂMARA CÓPIAS DO ALVARÁ E/OU LIBERAÇÃO DE CONSTRUÇÃO DO MURO DA EMPRESA BRASMAR.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2832/2832_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2832/2832_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENVIE INFORMAÇÕES ACERCA DA MANUTENÇÃO DA BOCA DE LOBO APONTADAS NAS INDICAÇÕES 192/2009, 168/2011 ENTRE OUTRAS, O QUAL O PROBLEMA ATÉ O PRESENTE MOMENTO AINDA NÃO FOI SOLUCIONADO.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>Thomaz, Carlito, Geraldo, Márcia, Osni Ocker</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2839/2839_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2839/2839_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS O DESTINO DOS VALORES PAGOS EM MENSALIDADE PARA DESFRUTAR DO GINÁSIO DE ESPORTES .</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MIGUEL CARNEIRO BRAZ, RESPONSÁVEL PELA ORGANIZAÇÃO DA GINCANA DE PESCA ARTESANAL, DURANTE VINTE ANOS NA CIDADE DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ALVINO JUVENAL DE SOUZA</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR WILLY DANKER.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2893/2893_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2893/2893_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANÉVIO PAESE.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ABEL PEREIRA GOMES.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA A MEDALHA DE HONRA AO MÉRITO AO SENHOR JOÃO ANTONIO DA SILVA.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR FREDERICO BASTOS DE SOUZA.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>Daniel Weber, Ernesto da Igreja</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO INFORME À CÂMARA A POSSIBILIDADE DO TRANSPORTE COLETIVO URBANO CONTEMPLAR EM SEU ITINERÁRIO O BAIRRO SAMAMBAIAL, ENTRANDO NA AVENIDA BRASÍLIA, SEGUINDO PELA RUA JOAQUIM PERES E RETORNANDO À AV CELSO RAMOS PELA AVENIDA JOSÉ DA SILVA PACHECO.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO INFORME À CÂMARA QUAL A SITUAÇÃO EM QUE SE ENCONTRA A REGULARIZAÇÃO DO GLEBA, EM ESPECIAL A DO BAIRRO SAMAMBAIAL.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR SÉRGIO DA SILVA, PADRE DA PÁROQUIA NOSSA SENHORA DA IMACULADA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES QUANTO À VIABILIZAÇÃO DE PROJETO DE LEI VISANDO A CONTRATAÇÃO DO 2º PROFESSOR EM SALA DE AULA DO ENSINO REGULAR DA REDE MUNICIPAL ONDE HÁ MATRÍCULAS DE ALUNOS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, CONFORME DISPOSITIVO PREVISTO NA CONSTITUIÇÃO MUNICIPAL E REGIMENTO INTERNO DESTA CASA DE LEIS, INFORMAÇÕES SOBRE A ARRECADAÇÃO DE IMPOSTOS MUNICIPAIS PROVENIENTES DA EMPRESA ITAPOÁ TERMINAIS PORTUÁRIOS S/A, CNPJ N° 01.317.277/0001-05, A PARTIR DA INSTALAÇÃO DA EMPRESA E INICIO DAS OPERAÇÕES NA CIDADE DE ITAPOÁ.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS OS MOTIVOS PARA AUMENTAR MAIS DE CINQUENTA PERCENTO NO VALOR DA COSIP - CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR COMPETENTE, SOLICITE INFORMAÇÕES À EMPRESA OI SERVIÇOS DE INTERNET, TELEFONIA E TV A CABO SE HÁ ALGUM PLANEJAMENTO PARA AMPLIAR O ATENDIMENTO DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAL A ATUAL SITUAÇÃO QUE SE ENCONTRA O PROJETO ORLA. AINDA, QUAIS OS MOTIVOS DE O REFERIDO PROJETO ESTAR PARADO?</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENVIE PARA ESTA CASA DE LEIS UM CRONOGRAMA COM AS DATAS DA EXECUÇÃO DE MELHORIAS NA ESCOLA JOÃO MONTEIRO CABRAL, LOCALIZADA NO BAIRRO PONTAL</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENVIE PARA ESTA CASA DE LEIS INFORMAÇÕES QUANTO ÀS PROVIDÊNCIAS QUE SERÃO TOMADAS COM RELAÇÃO AO POSTE DE ENERGIA ELÉTRICA LOCALIZADO NA ESQUINA DA RUA LUDOVICO NOÉ ZAGONEL COM A RUA ITAIÓPOLIS, NO CENTRO, O QUAL ESTÁ PENDURADO PELOS CABOS, QUASE CAINDO.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENVIE PARA ESTA CASA DE LEIS INFORMAÇÕES QUANTO AO RETORNO DAS ATIVIDADES DO GINÁSIO DE ESPORTES DO BALNEÁRIO ITAPOÁ, LOCALIZADO EM FRENTE À ESCOLA FREI VALENTIM, ESPECIALMENTE NO PERÍODO NOTURNO.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>Daniel Weber, Edinho, Ernesto da Igreja, Jefinho, Thomaz</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3263/3263_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3263/3263_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO INFORME A ESTA CASA DE LEIS:_x000D_
 _x000D_
 QUAIS AOS MOTIVOS QUE LEVARAM À MUDANÇA DO ITINERÁRIO DO ÔNIBUS ESCOLAR QUE ATENDIA AS COMUNIDADES DOS BAIRROS SÃO JOSÉ E SAMAMBAIAL._x000D_
 HÁ A POSSIBILIDADE DA REIMPLANTAÇÃO DA REFERIDA LINHA DE ÔNIBUS?_x000D_
 AINDA, HÁ A POSSIBILIDADE DA IMPLANTAÇÃO DA LINHA DO TRANSPORTE COLETIVO MUNICIPAL, DE MANEIRA QUE CONTEMPLE AQUELAS COMUNIDADES?_x000D_
 </t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>Thomaz, Carlito, Márcia</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAL A PREVISÃO PARA INÍCIO DAS OBRAS DE PAVIMENTAÇÃO DA AVENIDA BRASIL, NO CENTRO._x000D_
 </t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, CONTATE A EMPRESA ITAPOÁ SANEAMENTO E, APÓS, INFORME A ESTA CASA DE LEIS QUAIS AS PROVIDÊNCIAS JÁ TOMADAS PARA CESSAR A FALTA DE ÁGUA QUE GERALMENTE OCORRE NO FINAL DE ANO.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SE HÁ ESTUDOS PARA MELHORAR AS CONDIÇÕES, BEM COMO PARA DISPOR MAIS ABRIGOS DE ÔNIBUS NAS PARADAS JÁ EXISTENTES.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SE HÁ PREVISÃO PARA A MANUTENÇÃO DO CAMPO DE FUTEBOL DO BAIRRO PONTAL. SE POSITIVO, ENVIAR O CRONOGRAMA.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAIS AS PROVIDÊNCIAS TOMADAS DIANTE DA INDICAÇÃO N° 37/2013, A QUAL FOI RECEBIDA POR ESSE PODER NO DIA 03 DE MARÇO DO CORRENTE ANO, PELO OFÍCIO N° 41/2013.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3316/3316_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3316/3316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAL O MONTANTE DE IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA &amp;#8211; ISSQN, ORIUNDO DAS ATIVIDADES DA COOPERATIVA DE TRANSPORTE  E LOGÍSTICA DE ITAPOÁ &amp;#8211; COOTRANLOG. </t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3332/3332_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3332/3332_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE O REPASSE DOS HONORÁRIOS DE SUCUMBÊNCIA EM NOME DA PROCURADORA JURÍDICA DO MUNICÍPIO DE ITAPOÁ, PUBLICADOS EM DESPESAS "LIQUIDAÇÃO DE EMPENHOS", NO PORTAL DA TRANSPARÊNCIA, BEM COMO SOBRE QUAL O PRAZO PARA ADEQUAÇÃO À DECISÃO ACATADA PELO TRIBUNAL DE CONTAS DO ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>Jefinho, Todos os parlamentares</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS ACERCA DO CONVÊNIO ENTRE O MUNICÍPIO E A SECRETARIA DE SEGURANÇA PÚBLICA DE SC, REFERENTE AO SISTEMA DE VIDEOMONITORAMENTO, POR CÂMERAS DE VIGILÂNCIA, QUE ITAPOÁ FOI CONTEMPLADA.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE TURISMO, MEIO AMBIENTE E CULTURA, ENCAMINHE A ESTA CASA DE LEIS OS RELATÓRIOS ABAIXO RELACIONADOS, RELATIVOS ÀS DUAS ESTRUTURAS EM MADEIRA REALIZADAS PELA SECRETARIA NA AVENIDA DO COMÉRCIO &amp;#8211; ITAPEMA DO NORTE/GLEBA I:_x000D_
 _x000D_
 CÓPIA DA(S) NOTA(S) DE EMPENHO DA PRESTAÇÃO DE SERVIÇO;_x000D_
 CÓPIA DA(S) NOTA(S) DE EMPENHO RELATIVA(S) À AQUISIÇÃO DE MATERIAL;_x000D_
 CÓPIA DAS NOTAS FISCAIS;_x000D_
 CÓPIA DOS TRÊS ORÇAMENTOS PRÉVIOS PARA A REALIZAÇÃO DO SERVIÇO;_x000D_
 CÓPIA DA LICENÇA AMBIENTAL;_x000D_
 CÓPIA DO EMBARGO DO IBAMA NA GLEBA 1 ITAPEMA DO NORTE;_x000D_
 CÓPIA DA ANOTAÇÃO DE RESPONSABILIDADE TÉCNICA DAS ESTRUTURAS;_x000D_
 SE O VALOR DAS ESTRUTURAS HOUVER ULTRAPASSADO OS LIMITES DA LEI N. 8666/93, ENCAMINHAR CÓPIA DO PROCESSO LICITATÓRIO (CAPA A CAPA);_x000D_
 CÓPIA DO PROJETO DE EXECUÇÃO. </t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS SOBRE A SITUAÇÃO EM QUE SE ENCONTRA O PROCESSO LICITATÓRIO ACERCA DO TRANSPORTE PÚBLICO MUNICIPAL, TENDO EM VISTA QUE O CONTRATO, ENTÃO VIGENTE, VENCEU NO MÊS DE JULHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUANTO À EXISTÊNCIA OU NÃO DE UM CRONOGRAMA DE IMPLANTAÇÃO DE TUBOS (MANILHAS) NO MUNICÍPIO, E, NO CASO DE EXISTIR, INFORME O ANDAMENTO NO QUAL SE ENCONTRA TAL CRONOGRAMA.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, INFORME A ESTA CASA DE LEIS QUAL O DEVER DO CENTRO DE ZOONOSES DO MUNICÍPIO DE ITAPOÁ, QUAL A LIGAÇÃO ENTRE O REFERIDO CENTRO E A ASSOCIAÇÃO DE PROTEÇÃO E ABRIGO AOS ANIMAIS CARENTES SÃO FRANCISCO DE ASSIS, BEM COMO QUAL O DEVERES DESTA PARA COM A POPULAÇÃO ITAPOAENSE.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS ALGUMAS INFORMAÇÕES SOBRE O TRAPICHE DO PONTAL:_x000D_
 _x000D_
 - QUAL A DATA DA CONSTRUÇÃO DO REFERIDO TRAPICHE?_x000D_
 - QUEM CONSTRUIU?_x000D_
 - QUAL A SUA FINALIDADE?_x000D_
 - A QUEM PERTENCE ESTE BEM?_x000D_
 - QUEM É O RESPONSÁVEL PELA MANUTENÇÃO DO MESMO?</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO DEPARTAMENTO DE MEIO AMBIENTE, ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES, BEM COMO CÓPIAS DO LAUDO DE VISTORIA E INFRAÇÕES (SE HOUVER), ACERCA DA DENÚNCIA EFETUADA NO DIA 03 DE JUNHO DE 2013, NA REUNIÃO DO CEAI (CENTRO DE ENGENHEIROS E ARQUITETOS DE ITAPOÁ) EM RELAÇÃO AO IMÓVEL CONSTRUÍDO NA RUA LEOPOLDO SPRINGEL, NAS MARGENS DO RIO MENDANHA.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DE TURISMO, MEIO AMBIENTE E CULTURA, ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DA CASA DA CULTURA</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>Ernesto da Igreja, Partido do Movimento Democrático Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES ACERCA DO CUMPRIMENTO DO TERMO DE AJUSTE DE CONDUTA (TAC) FIRMADO ENTRE O MUNICÍPIO, O MINISTÉRIO PÚBLICO E A ASSOCIAÇÃO DE MORADORES DO BALNEÁRIO SÃO JOSÉ, PRINCIPALMENTE CONCERNENTE À OBRIGAÇÃO DO MUNICÍPIO NA QUESTÃO DO PLANO DE EXPANSÃO DA REDE ELÉTRICA DO LOTEAMENTO SÃO JOSÉ </t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>Daniel Weber, Edinho, Ernesto da Igreja, Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 - QUE PROVIDÊNCIAS SERÃO TOMADAS COM RELAÇÃO AOS MUNÍCIPES QUE NÃO TÊM CONDIÇÕES FINANCEIRAS DE CONSTRUIR AS CALÇADAS DEFRONTE AOS IMÓVEIS QUE FORAM NOTIFICADOS?_x000D_
 - COMO DEVEM PROCEDER ESTES MUNÍCIPES?_x000D_
 - EXISTE A POSSIBILIDADE DE, NESTES CASOS, A PREFEITURA CONSTRUIR AS CALÇADAS E FAZER A COBRANÇA PARCELADA NO IPTU SEM A COBRANÇA DE MULTA?</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENVIE À ESTA CASA DE LEIS INFORMAÇÕES QUANTO AO ANDAMENTO DO LEVANTAMENTO REFERENTE À INDICAÇÃO Nº. 336/2013</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS OS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 - CÓPIA DO PROCESSO LICITATÓRIO Nº. 98/2013 &amp;#8211; TOMADA DE PREÇO Nº. 06/2013 &amp;#8211; CAPA A CAPA;_x000D_
 _x000D_
 - CÓPIA DO PROJETO PARTE INTEGRANTE DA LICITAÇÃO ACIMA &amp;#8211; PROJETO ARQUITETÔNICO, MEMORIAL DESCRITIVO, PLANILHAS ORÇAMENTÁRIAS E QUANTITATIVAS (ESTA CÓPIA PODE DIGITALIZADA);_x000D_
 _x000D_
 - CÓPIA DO PROJETO ARQUITETÔNICO, MEMORIAL DESCRITIVO E PLANILHAS ORÇAMENTÁRIA E QUANTITATIVO DA PRAÇA DO BALNEÁRIO ITAPOÁ (ESTA CÓPIA PODE SER DIGITALIZADA).</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE SAÚDE, INFORME QUAIS AS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA A ADESÃO DO MUNICÍPIO DE ITAPOÁ NO &amp;#8220;PROGRAMA MAIS MÉDICOS&amp;#8221; DO GOVERNO FEDERAL. </t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, ENVIE AS SEGUINTES INFORMAÇÕES ACERCA DO TRAPICHE DA FIGUEIRA DO PONTAL, O QUAL ENCONTRA-SE INTERDITADO:_x000D_
 _x000D_
 -  QUEM DETERMINOU A INTERDIÇÃO DO REFERIDO TRAPICHE?_x000D_
 - QUAIS OS MOTIVOS QUE LEVARAM À INTERDIÇÃO?_x000D_
 - QUEM EXECUTARÁ A REFORMA DO TRAPICHE?_x000D_
 - QUAL O VALOR DA OBRA?_x000D_
 - QUAL O TEMPO PREVISTO PARA A CONCLUSÃO DESTA OBRA?</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Partido Progressista</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS CÓPIA DOS ALVARÁS DE CONSTRUÇÃO DAS RESIDÊNCIAS QUE SE ENCONTRAM EM CIMA DA RUA 760, ENTRE O BALNEÁRIO JARDIM PÉROLA E A GLEBA, EM ITAPEMA DO NORTE. CASO NÃO HAJA, INFORMAR QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS ACERCA DA REGULARIZAÇÃO DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>Partido do Movimento Democrático Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2291/2291_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2291/2291_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO DE MEIO AMBIENTE E DE VIGILÂNCIA SANITÁRIA, INFORMAÇÕES SOBRE O MAU CHEIRO NA AV. ANDRÉ RODRIGUES DE FREITAS</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2292/2292_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2292/2292_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO DE ESPORTES, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DO GINÁSIO DE ESPORTES CONSTRUÍDO EM FRENTE À ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL FREI VALENTIN.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2293/2293_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2293/2293_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL, ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES QUANTO AO ALVARÁ DE DEMOLIÇÃO DE UM PRÉDIO NA RUA 1330, NAS PROXIMIDADES DA CASA DOS PADRES, NO CENTRO.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2294/2294_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2294/2294_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENCAMINHE PARA ESTA CASA DE LEIS INFORMAÇÕES ACERCA DO PROJETO SEGUNDO TEMPO.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2295/2295_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2295/2295_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL E AO PRESIDENTE DO DEINFRA, ESTUDO E PROVIDÊNCIAS NO SENTIDO DE IMPLEMENTAR MELHORAMENTOS NO ACESSO DA LOCALIDADE DE BRAÇO DO NORTE E, PREFERENCIALMENTE, A ABERTURA DE NOVO ACESSO PELA PROPRIEDADE VIZINHA À CAPELA SÃO JOSÉ, QUE JÁ POSSUI UM TRAÇADO ENTRE A LOCALIDADE DE BRAÇO DO NORTE E A SC 415. O NOVO TRAÇADO SUGERIDO PELA COMUNIDADE LOCAL DISTA APROXIMADAMENTE 800 METROS DA CAPELA SÃO JOSÉ._x000D_
                       A COMUNIDADE TAMBÉM PLEITEIA JUNTO AO DEINFRA O PROJETO E EXECUÇÃO DE ACESSO COM O USO DE TREVO DE ACESSO OU OUTRO MECANISMO QUE IMPLEMENTE MAIOR SEGURANÇA AOS USUÁRIOS DA RODOVIA.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2296/2296_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2296/2296_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O EXCECUTIVO MUNICIPAL,  INCLUA À LOCALIDADE DE BRAÇO DO NORTE COMO ITINERÁRIO DO TRANSPORTE COLETIVO URBANO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>Tessaro</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2297/2297_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2297/2297_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O EXCECUTIVO MUNICIPAL ACERCA DA VIABILIDADE DE CONSTRUÇÃO NAS MARGENS DO RIO MENDANHA.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2298/2298_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2298/2298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES ACERCA DOS LEILÕES REALIZADOS PELO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2375/2375_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2375/2375_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DA REFORMA E AMPLIAÇÃO DA ATUAL SEDE DA PREFEITURA.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2337/2337_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2337/2337_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DO CAMPO DE FUTEBOL LOCALIZADO NO CENTRO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2338/2338_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2338/2338_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DO MONUMENTO EM FRENTE À NOVA SEDE DO PODER EXECUTIVO, O QUAL CONTÉM A PLACA INAUGURAL</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2353/2353_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2353/2353_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DA POSSIBILIDADE DE MUDANÇA DO ITINERÁRIO DA LINHA DE ÔNIBUS ESCOLAR QUE SAI DA BARRA DO SAÍ, ÀS 6H, COM DESTINO À ESCOLA DE EDUCAÇÃO BÁSICA NEREU RAMOS</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2371/2371_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2371/2371_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA OFICIADO AO EXECUTIVO MUNICIPAL, SOLICITANDO PROVIDÊNCIAS ACERCA DA  MANUTENÇÃO DO CAMPO DE FUTEBOL DA LOCALIDADE DO PONTAL DO NORTE.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2372/2372_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2372/2372_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA OFICIADO AO SECRETÁRIO DE ESTADO DA EDUCAÇÃO, O SENHOR EDUARDO DESCHAMPS, PARA QUE, ATRAVÉS DA GERÊNCIA DE ENSINO DE JOINVILLE, ENVIE INFORMAÇÕES ACERCA DA INSTALAÇÃO DE UMA NOVA ESCOLA ESTADUAL NA REGIÃO DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2378/2378_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2378/2378_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES ACERCA DA EQUIPE DE FUNCIONÁRIOS INTEGRANTES DO SAMU.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2407/2407_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2407/2407_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJAM ENCAMINHADAS PARA ESTA CASA INFORMAÇÕES QUANTO À POSSÍVEIS COMPRAS FEITAS PELO MUNICÍPIO COM EVENTUAIS EMPRESAS EM NOME DE VOSSA EXCELÊNCIA, BEM COMO EM NOME DE QUALQUER MEMBRO DE SUA FAMÍLIA, DESDE O DIA 1° DE JANEIRO DE 2009 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>Barracão, Caldeira, Daniel Weber</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2432/2432_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2432/2432_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR PREFEITO MUNICIPAL ENVIE À ESTA CASA DE LEIS INFORMAÇÕES SOBRE A CONCESSÃO DO SERVIÇO DE TRANSPORTE COLETIVO URBANO E RURAL EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2434/2434_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2434/2434_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, INFORMAÇÕES ACERCA DA CRIAÇÃO DA COMISSÃO MUNICIPAL DE DEFESA CIVIL &amp;#8211; CONDEC,_x000D_
 BEM COMO DA CRIAÇÃO DO FUNDO MUNICIPAL DE\DEFESA CIVIL &amp;#8211; FUNDEC_x000D_
 </t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2457/2457_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2457/2457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES E PROVIDÊNCIAS ACERCA DAS ACADEMIAS DE GINÁSTICA AO AR LIVRE._x000D_
 </t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2473/2473_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2473/2473_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DO TRANSPORTE COLETIVO URBANO</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2503/2503_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2503/2503_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES ACERCA DO CONCIDADE, DE ACORDO COM AS LEIS N°. 74 E 80/2006, BEM COMO O REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2525/2525_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2525/2525_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÃO SOBRE O VALOR ARRECADADO EM ISSQN &amp;#8211; IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA, NAS OBRAS DE TERRAPLANAGEM E PAVIMENTAÇÃO NA AVENIDA BEIRA MAR 05, ENTRE A RUA 2.850 ATÉ O RIO PEQUENO.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2526/2526_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2526/2526_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1- CÓPIA DO CONVÊNIO ENTRE O MUNICÍPIO E A ITAPOÁ TERMINAIS PORTUÁRIOS, QUE  POSSIBILITOU A EXECUÇÃO DO DISPOSTO NO ART. 4º DA LEI MUNICIPAL  N° 345/2011. _x000D_
 2- VALOR ARRECADADO EM ISSQN &amp;#8211; IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA, NAS OBRAS DE TERRAPLANAGEM E PAVIMENTAÇÃO RELATIVAS AS MEDIDAS COMPENSATÓRIAS DO PORTO PERANTE O MUNICÍPIO, PREVISTAS NOS INCISOS DE VI AO XX DO ART. 4°, DA LEI MUNICIPAL  N° 345/2011. </t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES QUANTO À CONCLUSÃO DA OBRA DA ESCOLA PÚBLICA DE EDUCAÇÃO INFANTIL ANEXA AO PRÉDIO DA ESCOLA MUNICIPAL CLAYTON ALMIR HERMES, NO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>Caldeira, Márcia, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO SUBSCRITOS REQUEREM A VOSSA EXCELÊNCIA, NA FORMA DO ART. 52 DO REGIMENTO INTERNO, QUE SEJA FORMADA UMA COMISSÃO ESPECIAL DE INQUÉRITO &amp;#8211; C. E. I., PARA APURAR FATO ENVOLVENDO O VEREADOR IZAQUE GOES._x000D_
 </t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO,INFORMAÇÕES QUANTO AO NÚMERO DE VAGAS OFERECIDAS AOS MUNÍCIPES NO CURSO SUPLETIVO MODULARIZADO DE 1° GRAU DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2013.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, SEJA OFICIADA A MARINHA DO BRASIL, ATRAVÉS DA DELEGACIA DA CAPITÂNIA DOS PORTOS DE SÃO FRANCISCO DO SUL, PARA QUE APONTE OS PROCEDIMENTOS NECESSÁRIOS PARA TRANSFERIR O FAROLETE TRINCHEIRA OU &amp;#8220;FAROL DO PONTAL&amp;#8221; DO PATRIMÔNIO DA UNIÃO AO PATRIMÔNIO DO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PRESIDENTE DA CASA CONVOQUE A SECRETÁRIA MUNICIPAL DE SAÚDE, CONFORME ART. 29 DA LEI ORGÂNICA MUNICIPAL E ARTIGOS 229 E 230 DO REGIMENTO INTERNO.  A SECRETÁRIA MUNICIPAL PODERÁ INCUMBIR ASSESSORES, QUE O ACOMPANHEM NA OCASIÃO, DE RESPONDER AS INDAGAÇÕES.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES E PROVIDÊNCIAS SOBRE O HORÁRIO DE FUNCIONAMENTO DA FARMÁCIA BÁSICA DE SAÚDE DE ITAPOÁ</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MAURO MARIANI.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Barracão, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NILTON SEZAR MAGURNA DE MENEZES.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, CONCEDA A MEDALHA DE HONRA AO MÉRITO AO SENHOR NILTON JOSÉ SPECK.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUERER, NA FORMA REGIMENTAL, À MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX DO ART. 29 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE TÍTULO DE CIDADÃ BENEMÉRITA EM HOMENAGEM PÓSTUMA À SENHORA MADALENA HAU.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES E PROVIDÊNCIAS A RESPEITO DE ESTUDOS PARA A EXECUÇÃO DE CONCURSO PÚBLICO NESTE ANO DE 2011 PARA CARGOS DE PROVIMENTO EFETIVO NO ÓRGÃO DA PREFEITURA MUNICIPAL EM TODOS OS NÍVEIS E EM TODA SUA EXTENSÃO</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Barracão, Jefinho, Tessaro, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER LEGISLATIVO, DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, C/C ART. 4º DA LEI MUNICIPAL Nº 220/2009, CONCEDA MEDALHA DE HONRA AO MÉRITO À DRA. CÉLIA DE CONTI.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE:_x000D_
 OS RECURSOS RECEBIDOS PELO MUNICÍPIO, DESTINADOS ÀS FAMÍLIAS QUE FORAM ATINGIDAS PELAS CHEIAS NOS ÚLTIMOS DOIS ANOS;_x000D_
 SE ALGUM DESTES RECURSOS AINDA NÃO FOI APLICADO E OS MOTIVOS DESTA NÃO APLICAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, À MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX DO ART. 29 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MANOEL JOSÉ MENDONÇA, SECRETÁRIO DA SECRETARIA REGIONAL DE JOINVILLE &amp;#8211; SDR._x000D_
 </t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, À MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX DO ART. 29 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO SENHOR OSMAR LEON SILIVI.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, CÓPIA DOS DOS SEGUINTES DOCUMENTOS:_x000D_
 _x000D_
 1)CONVÊNIO FIRMADO ENTRE A PREFEITURA MUNICIPAL E A POLÍCIA MILITAR, REFERENTE À AUTORIZAÇÃO PARA A REALIZAÇÃO DE AUTUAÇÕES NO MUNICÍPIO. CASO NÃO HAJA O REFERIDO CONVÊNIO, INFORMAR O MOTIVO;_x000D_
 2)CONVÊNIO OU CONTRATO DE CONCESSÃO DA EXPLORAÇÃO E DO ALOJAMENTO DE VEÍCULOS, BEM COMO O PROCESSO LICITATÓRIO QUE DEU ORIGEM OU MESMO;_x000D_
 3)ALVARÁ DE FUNCIONAMENTO DO PÁTIO E ISS RECOLHIDO DA EMPRESA, BEM COMO CNH DOS CONDUTORES E DOCUMENTAÇÃO DOS GUINCHOS;_x000D_
 4)DECRETOS MUNICIPAIS QUE INSTITUÍRAM AS RUAS DE MÃO ÚNICA, BEM COMO LISTAGEM DAS RUAS QUE POSSUEM PROIBIÇÃO DE ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO INFORME, À ESTA CASA DE LEIS, SOBRE OS MOTIVOS QUE LEVARAM À MODIFICAÇÃO DO SENTINDO DA RUA LEOPOLDO SPRENGER, ENTRE AS AVENIDAS ANA MARIA RODRIGUES DE FREITAS E ANDRÉ RODRIGUES DE FREITAS, PARA MÃO ÚNICA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO DESTINE, ATRAVÉS DE CONCESSÃO REAL DE USO, UMA ÁREA PÚBLICA NA REGIÃO DO PONTAL PARA A CONSTRUÇÃO DE UM NOVO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, CÓPIA DAS DESPESAS PAGAS PELO MUNICÍPIO (GERADORES, ECAD, ETC.) EM APOIO AO CARNAVAL DE RUA DE ITAPOÁ &amp;#8211; 2011, REALIZADO PELA ASSOCIAÇÃO DOS AMBULANTES.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE:_x000D_
 QUAL FOI A INTERVENÇÃO DO MUNICÍPIO PARA A REALIZAÇÃO DO CONVÊNIO ENTRE O ESTADO DE SC,&amp;#8220;SUBVENÇÃO SOCIAL&amp;#8221; E A COLÔNIA DE PESCADORES Z1, QUE RESULTOU NA COMPRA DE UM AUTOMÓVEL DE PASSEIO &amp;#8220;FIAT PALIO&amp;#8221;. REQUEREMOS QUE TAIS INFORMAÇÕES VENHAM ACOMPANHADAS DE CÓPIA DOS DOCUMENTOS APRESENTADOS BEM COMO DA PRESTAÇÃO DE CONTAS DA REFERIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A POSSIBILIDADE DE CRIAÇÃO DO PROCON EM NOSSA CIDADE E ENVIO DO PROJETO DE LEI PARA SUA IMPLANTAÇÃO. </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Caldeira, Daniel Weber</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO VIABILIZE ESTUDO PARA INFORMATIZAÇÃO DO SISTEMA ÚNICO DE SAÚDE E IMPLANTAÇÃO DO SISTEMA DE MARCAÇÃO DE CONSULTAS MÉDICAS E ODONTOLÓGICAS POR TELEFONE EM ITAPOÁ.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Barracão, Daniel Weber, Jefinho, Tessaro, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES QUANTO ÀS REFORMAS NO TRECHO COM BLOQUETES QUE COMPREENDE O BALNEÁRIO SANTA CLARA ATE O HOTEL CONTINENTAL, NA AV. BRASIL</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES QUANTO ÀS CONCESSÃO DO TRANSPORTE PÚBLICO EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, ESTUDO A VIABILIDADE PARA A ELABORAÇÃO DE PROJETO DE ENGENHARIA DE TRÁFEGO RODOVIÁRIO EMBASADO EM LEVANTAMENTO QUANTITATIVO, COM O OBJETIVO DE VERIFICAR A POSSIBILIDADE E A REAL NECESSIDADE DE AQUISIÇÃO E INSTALAÇÃO DE SEMÁFOROS NA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA INFORMADO QUAIS OS CRITÉRIOS TÉCNICOS USADOS PARA CLASSIFICAR A VALETA EXISTENTE ENTRE AS QUADRAS 77 E 76, TRAVESSAS 16 E 17, NO BAIRRO SAMAMBAIAL, DIVISA COM O BALNEÁRIO BRASÍLIA, COMO SENDO UM CÓRREGO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES QUANTO AS COMPRAS PROCEDIDAS COM A PANIFICADORA E CONFEITARIA MAIKON (CNPJ 00965187000186), DESDE O DIA 1° DE JANEIRO DE 2009 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES QUANTO À APLICAÇÃO DA LEI N° 179/2008, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE MANTER A LIMPEZA NOS IMÓVEIS URBANOS DE ITAPOÁ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL, QUE O PLENÁRIO DA CÂMARA AUTORIZE A CONCESSÃO DE PALAVRA LIVRE AO PRESIDENTE DO CDL, O SR. CONRADO SCHNEIDER JUNIOR, PARA DISCORRER ACERCA DOS SEGUINTE TEMAS: PAGAMENTOS DE IMPOSTOS PELOS COMERCIANTES DA CIDADE.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, CÓPIA DO MEMORIAL DESCRITIVO E DO PROJETO BÁSICO DO PROCESSO LICITATÓRIO DE N° 76/2011, CONVITE N° 19/2011, PARA REFORMA DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL JOÃO MONTEIRO CABRAL, BEM COMO INFORMAÇÕES DE TODAS AS REFORMAS PROCEDIDAS POR ESSA ADMINISTRAÇÃO DO PERÍODO DE 2009 ATE O MOMENTO. SALIENTAMOS QUE TAIS INFORMAÇÕES DEVEM CONTER NOTAS FISCAIS E CONTRATOS EFETUADOS.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t xml:space="preserve">O   VEREADOR   QUE   ESTE   SUBSCREVE   REQUER,   NA   FORMA   DO   INCISO   II,   DO   ART.   91,   DO _x000D_
 REGIMENTO INTERNO, A CONCESSÃO DE LICENÇA PARA TRATAR DE INTERESSES PARTICULARES, PELO PRAZO DE 30 _x000D_
 (TRINTA) DIAS, COM INÍCIO EM 30 DE SETEMBRO E TÉRMINO EM 29 DE OUTUBRO DO CORRENTE ANO.   _x000D_
 </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE LICENÇA POR MOLÉSTIA DEVIDAMENTE COMPROVADA.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>Barracão, Caldeira, Izaque Goes, Jefinho, Márcia, Osni Ocker, Tessaro, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE SEJA OFICIADO O EXCELENTÍSSIMO SENHOR JUIZ ELEITORAL DA 105O ZONA_x000D_
 ELEITORAL DA CIDADE DE JOINVILLE, SOLICITANDO PROVIDÊNCIAS VISANDO A AUTORIZAÇÃO PARA A INSTALAÇÃO_x000D_
 DE UM POSTO DE ATENDIMENTO DEFINITIVO DA 105A ZONA ELEITORAL NO FÓRUM DA COMARCA DE ITAPOÁ,_x000D_
 MANTENDO-SE O ATENDIMENTO DOS ELEITORES NA PRÓPRIA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E, DEPOIS DE _x000D_
 OUVIDO   O  PLENÁRIO,   RELATÓRIO   COM   TODOS   OS   GASTOS   EFETUADOS   COM   A  COMPRA   DA  NOVA  SEDE   DA _x000D_
 PREFEITURA, DESDE A DESAPROPRIAÇÃO ATÉ AS REFORMAS FEITAS ATÉ O MOMENTO._x000D_
 </t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE SEJA OFICIADO AO SENHOR PREFEITO MUNICIPAL PARA QUE, ATRAVÉS DA SECRETARIA_x000D_
 MUNICIPAL DE EDUCAÇÃO, NOS ENVIE AS SEGUINTES INFORMAÇÕES:_x000D_
 1. CONSTA NA PROGRAMAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO E DO PLANEJAMENTO DO PREFEITO_x000D_
 MUNICIPAL PARA ESTA GESTÃO, A CONSTRUÇÃO DA CRECHE MUNICIPAL NO PONTAL, TENDO COMO_x000D_
 PRIORIDADE ESTA COMUNIDADE CARENTE?_x000D_
 2. FOI ASSINADO ENTRE PREFEITURA E MINISTÉRIO PÚBLICO ALGUM TERMO DE AJUSTAMENTO DE_x000D_
 CONDUTA EM RELAÇÃO AO ATENDIMENTO OU FALTA DE VAGAS NAS CRECHES DO MUNICÍPIO, EM_x000D_
 ESPECIAL NA COMUNIDADE DO PONTAL? SE CASO POSITIVO, FAVOR ENVIAR CÓPIA DO TAC._x000D_
 </t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE SEJA OFICIADO O SENHOR PREFEITO MUNICIPAL PARA QUE, ATRAVÉS DO SEU SETOR_x000D_
 COMPETENTE, NOS FORNEÇA A SEGUINTE INFORMAÇÃO:_x000D_
 1. QUAL O PRAZO DE CONSTRUÇÃO DO MERCADO DO PEIXE, PARA ATENDER À DEMANDA DAS_x000D_
 COMUNIDADES PESQUEIRAS DO PONTAL E FIGUEIRA?_x000D_
 2. NO CASO NEGATIVO, INFORMAR O MOTIVO, RESPEITANDO O PRAZO REGIMENTAL PARA A DEVIDA_x000D_
 RESPOSTA._x000D_
 </t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE SEJA OFICIADO O SENHOR PREFEITO MUNICIPAL PARA QUE, ATRAVÉS DO SEU SETOR_x000D_
 COMPETENTE, NOS FORNEÇA A SEGUINTE INFORMAÇÃO:_x000D_
 1. HÁ ALGUM ESTUDO PERANTE O FATMA (FUNDAÇÃO DO MEIO AMBIENTE) PARA A CONSTRUÇÃO_x000D_
 DE UM DEPÓSITO DE ENTULHOS?_x000D_
 2. CASO CONTRÁRIO, QUAL A POSSIBILIDADE DE CONSEGUIR UM LOCAL PARA ESTE FIM?_x000D_
 </t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1721/1721_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1721/1721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE A ESTE SUBSCREVE  REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO _x000D_
 O PLENÁRIO, O IMEDIATO PAGAMENTO DO PISO SALARIAL NACIONAL AOS PROFESSORES DA REDE MUNICIPAL _x000D_
 DE EDUCAÇÃO._x000D_
 OS PROFESSORES DA REDE MUNICIPAL DE ENSINO COM 40 HORAS SEMANAIS DEVEM PELA _x000D_
 LEI NO 11.738 RECEBER R$ 1.187,08. É IMPORTANTE FRISAR QUE ESTE VALOR DEVERIA SER PAGO DESDE _x000D_
 JANEIRO DE 2011. PORTANTO, SOLICITAMOS QUE, AINDA NESTE MÊS OUTUBRO, SEJA PAGO R$ 1.187,08 E QUE _x000D_
 EM JANEIRO DE 2012 SEJA REAJUSTADO CONFORME O NOVO PISO SALARIAL NACIONAL DO MAGISTÉRIO _x000D_
 BRASILEIRO.   _x000D_
 </t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE A ESTE SUBSCREVE  REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO _x000D_
 O PLENÁRIO, QUE SE VIABILIZEM ESTUDOS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS DO MUNICÍPIO _x000D_
 PARA  ASFALTAMENTO  DA AVENIDA  DAS   MARGARIDAS   QUE  DÁ  ACESSO AOS   900 ALUNOS   DA  EEB  NEREU _x000D_
 RAMOS DIARIAMENTE E SE ENCONTRA EM PÉSSIMAS CONDIÇÕES DE TRÁFEGO. _x000D_
 </t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1727/1727_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1727/1727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENVIE   CÓPIA  DO  CONVÊNIO   ENTRE  O  CORPO  DE  BOMBEIROS   E  A _x000D_
 PREFEITURA MUNICIPAL DE ITAPOÁ, QUE TRATA DO REPASSE DO FUNREBOM_x000D_
 </t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O _x000D_
 PLENÁRIO, AS SEGUINTES INFORMAÇÕES DO PODER EXECUTIVO:_x000D_
 1­) QUAL O VALOR ARRECADADO ENTRE ALVARÁS DE LOCALIZAÇÃO E SANITÁRIO DE UMA EMPRESA ESTABELECIDA _x000D_
 NA CIDADE._x000D_
 2­) QUAL O VALOR ARRECADADO ENTRE ALVARÁS DE LOCALIZAÇÃO E SANITÁRIO DE CADA ESTANDE LOCALIZAÇÃO _x000D_
 NAS FEIRAS DE VERÃO._x000D_
 3­) QUAL O VALOR TOTAL ARRECADADO ENTRE ALVARÁS DE LOCALIZAÇÃO E SANITÁRIO NAS FEIRAS DE VERÃO NO _x000D_
 VERÃO 2010/2011._x000D_
 4­)   QUAL   O   VALOR   SERIA   ARRECADADO   ENTRE   ALVARÁS   DE   LOCALIZAÇÃO   E   SANITÁRIO   DE   UMA   EMPRESA _x000D_
 CONSTITUÍDA POR MEI INSTALADA EM UM ESTANDE DENTRO DE UMA FEIRA DE VERÃO. _x000D_
 </t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE O NÚMERO DE VAGAS ABERTAS PARA ATENDER A DEMANDA DAS_x000D_
 CRECHES MUNICIPAIS DAS LOCALIDADES PONTAL, BARRA, SÃO JOSÉ, SAMAMBAIAL, ITAPEMA E CENTRO, BEM_x000D_
 COMO CÓPIA DA RELAÇÃO DE CRIANÇAS QUE ESTÃO AGUARDANDO VAGA DURANTE ESTE ANO LETIVO NAS CRECHES_x000D_
 DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES, COM A MÁXIMA URGÊNCIA, SOBRE A NÃO UTILIZAÇÃO DO PRÉDIO_x000D_
 QUE FOI CONSTRUÍDO NO ANO DE 2007 PARA FUNCIONAMENTO DA PRÉ ESCOLA REINO DA ÁGUAS CLARAS NA_x000D_
 COMUNIDADE DO SAMAMBAIAL, E QUE HOJE ESTÁ SENDO UTILIZADO PARA OUTROS FINS._x000D_
 </t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>Partido da República, Partido Progressista</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSÃO ESPECIAL DE INQUÉRITO CEI PARA APURAR AS DENÚNCIAS ENVOLVENDO O VEREADOR IZAQUE GÓES.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENVIE INFORMAÇÕES DO VALOR GASTO COM MÃO DE OBRA E MATERIAL _x000D_
 PARA PREPARAÇÃO DA BASE ASFÁLTICA NA AVENIDA DOUTORA ZILDA ARNS NEUMANN, ENTRE AS RUAS 1100 E _x000D_
 1300._x000D_
 </t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1518/1518_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1518/1518_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS, AS_x000D_
 SEGUINTES INFORMAÇÕES QUANTO AO PROCESSO LICITATÓRIO QUE GEROU A COMPRA DE UM VEÍCULO_x000D_
 USADO TIPO ÔNIBUS, COM CAPACIDADE MÍNIMA PARA 48 LUGARES_x000D_
 </t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1519/1519_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1519/1519_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS, AS_x000D_
 SEGUINTES INFORMAÇÕES QUANTO À VIGILÂNCIA SANITÁRIA:_x000D_
 &amp;#8226; CÓPIA DE TODAS A AUTUAÇÕES PROCEDIDAS NOS ÚLTIMOS CINCO MESES;_x000D_
 &amp;#8226; DESTINO DOS PRODUTOS APREENDIDOS PELOS FISCAIS._x000D_
 </t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1522/1522_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1522/1522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS, AS_x000D_
 SEGUINTES INFORMAÇÕES REFERENTES AO PRONTO ATENDIMENTO (PA) 24 HORAS:_x000D_
 &amp;#8226;_x000D_
 RELATÓRIO CONTENDO OS NOMES DOS MÉDICOS QUE FIZERAM PLANTÃO NO REFERIDO PA,_x000D_
 ENTRE OS DIAS 1° DE DEZEMBRO DE 2009 E 20 DE JANEIRO DE 2010._x000D_
 </t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>Caldeira, Partido Progressista</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1523/1523_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1523/1523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS  VEREADORES  QUE  ESTA  SUBSCREVEM  REQUEREM,  NA FORMA REGIMENTAL  E, _x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O SR. ERVINO SPERANDIO, CHEFE DO PODER EXECUTIVO, _x000D_
 ENCAMINHE À ESTA CASA DE LEIS, INFORMAÇÕES SOBRE QUAIS PROVIDÊNCIAS FORAM TOMADAS _x000D_
 ACERCA DA DENÚNCIA FEITA PELO MUNÍCIPE SR. RONILDE DA SILVA CONTRA O SERVIDOR EDSON, DA _x000D_
 VIGILÂNCIA SANITÁRIA, A QUAL FOI ENCAMINHADA AO PODER EXECUTIVO POR ESTA CASA, ATRAVÉS _x000D_
 DO OFÍCIO GP/NO 06/2010._x000D_
 </t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1525/1525_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1525/1525_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE _x000D_
 OUVIDO   O   PLENÁRIO,   CÓPIAS   AO   PODER   EXECUTIVO   DOS   ESTUDOS   TÉCNICOS   E/OU   OUTROS _x000D_
 DOCUMENTOS QUE VIABILIZARAM O REBAIXAMENTO DA VIA PÚBLICA LOCALIZADA NO PONTAL DO _x000D_
 NORTE, NO TRECHO ONDE ESTÁ SENDO CONSTRUÍDO O TERMINAL PORTUÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>Izaque Goes</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1526/1526_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1526/1526_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, A EXPEDIÇÃO DE OFÍCIO À DIRETORIA OU GERÊNCIA REGIONAL DO BANCO DO_x000D_
 BRASIL, SOLICITANDO URGENTEMENTE A REFORMA DA AGÊNCIA LOCAL DA INSTITUIÇÃO, EM ESPECIAL A_x000D_
 CLIMATIZAÇÃO E DISPONIBILIZAÇÃO DE MAIS 02 (DOIS) FUNCIONÁRIOS PARA ATENDIMENTO DE_x000D_
 CAIXA._x000D_
 REQUER, AINDA, À MESA, QUE SEJA AGENDADA UMA AUDIÊNCIA COM O_x000D_
 REPRESENTANTE DA REFERIDA INSTITUIÇÃO BANCÁRIA, DESIGNANDO-SE UMA COMITIVA DE PELO_x000D_
 MENOS 03 (TRÊS) VEREADORES PARA ENTREGAR EM MÃOS O OFÍCIO ORA SOLICITADO, E APRESENTAR_x000D_
 AS REIVINDICAÇÕES TAMBÉM PESSOALMENTE, REFORÇANDO O CLAMOR DOS NOSSOS MUNÍCIPES._x000D_
 </t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1529/1529_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1529/1529_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADORA QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, A EXPEDIÇÃO DE OFÍCIO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E AO_x000D_
 CONSELHO MUNICIPAL DE EDUCAÇÃO PARA QUE ENVIEM INFORMAÇÕES E CÓPIA DA RESOLUÇÃO_x000D_
 DO CONSELHO MUNICIPAL DE ITAPOÁ QUE DETERMINA O ZONEAMENTO ESCOLAR NO MUNICÍPIO DE_x000D_
 ITAPOÁ NESTE ANO DE 2010._x000D_
 </t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1531/1531_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1531/1531_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM NA FORMA REGIMENTAL, E_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PREFEITO MUNICIPAL, SR. ERVINO SPERANDIO, FAÇA A_x000D_
 AQUISIÇÃO, ATRAVÉS DE FINANCIAMENTO, CASO O MUNICÍPIO NÃO DISPONHA DE VERBA PARA_x000D_
 COMPRA À VISTA, DE MAQUINÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1533/1533_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1533/1533_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS _x000D_
 DE OUVIDO O PLENÁRIO, INFORMAÇÕES SOBRE:_x000D_
 &amp;#8226; QUANTO FOI RECOLHIDO DE ISS DA OBRA DO PORTO DE ITAPOÁ, PELA PREFEITURA ;_x000D_
 &amp;#8226; QUANTO   A   EMPRESA   CONSTRUTORA   OBTEVE   DE   DESCONTO   DO   ISS,   POR   DEDUÇÃO   DE _x000D_
 MERCADORIA._x000D_
 </t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1534/1534_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1534/1534_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA_x000D_
 REGIMENTAL À MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO_x000D_
 XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE TÍTULO DE_x000D_
 CIDADÃO HONORÁRIO AO SENHOR MARCOS SEBASTIÃO MERTENS._x000D_
 </t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>Caldeira, Daniel Weber, Izaque Goes, Jefinho, Márcia, Osni Ocker, Valdecir Construtor</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1535/1535_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1535/1535_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS   VEREADORES   QUE   ESTE   SUBSCREVEM,   REQUEREM   NA   FORMA   REGIMENTAL   À _x000D_
 MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX DO ARTIGO 29 DA _x000D_
 LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ _x000D_
 HENRIQUE DA SILVEIRA, GOVERNADOR DO ESTADO DE SANTA _x000D_
 </t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1536/1536_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1536/1536_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUERER NA FORMA REGIMENTAL  À MESA DIRETORA, APÓS _x000D_
 OUVIDO   O   PLENÁRIO   E   DE   ACORDO   COM   O   INCISO   XIX   DO   ARTIGO   29   DA   LEI   ORGÂNICA _x000D_
 MUNICIPAL,   A   CONCESSÃO   DE   TÍTULO   DE   CIDADÃO   BENEMÉRITO   EM _x000D_
 HOMENAGEM PÓSTUMA AO SENHOR  WILSON FILEMON BRAGA MADEIRA, _x000D_
 EX­ FUNCIONÁRIO, APOSENTADO, DESTA CASA DE LEIS._x000D_
 </t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1537/1537_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1537/1537_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL À_x000D_
 MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX, DO_x000D_
 ARTIGO 29, DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE MEDALHA DE HONRA AO_x000D_
 MÉRITO À SENHORA PATRÍCIA DE JESUS MARTINS, FUNDADORA DA CASA DO_x000D_
 AMPARO AO IDOSO MARANATA._x000D_
 </t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1538/1538_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1538/1538_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL À_x000D_
 MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX, DO_x000D_
 ARTIGO 29, DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE MEDALHA DE HONRA AO_x000D_
 MÉRITO AO SENHOR ANTENOR FRANCISCO CORREIA._x000D_
 </t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, LAUDO TÉCNICO ESTRUTURAL DO IMÓVEL EM QUESTÃO NO PROJETO DE LEI N°._x000D_
 248/2010, FEITO POR ENGENHEIRO NÃO LIGADO AO EXECUTIVO MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1540/1540_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1540/1540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL À MESA_x000D_
 DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO XIX DO ARTIGO 29_x000D_
 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO À_x000D_
 SENHORA SÔNIA MARLENE WESTPHAL - PROFESSORA ALFABETIZADORA_x000D_
 DA REDE MUNICIPAL DE ENSINO DE ITAPOÁ/SC._x000D_
 </t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1541/1541_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1541/1541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES_x000D_
 QUANTO O VALOR RECOLHIDO DE ISS DA EMPRESA DE TERRAPLANAGEM GOLL, PELA PREFEITURA._x000D_
 </t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1542/1542_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1542/1542_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES QUANTO A QUAIS PROVIDÊNCIAS FORAM TOMADAS POR ESSE PODER APÓS O_x000D_
 RECEBIMENTO DO RELATÓRIO DA COMISSÃO  ESPECIAL  PARA   ESTUDO  E   ACOMPANHAMENTO  DA _x000D_
 EROSÃO COSTEIRA DE ITAPOÁ E LICENCIAMENTO DA DRAGAGEM DO CANAL DO PORTO DE SÃO _x000D_
 FRANCISCO DO SUL._x000D_
 </t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1545/1545_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1545/1545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES QUANTO A  QUAL   O   VALOR   ARRECADADO   COM   O   ÚLTIMO   REFIS   (PROGRAMA   DE _x000D_
 RECUPERAÇÃO FISCAL), BEM COMO QUANTO FOI REPASSADO DE HONORÁRIOS DE SUCUMBÊNCIA._x000D_
 </t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1547/1547_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1547/1547_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, CÓPIA DO _x000D_
 PROCESSO DE LICITAÇÃO QUE GEROU A CONTRATAÇÃO DE ÔNIBUS RODOVIÁRIOS PARA A UTILIZAÇÃO _x000D_
 DOS ALUNOS UNIVERSITÁRIOS NO TRAJETO ENTRE ITAPOÁ E GUARATUBA, BEM COMO NO TRAJETO ENTRE _x000D_
 ITAPOÁ E JOINVILLE, E SEUS RESPECTIVOS RETORNOS. SOLICITAMOS QUE EM TAL DOCUMENTO HAJA A _x000D_
 CÓPIA DA ATA DE LICITAÇÃO EM VIGÊNCIA, CÓPIAS DOS EMPENHOS E NOTAS DOS PAGAMENTOS _x000D_
 EFETUADOS ATÉ O MOMENTO, BEM COMO UM RELATÓRIO DE QUILOMETRAGEM DIÁRIA DOS VEÍCULOS. _x000D_
 EM TEMPO, OS VEREADORES REQUEREM QUE OS ÔNIBUS QUE TRANSPORTAM ALUNOS ATÉ A UNIVILLE, _x000D_
 EM JOINVILLE, DESEMBARQUEM E EMBARQUEM OS ALUNOS NO LOCAL DESTINADO AO TRANSPORTE _x000D_
 COLETIVO UNIVERSITÁRIO DA REFERIDA INSTITUIÇÃO DE ENSINO. OS VEREADORES REQUEREM, AINDA, _x000D_
 QUE  SE OBSERVE  A QUALIDADE  DOS  VEÍCULOS  QUE ESTÃO  SENDO UTILIZADOS  PARA O REFERIDO _x000D_
 TRANSPORTE.  SOLICITA­SE, AINDA, QUE SE VIABILIZE,  PELO MENOS, UM  ÔNIBUS ADAPTADO AOS _x000D_
 PORTADORES DE NECESSIDADES ESPECIAIS DENTRE OS VEÍCULOS DISPONÍVEIS NESSE CONTRATO. POR _x000D_
 FIM,   É   REQUERIDO   QUE   SE   VERIFIQUE   O   NÚMERO   DE   MOTORISTAS   QUE   ATUAM   NO   TRANSPORTE _x000D_
 COLETIVO UNIVERSITÁRIO DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM NA FORMA REGIMENTAL, E_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PREFEITO MUNICIPAL, SR. ERVINO SPERANDIO, ENVIE A_x000D_
 ESTA CASA DE LEIS, INFORMAÇÕES QUANTO AO TRÂMITE EM QUE SE ENCONTRA OS RECURSOS_x000D_
 DESTINADOS AO MUNICÍPIO PELA EMENDA DE NO 23840004 À LEI ORÇAMENTARIA ANUAL DA_x000D_
 UNIÃO (2009), APRESENTADA E APROVADA PELO DEPUTADO FEDERAL MAURO MARIANI, CRIANDO A_x000D_
 AÇÃO INSTALAÇÃO DE ESPAÇOS CULTURAIS &amp;#8211; CONSTRUÇÃO DA CASA DA CULTURA DO MUNICÍPIO DE_x000D_
 ITAPOÁ, NO VALOR DE R$ 250.000,00, RECURSOS ESSES PROVENIENTES DO FUNDO_x000D_
 NACIONAL DE CULTURA._x000D_
 </t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>CANCELADO</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, CÓPIA DA _x000D_
 INSTRUÇÃO NORMATIVA E DEMAIS DOCUMENTOS QUE INSTRUEM E ALTERAM O VALOR VENAL DOS _x000D_
 IMÓVEIS CADASTRADOS NO MUNICÍPIO DE ITAPOÁ, INSTRUÍDO COM A FUNDAMENTAÇÃO LEGAL E _x000D_
 DEMAIS JUSTIFICATIVAS, CONSIDERANDO QUE TRAMITA, NA CÂMARA DE VEREADORES, O PROJETO DE _x000D_
 LEI DO EXECUTIVO N°. 240/2009, QUE TRATA DA PLANTA DE VALORES._x000D_
 </t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1551/1551_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1551/1551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA DO INCISO II, DO ART. 91,_x000D_
 DO REGIMENTO INTERNO, A CONCESSÃO DE LICENÇA, PARA TRATAR DE INTERESSES PARTICULARES, PELO_x000D_
 PRAZO DE 30 (TRINTA) DIAS, COM INÍCIO EM 1° DE SETEMBRO E TÉRMINO EM 30 DE SETEMBRO DO_x000D_
 CORRENTE ANO._x000D_
 </t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1555/1555_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1555/1555_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS,_x000D_
 CÓPIAS DOS PROJETOS REFERENTES ÀS INSTALAÇÕES DOS SISTEMAS DE SAÍDA DE EMERGÊNCIA NA _x000D_
 ÁREA EDIFICADA PARA SER A NOVA SEDE DA PREFEITURA MUNICIPAL, BEM COMO CÓPIA DO PROJETO _x000D_
 ELÉTRICO, TELEFÔNICO E SPDS E DEMAIS PROJETOS QUE COMPÕEM A REFORMA DA NOVA SEDE DO _x000D_
 PODER EXECUTIVO DE ITAPOÁ. OS VEREADORES QUE SUBSCREVEM REQUEREM, TAMBÉM, COTAÇÃO _x000D_
 DOS PREÇOS QUE GERARAM A CONTRATAÇÃO DAS EMPRESAS, BEM COMO CÓPIA DE TODO O PROCESSO _x000D_
 LICITATÓRIO QUE ENVOLVEU TAL PAGAMENTO._x000D_
 </t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1558/1558_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1558/1558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM NA FORMA REGIMENTAL, E_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PREFEITO MUNICIPAL, SR. ERVINO SPERANDIO, ENVIE A_x000D_
 ESTA CASA DE LEIS, INFORMAÇÕES SOBRE QUAL FORMA O MUNICÍPIO ADQUIRIU LOTES NO BALNEÁRIO_x000D_
 SÃO JOSÉ._x000D_
 </t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1561/1561_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1561/1561_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E DEPOIS DE _x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, A RELAÇÃO DE _x000D_
 TODOS OS IMÓVEIS PÚBLICOS TRANSFERIDOS DO MUNICÍPIO DE GARUVA AO MUNICÍPIO DE ITAPOÁ, _x000D_
 NO MOMENTO DE SUA EMANCIPAÇÃO, BEM COMO A RELAÇÃO DAS ÁREAS RECEBIDAS POR DOAÇÃO, _x000D_
 TRANSFERÊNCIA OU POR MEIO DE PERMUTA POR IMPOSTOS._x000D_
 </t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1562/1562_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1562/1562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER, NA FORMA REGIMENTAL E DEPOIS DE_x000D_
 APROVADO PELO PLENÁRIO, INFORMAÇÕES SOBRE ILUMINAÇÃO PÚBLICA, CONTENDO RECEITA E_x000D_
 DESPESA, RELATÓRIO QUANTITATIVO COM VALOR DE INSTALAÇÃO DE LUMINÁRIAS E MANUTENÇÃO DO_x000D_
 SISTEMA NO PERÍODO COMPREENDIDO ENTRE JULHO A DEZEMBRO DE 2009 E JANEIRO A JUNHO DE_x000D_
 2010._x000D_
 </t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1563/1563_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1563/1563_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O _x000D_
 PLENÁRIO, QUE O PODER LEGISLATIVO, REPRESENTADO PELO SEU PRESIDENTE, O VEREADOR JOAREZ ANTÔNIO _x000D_
 SANTIN, CONVOQUE O SR. GABRIEL RIBEIRO VIEIRA, SUPERINTENDENTE DO TECON­SC, PARA DISCUTIR O _x000D_
 TERMO DE AJUSTAMENTO ENTRE O TECON­SC E OS PESCADORES DA REGIÃO DA FIGUEIRA DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1564/1564_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1564/1564_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A COLETA DE_x000D_
 LIXO SELETIVA (RECICLÁVEIS) E A COLETA DE LIXO HOSPITALAR, BEM COMO SE JÁ HÁ ALGUM TRABALHO DE_x000D_
 CONSCIENTIZAÇÃO A RESPEITO DESSE ASSUNTO._x000D_
 </t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1565/1565_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1565/1565_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVE REQUEREM, NA FORMA REGIMENTAL E DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES QUANTO_x000D_
 AOS MOTIVOS DO FECHAMENTO DAS   TURMAS   DO   6O   AO   9O   ANO   DA   ESCOLA   MUNICIPAL   DE   ENSINO _x000D_
 FUNDAMENTAL ALBERTO SPECK, PREVISTO PARA O PRÓXIMO ANO._x000D_
 </t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE_x000D_
 FALTA DE MANUTENÇÃO DO POSTO DE SAÚDE DA LOCALIDADE DA JACA E O CRONOGRAMA DE TRABALHO DA _x000D_
 REFERIDA SECRETARIA EM RELAÇÃO A MANUTENÇÃO DO POSTO DE SAÚDE  ACIMA CITADO._x000D_
 </t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1570/1570_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1570/1570_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES DOCUMENTO:_x000D_
 1) CÓPIA DO PROJETO ORIGINAL DO PORTO DE ITAPOÁ QUE FOI APRESENTADO À COMUNIDADE EM AUDIÊNCIA_x000D_
 PÚBLICA OCORRIDA NA ACOPOF NO INÍCIO DO ANO 2000, BEM COMO CÓPIA DO PROJETO APRESENTADO À_x000D_
 PREFEITURA MUNICIPAL DE ITAPOÁ;_x000D_
 2) CÓPIA DAS ALTERAÇÕES REALIZADAS NOS REFERIDOS PROJETOS;_x000D_
 3) CÓPIA DE TODA A DOCUMENTAÇÃO DA ÁREA ONDE ESTÁ INSTALADO O PORTO (REGISTRO DE IMÓVEIS E_x000D_
 TAMANHO DA ÁREA UTILIZADA)._x000D_
 </t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1571/1571_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1571/1571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES E_x000D_
 DOCUMENTOS:_x000D_
 1) SE HOUVE ALGUM ACORDO, CONVÊNIO OU CONTRATO ENTRE O EXECUTIVO MUNICIPAL E O PORTO DE_x000D_
 ITAPOÁ, NESTA OU NA ADMINISTRAÇÃO ANTERIOR, PARA AUTORIZAR A MOVIMENTAÇÃO DE CARGAS PORTUÁRIAS DE_x000D_
 QUALQUER NATUREZA DENTRO DO PERÍMETRO DE RODOVIAS URBANAS DURANTE O PERÍODO DE INSTALAÇÃO DO_x000D_
 REFERIDO PORTO E, TAMBÉM, APÓS SUA INSTALAÇÃO, ATIVIDADE A QUAL FOI PROIBIDA PELO DISPOSITIVO_x000D_
 CONTIDO NO PARAGRAFO ÚNICO, DO ARTIGO 3° DA LEI MUNICIPAL N°. 139/1996;_x000D_
 2) HAVENDO ACORDO ESCRITO, ENVIAR CÓPIA._x000D_
 </t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, A ESTA CASA DE LEIS, AS SEGUINTES CÓPIAS DE_x000D_
 DOCUMENTOS:_x000D_
 1)_x000D_
 CÓPIA DA ATA DE REUNIÃO QUE TRATOU DE ASSUNTO REFERENTE AS MODIFICAÇÕES A SEREM_x000D_
 REALIZADAS NA ESCOLA MUNICIPAL DO SAÍ MIRIM, EM RELAÇÃO AO GRAU DE ESCOLARIDADE OFERTADO PELA_x000D_
 MESMA._x000D_
 2)_x000D_
 CÓPIA DO DECRETO MUNICIPAL VIGENTE REFERENTE A ALTERAÇÃO DOS MEMBROS DO CONSELHO_x000D_
 MUNICIPAL DE EDUCAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO CUMPRA A LEI MUNICIPAL N°39/1997, QUE DÁ DENOMINAÇÃO À VIA _x000D_
 PÚBLICA. _x000D_
 </t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Partido do Movimento Democrático Brasileiro, Partido Progressista</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, PROVIDÊNCIAS DO PODER EXECUTIVO SOBRE A REGULAMENTAÇÃO DOS ART. 19 A 23 DA LEI MUNICIPAL Nº 110/1995, QUE TRATA SOBRE OS PONTOS DE SERVIÇOS DE TÁXI.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS DE _x000D_
 OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DO PROCESSO DE CONCESSÃO NO _x000D_
 001/99, OBJETIVANDO A CONCESSÃO PARA EXPLORAÇÃO DO SERVIÇO PÚBLICO _x000D_
 DE   TRANSPORTE   COLETIVO   URBANO   E   RURAL   E,   CONSTRUÇÃO   E _x000D_
 EXPLORAÇÃO   DE   TERMINAL   RODOVIÁRIO   NO   MUNICÍPIO   DE   ITAPOÁ/SC; _x000D_
 CUJA   EMPRESA   VENCEDORA   FOI   A   PRAIAMAR   TRANSPORTE   LTDA.,   CGC: _x000D_
 56.260.862/0001­08._x000D_
 </t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS _x000D_
 DE   OUVIDO   O   PLENÁRIO,   PROVIDÊNCIAS   DO   PODER   EXECUTIVO   JUNTO   À   CELESC   (CENTRAIS _x000D_
 ELÉTRICAS   DE   SANTA   CATARINA   S.A.)   REFERENTES   À   FALTA   DE   ENERGIA   ELÉTRICA   NO   DIA   24   DE _x000D_
 FEVEREIRO (FERIADO DE CARNAVAL)._x000D_
 </t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA URGENTE DO GINÁSIO DE ESPORTES DA E.E.B. NEREU RAMOS, LOCALIZADA NO MAIS POPULOSO BAIRRO DE ITAPOÁ, O BAIRRO ITAPEMA DO NORTE.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDO DE VIABILIDADE TÉCNICA, JURÍDICA E ECONÔMICA PARA O ASFALTAMENTO DA AVENIDA BRASIL, BAIRRO CENTRO, ENTRE O CORPO DE BOMBEIROS E O ANTIGO CARTÓRIO.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER MOÇÃO DE APOIO DOS NOBRES VEREADORES DESTA CASA DE LEIS À PROPOSTA DE EMENDA À CONSTITUIÇÃO (PEC) 326/09, DO DEPUTADO VALTENIR PEREIRA (PSB-MT), QUE OBRIGA OS PREFEITOS A SUBMETEREM AS CÂMARAS DE VEREADORES ÀS PROPOSTAS PARA DEFINIR TARIFAS DO TRANSPORTE COLETIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> REQUER A MESA DIRETORA, NA FORMA REGIMENTAL A INSERÇÃO NOS ANAIS DESTA CASA DE LEIS DE MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELO DIA INTERNACIONAL DA MULHER, QUE OCORREU ONTEM DIA 08 DE MARÇO.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUERE NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES SOBRE ALUNOS PORTADORES DE NECESSIDADES ESPECIAIS MATRICULADOS NA REDE DE ENSINO MUNICIPAL E ESTADUAL.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DA EXISTÊNCIA DE FUNCIONÁRIOS, FORA DE LOTAÇÃO, RECEBENDO PELA SECRETARIA DE EDUCAÇÃO E TRABALHANDO EM SETORES DIFERENTES.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A SITUAÇÃO ATUAL DA ÁREA QUE ESTÁ INSTALADO O CAMPO DE FUTEBOL LOCALIZADO NAS PROXIMIDADES DA ESCOLA EUCLIDES EMIDIO DA SILVA NA BARRA DO SAÍ.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1376/1376_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1376/1376_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PRESIDENTE, APÓS OUVIDO O PLENÁRIO, A EXPEDIÇÃO DE UMA MOÇÃO DE AGRADECIMENTO E CONGRATULAÇÕES, EM NOME DESTA CASA LEGISLATIVA, EM HOMENAGEM AO DR. ANDRÉ AUGUSTO MESSIAS FONSECA, JUIZ DE DIREITO, PELOS RELEVANTES SERVIÇOS PRESTADOS EM NOSSA COMARCA.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE QUAIS OS SERVIÇOS E/OU AÇÕES DE POLÍTICAS PÚBLICAS DE ASSISTÊNCIA SOCIAL DESTA GESTÃO NO MUNICÍPIO DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DO DESASSOREAMENTO DO CANAL DA BARRA.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE OS PROGRAMAS SOCIOEDUCATIVOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> REQUER  MEDALHA LEGISLATIVA DE HONRA AO MÉRITO À SENHORA NILZA COSTA DE OLIVEIRA </t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS PARA A AMPLIAÇÃO URGENTE DE MAIS 05SALAS DE AULA E O PÁTIO COBERTO NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL CLAYTON ALMIR HERMES, NA LOCALIDADE DO SÃO JOSÉ I._x000D_
 </t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE  OUVIDO   O   PLENÁRIO,   INFORMAÇÕES   DO   PODER   EXECUTIVO   ACERCA   DA   EXECUÇÃO   DA   LEI  NO179/2008, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE MANTER A LIMPEZA NOS IMÓVEIS  URBANOS DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS E AINDA, QUAL É A SECRETARIA RESPONSÁVEL À  FISCALIZAÇÃO   E   APLICAÇÃO   DAS   SANÇÕES   PREVISTAS   NA   REFERIDA   LEI,   CASO   ESTA   FISCALIZAÇÃO  AINDA NÃO SEJA FEITA, QUAL A PREVISÃO PARA QUE A MESMA SEJA EXECUTADA._x000D_
 </t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA_x000D_
 REGIMENTAL À MESA DIRETORA, APÓS OUVIDO O PLENÁRIO E DE ACORDO COM O INCISO_x000D_
 XIX DO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL, A CONCESSÃO DE HONRA AO MÉRITO_x000D_
 AO SENHOR DIRCEU MANSANO JORENTE_x000D_
 </t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO A V. EXA., COM FUNDAMENTO NO ART. 29 INCISO XIV, DA LEI ORGÂNICA MUNICIPAL,_x000D_
 COMBINADO COM OS ART. 229, 230, E 231 DO REGIMENTO INTERNO, QUE APÓS, OUVIDO O_x000D_
 PLENÁRIO, SE DIGNE A ADOTAR AS PROVIDENCIAS NECESSÁRIAS À CONVOCAÇÃO DA SR. CRISTIANE_x000D_
 MOTTA, SECRETÁRIA DE SAÚDE DO MUNICÍPIO, PARA PRESTAS ESCLARECIMENTOS._x000D_
 </t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DA CAPACIDADE DE ENDIVIDAMENTO DO MUNICÍPIO DE ITAPOÁ NA ATUALIDADE._x000D_
 </t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1410/1410_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1410/1410_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL À_x000D_
 MESA DIRETORA, APÓS OUVIDO O PLENÁRIO, A CONCESSÃO DE HONRA AO MÉRITO AO SENHOR_x000D_
 MANOEL CALDEIRA._x000D_
 </t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DA SECRETARIA DE SAÚDE SOBRE A MANUTENÇÃO DO PSF DA_x000D_
 LOCALIDADE DO SÃO JOSÉ._x000D_
 </t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>Partido da República, Partido do Movimento Democrático Brasileiro, Partido Progressista</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DAS INFORMAÇÕES_x000D_
 CONTIDAS NO EMPENHO GLOBAL ESPECIAL DO FUNDO MUNICIPAL DE SAÚDE 00370/2009, FONTE_x000D_
 624 TRANSFERÊNCIA DE CONVENIO._x000D_
 </t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DAS INFORMAÇÕES_x000D_
 CONTIDAS NO EMPENHO GLOBAL ESPECIAL DO FUNDO MUNICIPAL DE SAÚDE 00342/2009, FONTE_x000D_
 624 TRANSFERÊNCIA DE CONVENIO, CONSTRUÇÃO DA UNIDADE BÁSICA POSTO DE SAÚDE DO_x000D_
 SAMAMBAIAL._x000D_
 </t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS   VEREADORES   QUE   ESTE   SUBSCREVE,   REQUEREM,   NA   FORMA   REGIMENTAL   E, _x000D_
 DEPOIS  DE OUVIDO O PLENÁRIO, INFORMAÇÕES  DO PODER EXECUTIVO  SOBRE A POSSIBILIDADE _x000D_
 DESTE   VIABILIZAR   A   INSTALAÇÃO   DE   UMA   UNIDADE   DO   PROCON   EM   ITAPOÁ.   AINDA,   UM _x000D_
 RELATÓRIO  COM PLANILHA  DE GASTOS  E, TAMBÉM,  O IMPACTO  ORÇAMENTÁRIO  QUE CAUSARIA A _x000D_
 INSTALAÇÃO DESTA UNIDADE DO PROCON PARA O NOSSO MUNICÍPIO_x000D_
 </t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS _x000D_
 DE OUVIDO O PLENÁRIO,  QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL, PARA QUE ATRAVÉS DA_x000D_
 SECRETARIA COMPETENTE DISPONIBILIZE UM CARRO PARA ATENDER A POPULAÇÃO EM OCORRÊNCIAS_x000D_
 DENTRO DO MUNICÍPIO E SUPRIR A DEMANDA , PRINCIPALMENTE EM CASOS ONDE NÃO É NECESSÁRIO O_x000D_
 DESLOCAMENTO DE UMA AMBULÂNCIA._x000D_
 </t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE _x000D_
 OUVIDO O PLENÁRIO, QUE O SENHOR ERVINO SPERANDIO, PREFEITO MUNICIPAL ENVIE A ESTA CASA _x000D_
 DE LEIS O SEU PLANO DE GOVERNO E, AINDA, NOS EXPONHA EM QUAL SITUAÇÃO FINANCEIRA SE _x000D_
 ENCONTRAVA O MUNICÍPIO POR OCASIÃO DE SUA POSSE, CONFORME DETERMINA O ART.68, INCISO _x000D_
 9O, DA LEI ORGÂNICA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, ENVIO DA RESPOSTA DA EMPRESA CONCESSIONÁRIA DO SERVIÇO DE_x000D_
 TRANSPORTE MUNICIPAL MOTIVADA PELA NOTIFICAÇÃO EXTRA JUDICIAL DO EXECUTIVO OCORRIDO NO_x000D_
 ANO PASSADO, TAL NOTIFICAÇÃO OCORREU DEVIDO AO NÃO CUMPRIMENTO DE OBRIGAÇÕES_x000D_
 CONTRATUAIS DA CONCESSÃO DO SERVIÇO DE TRANSPORTE MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES SOBRE A CONTRATAÇÃO DE TRANSPORTE ESCOLAR_x000D_
 MUNICIPAL, ENVIANDO RELATÓRIO CONTENDO A METODOLOGIA DE CÁLCULO QUANTITATIVO E VALORES_x000D_
 DOS PASSES._x000D_
 </t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER VEÍCULO ESPECIALMENTE ADAPTADO PARA TRANSPORTE DE ALUNOS CADEIRANTES._x000D_
 </t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE PROVIDÊNCIAS IMEDIATAS A RESPEITO DA CONSTRUÇÃO DA_x000D_
 CRECHE MUNICIPAL NA LOCALIDADE DO PONTAL, PARA ATENDER AS CRIANÇAS_x000D_
 DOS MORADORES DE BAIXA RENDA.._x000D_
 </t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1483/1483_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1483/1483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES QUANTO A POSSIBILIDADE DE_x000D_
 FUNCIONAMENTO_x000D_
 DO_x000D_
 CURSO_x000D_
 SUPLETIVO_x000D_
 O_x000D_
 O_x000D_
 MODULARIZADO DE 1 E 2 GRAU DA REDE_x000D_
 MUNICIPAL DE ENSINO NA COMUNIDADE DO PONTAL,_x000D_
 NA ESCOLA JOÃO MONTEIRO CABRAL ATENDENDO AS_x000D_
 COMUNIDADES DO PONTAL, FIGUEIRA E JAGUARUNA_x000D_
 PARA O ANO DE 2009._x000D_
 </t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES A RESPEITO DAS POSSIBILIDADES DA CONSTRUÇÃO DO_x000D_
 MERCADO DE PEIXE NA LOCALIDADE DO PONTAL E FIGUEIRA_x000D_
 </t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS  VEREADORES  QUE  ESTA  SUBSCREVEM,  REQUEREM  NA FORMA REGIMENTAL  E, _x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O SENHOR ERVINO SPERANDIO, PREFEITO MUNICIPAL INSTITUA _x000D_
 REGIMENTO INTERNO NA PREFEITURA MUNICIPAL DE ITAPOÁ, ATRIBUINDO AS FUNÇÕES DE SEUS _x000D_
 AUXILIARES   DIRETOS   (   SECRETÁRIOS,   DIRETORES,   ASSESSORES   E   CHEFES   DE   GABINETES)   EM _x000D_
 CUMPRIMENTO AO ART.75 DA LEI ORGÂNICA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVE, REQUERER AO PODER EXECUTIVO_x000D_
 INFORMAÇÕES E PROVIDÊNCIAS A RESPEITO DE ESTUDOS PARA A EXECUÇÃO DE CONCURSO_x000D_
 PÚBLICO NESTE FINAL DO 2O SEMESTRE PARA CARGOS DE PROVIMENTO EFETIVO DE PROFESSOR DE_x000D_
 EDUCAÇÃO INFANTIL E CARGO DE SERVENTE DE ESCOLA PARA ATUAREM NAS ESCOLAS DA REDE MUNICIPAL_x000D_
 DE ENSINO._x000D_
 </t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A MESA DIRETORA, NA FORMA REGIMENTAL A INSERÇÃO NOS ANAIS DESTA CASA DE_x000D_
 LEIS DA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELA PASSAGEM DA CONDIÇÃO DE_x000D_
 DESTACAMENTO DA POLÍCIA MILITAR PARA A CONDIÇÃO DE 3° PELOTÃO DA 6A GUARNIÇÃO ESPECIAL DE_x000D_
 POLÍCIA MILITAR DE ITAPOÁ, QUE OCORREU NO DIA 20 DE MAIO ÀS 15 HORAS._x000D_
 </t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE _x000D_
 OUVIDO O PLENÁRIO, ESCLARECIMENTOS DO PODER EXECUTIVO SOBRE: _x000D_
 1. NOMEAÇÃO DE FUNCIONÁRIOS, EM ESTÁGIO PROBATÓRIO, EM CARGOS COMISSIONADOS. _x000D_
 EXISTINDO ESTA SITUAÇÃO;_x000D_
 2.   SE   É   FEITO   O   PROCEDIMENTO   CORRETO,   EM   RELAÇÃO   À   INTERRUPÇÃO   DO   ESTÁGIO _x000D_
 PROBATÓRIO DESTES FUNCIONÁRIOS NO PERÍODO DE POSSE EM CARGO COMISSIONADO._x000D_
 </t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES A RESPEITO DA POSSIBILIDADE DA_x000D_
 INSTALAÇÃO DE UM BICICLETÁRIO NAS DEPENDÊNCIAS DO POSTO DE SAÚDE DO PONTAL DO_x000D_
 NORTE_x000D_
 </t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O _x000D_
 PLENÁRIO, QUE O SENHOR ERVINO SPERANDIO, PREFEITO MUNICIPAL ENVIE A ESTA CASA DE LEIS INFORMAÇÕES _x000D_
 SOBRE O ANDAMENTO DO CONVENIO FIRMADO JUNTO A SECRETARIA DE INFRA­ESTRUTURA DO ESTADO DE  SANTA _x000D_
 CATARINA (CONVENIO ESTE ASSINADO PELA GESTÃO ANTERIOR), PARA A CONSTRUÇÃO DE CALÇADAS OU CICLOVIAS NO _x000D_
 MUNICÍPIO, E, AINDA, SE SERÃO FEITAS ESTAS CICLOVIAS OU CALÇADAS E QUAL A ESTIMATIVA DE TEMPO PARA O _x000D_
 INÍCIO DESTAS OBRAS. ALÉM DISSO, LEMBRAMOS QUE EXISTE A NECESSIDADE URGENTE DE REALÇAR AS FAIXAS DE _x000D_
 PEDESTRES E A PINTURA DAS FAIXAS NAS LOMBADAS, QUE ESTÃO BASTANTE APAGADAS._x000D_
 </t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE A FALTA DE_x000D_
 ABERTURAS DE NOVAS MATRICULAS PARA OS CIDADÃOS_x000D_
 ADULTOS DE ITAPOÁ NO CURSO SUPLETIVO MODULARIZADO_x000D_
 DE 2O GRAU DA REDE MUNICIPAL DE ENSINO, QUE_x000D_
 FUNCIONA NA ESCOLA MUNICIPAL AYRTON SENNA._x000D_
 </t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES A RESPEITO DA DEMORA NAS_x000D_
 FILAS DA AGÊNCIA DO BANCO DO BRASIL EM ITAPOÁ E PEDE_x000D_
 PROVIDÊNCIAS IMEDIATAS._x000D_
 </t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ENVIO DE PROJETO DE LEI QUE_x000D_
 ALTERANDO O ART. 80 DA LEI MUNICIPAL 76/2001_x000D_
 CONCEDENDO AO SERVIDOR EFETIVO LICENÇA EM CASO DE_x000D_
 DOENÇA DE FILHOS._x000D_
 </t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE SUBSCREVE, REQUERE NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO _x000D_
 O PLENÁRIO, QUE O PODER EXECUTIVO PROVIDENCIE O CUMPRIMENTO DA LEI NO 280/2004 QUE _x000D_
 CONCEDE ISENÇÃO FISCAL À NÓBREGA EMPREENDIMENTOS TURÍSTICOS LTDA., PRINCIPALMENTE NO _x000D_
 QUE DIZ RESPEITO AO ARTIGO 3O EM QUE ESTÃO EXPLÍCITOS OS COMPROMISSOS DA EMPREENDEDORA_x000D_
 </t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE SUBSCREVE, REQUERE NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO _x000D_
 O  PLENÁRIO,  QUE  SEJA  CUMPRIDA   A  LEI  179/2008  QUE  DISPÕE  SOBRE A  OBRIGATORIEDADE  DE _x000D_
 MANTER A LIMPEZA NOS IMÓVEIS URBANOS DE ITAPOÁ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE SUBSCREVE, REQUERE NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO _x000D_
 O PLENÁRIO, QUE O PODER EXECUTIVO PROVIDENCIE A LEGALIDADE DAS ASSOCIAÇÕES QUE COMPÕE O _x000D_
 &amp;#8220;CDUI&amp;#8221;, CONFORME DECRETO MUNICIPAL 920/2009, INCLUINDO, ASSIM UM REPRESENTANTE DAS _x000D_
 ASSOCIAÇÕES COMUNITÁRIAS E COOPERATIVAS._x000D_
 </t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E, DEPOIS _x000D_
 DE OUVIDO O PLENÁRIO, QUE SEJA OFICIADO AO SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES _x000D_
 SOBRE A COBRANÇA DE ISS DA EMPRESA CONFLORESTA._x000D_
 </t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES  QUE SUBSCREVEM, REQUER NA FORMA REGIMENTAL  E, DEPOIS DE _x000D_
 OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO CUMPRA A LEI NO 017/2001 E  A LEI NO 213;2008, _x000D_
 QUE AUTORIZA FIRMAR CONVENIO COM O SINDICATO RURAL E ABRE RUBRICA ORÇAMENTARIA._x000D_
 </t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM, NA FORMA REGIMENTAL E_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DO PRONTO_x000D_
 ATENDIMENTO &amp;#8211; PA 24 HORAS._x000D_
 </t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, AS SEGUINTES INFORMAÇÕES:_x000D_
 1- CÓPIA DO CONTRATO ENTRE O MUNICÍPIO DE ITAPOÁ E A EMPRESA QUE FAZ O SERVIÇO DE_x000D_
 COLETA DE LIXO;_x000D_
 2- CÓPIA DO CONTRATO ENTRE O MUNICÍPIO DE ITAPOÁ E A EMPRESA QUE FAZ O SERVIÇO DE_x000D_
 TRANSPORTE E DESTINAÇÃO DO LIXO;_x000D_
 3- INFORMAÇÕES ACERCA DE EVENTUAIS ALTERAÇÕES FEITAS NOS REFERIDOS CONTRATOS._x000D_
 </t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>Daniel Weber, Izaque Goes</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO E, NA FORMA DO TÍTULO IV, CAPÍTULO I, ARTIGO 113, DA LEI_x000D_
 ORGÂNICA MUNICIPAL (LOM), QUE O SENHOR PREFEITO MUNICIPAL PROVIDENCIE ESTUDOS SOBRE_x000D_
 A POSSIBILIDADE DA ELABORAÇÃO DE PROJETO DE LEI, ISENTANDO E BAIXANDO DÍVIDA ATIVA DE_x000D_
 CONTRIBUINTES DE NOTÓRIA POBREZA._x000D_
 </t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE SUBSCREVE REQUER, NA FORMA REGIMENTAL E DEPOIS DE OUVIDO O _x000D_
 PLENÁRIO, QUE O PODER EXECUTIVO INFORME DE QUE FORMA E QUAL O MONTANTE ANUAL QUE  É _x000D_
 TRIBUTADO À  ÁREA DA FAMÍLIA GUINTER, LOCALIZADA ENTRE OS BALNEÁRIOS PAESE E SANTA CLARA._x000D_
 </t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>Daniel Weber, Izaque Goes, Tessaro</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL; DEPOIS DE OUVIDO_x000D_
 O PLENÁRIO, QUE AS EMPRESAS PRESTADORAS DE SERVIÇOS PÚBLICOS DO MUNICÍPIO (SURBI E TRANSITA)_x000D_
 INFORMEM SOBRE SUAS ATIVIDADES DESENVOLVIDAS NESSE ANO E APRESENTEM O PLANO DE EXPANSÃO DE SUAS_x000D_
 ATIVIDADES PARA O PRÓXIMO EXERCÍCIO, EM ATENDIMENTO AO ART.151 DA L.O.M. (LEI ORGÂNICA_x000D_
 MUNICIPAL) DE ITAPOÁ._x000D_
 ._x000D_
 </t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE INFORMAÇÕES ACERCA DO_x000D_
 PROCESSO LICITATÓRIO N°. 19 E DA TOMADA DE PREÇO N°. 05 DE 2009 (CONTRATAÇÃO DE EMPRESA_x000D_
 DE CONSTRUÇÃO CIVIL COM SERVIÇO DE MÃO DE OBRA ESPECIALIZADA E FORNECIMENTO DE_x000D_
 MATERIAIS DE CONSTRUÇÃO PARA EDIFICAÇÃO DE UNIDADE BÁSICA DE SAÚDE, NA LOCALIDADE DO_x000D_
 SAMAMBAIAL, PERFAZENDO UM TOTAL A SER CONSTRUÍDO DE 250,13 M2). AS INFORMAÇÕES_x000D_
 NECESSÁRIAS CORRESPONDEM A TODAS AS EXIGÊNCIAS DA LEI FEDERAL N°. 8.666/93 PARA A_x000D_
 DEFLAGRAÇÃO E A CONCLUSÃO DO PROCESSO LICITATÓRIO (PROCESSO LICITATÓRIO NA ÍNTEGRA)._x000D_
 </t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES DA SECRETARIA CORRESPONDENTE EM RELAÇÃO AOS IMPOSTOS GERADOS NO ANO DE_x000D_
 2009, COM RELAÇÃO À OBRA DO PORTO LOCALIZADO EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVE, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES DO PODER EXECUTIVO ACERCA DO EMPREENDIMENTO CANCUN BEACH._x000D_
 </t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE OUVIDO O PLENÁRIO, CÓPIA DO CONVÊNIO N° 13920/2009-3, QUE TRATA SOBRE AS CALÇADAS, BEM COMO CÓPIA DO CONVENIO ANTERIORMENTE FIRMADO, O QUAL FOI CANCELADO .</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, REQUER NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, CÓPIA DO CONTRATO N° 156/2009, QUE TRATA DO DIAGNOSTICO DA_x000D_
 ELABORAÇÃO DE POLÍTICA E DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO ._x000D_
 </t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES ACERCA DAS REFORMAS EXECUTADAS NOS MAQUINÁRIOS DO MUNICÍPIO (CAMINHÕES,_x000D_
 RETRO-ESCAVADEIRA, MOTONIVELADORA)._x000D_
 </t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES QUANTO AOS REPASSES ORIUNDOS DAS DECRETAÇÕES DO ESTADO DE EMERGÊNCIA E DE_x000D_
 CALAMIDADE PÚBLICA, AS QUAIS FORAM DECRETADAS ATRAVÉS DOS DECRETOS N°. 742/2008 E N°._x000D_
 750/2008, TAL COMO EM OUTROS DECRETOS QUE POSSAM TER EXISTIDO COM A MESMA_x000D_
 FINALIDADE._x000D_
 </t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, QUE O PODER EXECUTIVO ENCAMINHE, À ESTA CASA DE LEIS,_x000D_
 INFORMAÇÕES QUANTO O CONTRATO DE LOCAÇÃO DO GALPÃO ONDE SÃO GUARDADOS OS MAQUINÁRIOS_x000D_
 DO MUNICÍPIO, CONTENDO:_x000D_
 &amp;#8226;_x000D_
 CÓPIA (CAPA-CAPA) DO PROCESSO DE LICITAÇÃO E OU DISPENSA DELA._x000D_
 </t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE REQUER, NA FORMA REGIMENTAL E, DEPOIS DE_x000D_
 OUVIDO O PLENÁRIO, A PRORROGAÇÃO DO PRAZO DE CESSÃO DE USO DO LOTE N°. 10, SITUADO NA_x000D_
 ESQUINA DA AVENIDA SAMAMBAIAL COM A RUA DO PEIXE, NO BALNEÁRIO SAMAMBAIAL, O QUAL_x000D_
 FOI CEDIDO À ASSOCIAÇÃO DOS CATADORES E CARROCEIROS DE ITAPOÁ ATÉ A DATA DE 31 DE_x000D_
 DEZEMBRO DE 2009, PELA LEI MUNICIPAL NO. 173/2008 DE 05 DE MAIO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ESTE SUBSCREVEM REQUEREM, NA FORMA REGIMENTAL E,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INFORMAÇÕES SOBRE A DIVISÃO DAS FAMÍLIAS CONTEMPLADAS_x000D_
 PELO PSF DE ITAPEMA DO NORTE, QUAL A QUANTIDADE EXATA DESSAS FAMÍLIAS E QUAIS OS_x000D_
 BAIRROS QUE SERÃO ATENDIDOS._x000D_
 </t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2000/230/230_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2000/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>TESTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11882,56 +12137,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13552/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13553/requerimento_02_2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13584/requerimento_03_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13574/requerimento_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13575/requerimento_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13587/requerimento_06_2025-marta.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13612/requerimento_07_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13614/requerimento_08_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13599/requerimento_09_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13600/requerimento_10_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13628/requerimento_11_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13633/requerimento_12_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13618/requerimento_13_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13619/requerimento_14_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13640/requerimento_15_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13629/requerimento_16_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13630/requerimento_17_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13638/requerimento_18_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13636/requerimento_19_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13637/requerimento_20_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13660/requerimento_21_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13645/requerimento_22_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13655/requerimento_23_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13658/requerimento_24_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13659/requerimento_25_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13681/requerimento_26_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13682/requerimento_27_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13677/requerimento_28_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13683/requerimento_29_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13697/requerimento_30_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13710/requerimento_31_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13711/requerimento_32_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13700/requerimento_33_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13712/requerimento_34_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13706/requerimento_35_2025_-_jessica_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13732/requerimento_36_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13736/requerimento_37_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13742/requerimento_38_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13733/requerimento_39_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13740/requerimento_40_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13741/requerimento_41_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13762/requerimento_42_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13769/requerimento_43_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13770/requerimento_44_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13790/requerimento_45_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13783/requerimento_46_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13782/requerimento_47_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13829/requerimento_48_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13846/requerimento_49_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13859/requerimento_50_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13861/requerimento_51_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13876/requerimento_52_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13908/requerimento_53_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13894/requerimento_54_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13892/requerimento_55_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13909/requerimento_56_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13921/requerimento_57_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13926/requerimento_58_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13936/requerimento_59_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14002/requerimento_60_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13999/requerimento_61_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13993/requerimento_62_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13994/requerimento_63_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13991/requerimento_64_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14008/requerimento_65_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14035/requerimento_66_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14029/requerimento_67_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14059/requerimento_68_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14060/requerimento_69_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14141/requerimento_70_2025_-_valdecir_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14146/requerimento_71_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14199/requerimento_72_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14178/requerimento_73_2025_-_ademar_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14194/requerimento_74_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14198/requerimento_75_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14243/requerimento_76_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14242/requerimento_77_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14244/requerimento_78_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14245/requerimento_79_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14246/requerimento_80_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14257/requerimento_81_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14258/requerimento_82_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14277/requerimento_83_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14281/requerimento_84_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14302/requerimento_85_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14305/requerimento_86_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14292/requerimento_87_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14303/requerimento_88_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14337/requerimento_89_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14351/requerimento_90_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14349/requerimento_91_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14366/requerimento_92_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14371/requerimento_93_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14373/requerimento_94_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14387/requerimento_95_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14393/requerimento_96_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14407/requerimento_97_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14444/requerimento_98_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14445/requerimento_99_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14436/requerimento_100_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14480/requerimento_101_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14516/requerimento_102_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14518/requerimento_103_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14525/requerimento_104_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14556/requerimento_105_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14557/requerimento_106_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14587/requerimento_107_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14583/requerimento_108_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14577/requerimento_109_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14614/requerimento_110_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14608/requerimento_111_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14613/requerimento_112_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14612/requerimento_113_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14615/requerimento_plc242025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14667/requerimento_115_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14664/requerimento_116_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14662/requerimento_117_2025_-_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14698/requerimento_118_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14716/requerimento_119_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14717/requerimento_120_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14727/requerimento_121_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14719/requerimento_122_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14745/requerimento_123_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14744/requerimento_124_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14751/requerimento_125_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14752/requerimento_126_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14783/requerimento_127_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14775/requerimento_128_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14776/requerimento_129_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14777/requerimento_130_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14778/requerimento_131_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14784/requerimento_132_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14785/requerimento_133_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14786/requerimento_134_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14872/requerimento_135-2025_ue_abono_todos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14869/requerimento_136_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14870/requerimento_137_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14878/requerimento_138_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14874/requerimento_139_2025_-_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14875/requerimento_140_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14876/requerimento_141_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12214/requerimento_01_2024_-_ivan_-_requer_informacoes_sobre_a_qualidade_da_agua_fornecida_aos_municipes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12246/requerimento_02_2024_-_todos_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plc_07_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12254/requerimento_03_2024_-_joao_-_requer_informacoes_sobre_o_cumprimento_da_lei_n._1.329_de_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12260/requerimento_04_2024_-_luiz_-_requer_informacoes_acerca_das_pessoas_com_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12273/requerimento_05_2024_-_janayna_-_requer_informacoes_referente_a_aplicacao_da_lei_municipal_n._1245_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12281/requerimento_06_2024_-_joao_-_requer_informacoes_sobre_o_transporte_universitario_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12314/requerimento_07_2024_-_joao_-_requer_informacoes_referentes_a_empresa_terceirizada_orbenk.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12312/requerimento_08_2024_-_luiz_-_requer_informacoes_acerca_do_servico_de_coleta_seletiva_dos_residuos_solidos_domiciliares_no_municipio_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12316/requerimento_09_2024_-_luiz_-_requer_informacoes_sobre_as_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12342/requerimento_10_2024_-_joao_-_requer_informacoes_referentes_ao_atendimento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12376/requerimento_11_2024_-_joao_-_requer_informacoes_referentes_aos_contratos_de_locacao_de_imoveis_dos_ultimos_03_anos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12387/requerimento_12_2024_-_ivan_-_requer_informacoes_referentes_ao_transporte_escolar_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12409/requerimento_13_2024_-_joao_-_requer_informacoes_e_documentos_relacionados_ao_evento_som_que_surge.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12413/requerimento_14_2024_-_joao_-_requer_informacoes_referentes_as_medidas_adotadas_para_o_cumprimento_de_algumas_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12422/requerimento_15_2024_-_stoklosa_-_requer_informacoes_referentes_a_coleta_de_lixo_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12427/requerimento_16_2024_-_joao_-_requer_informacoes_referentes_a_obra_executada_na_avenida_beira_mar_iii_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12428/requerimento_17_2024_-_joao_-_requer_informacoes_referentes_as_medidas_que_estao_sendo_adotadas_para_frear_a_diminuicao_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12517/requerimento_19_2024_-_joao_-_requer_informacoes_referentes_ao_plano_de_contingencia_de_combate_a_dengue.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12519/requerimento_20_2024_-_luiz_-_requer_informacoes_sobre_o_recebimento_de_denuncias_referentes_a_invasao_de_areas_a_beira_mar_1_2.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12523/requerimento_21_2024_-_ivan_-_requer_informacoes_acerca_da_obra_da_avenida_370_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12532/requerimento_22_2024_-_joao_-_requer_informacoes_referentes_as_diarias_do_servidor_gilberto_jose_maciel_que_ocupa_o_cargo_de_diretor_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12533/requerimento_23_2024_-_joao_-_requer_informacoes_detalhadas_sobre_os_valores_disponibilizados_pelo_governo_federal_para_a_area_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12542/requerimento_24_2024_-_ivan_-_requer_informacoes_sobre_a_empresa_versa_engenharia_ambiental_ltda._antiga_serrana_e_a_empresa_serrana_aguas.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12543/requerimento_25_2024_-_stoklosa_-_requer_informacoes_relacionadas_a_divisa_dos_estados_entre_itapoa-sc_e_guaratuba-pr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12563/requerimento_26_2024_-_joao_-_requer_copia_do_cardapio_da_merenda_escolar_dos_ultimos_60_dias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12564/requerimento_27_2024_-_joao_-_requer_informacoes_referentes_a_contratacao_de_publicidade_pelo_municipio_e_tambem_sobre_o_inquerito_civil_n._06.2024.00000095-7.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12571/requerimento_28_2024_-_luiz_-_requer_informacoes_acerca_do_numero_de_atendimentos_de_pacientes_com_dengue_por_posto_de_saude_e_na_upa.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12577/requerimento_29_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_58_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12622/requerimento_30_2024_-_joao_-_requer_informacoes_referentes_aos_kit_pescador.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12623/requerimento_31_2024_-_ivan_-_requer_informacoes_sobre_a_manutencao_do_sistema_eletrico_da_escola_municipal_ayrton_senna_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12967/requerimento_32_2024_-_joao_-_requer_informacoes_referentes_aos_decretos_municipais.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12965/requerimento_33_2024_-_joao_-_requer_informacoes_informacoes_acerca_das_extensoes_da_rede_eletrica_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12972/requerimento_34_2024_-_stoklosa_-_requer_informacoes_sobre_projeto_de_hospital_em_itapoa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12999/requerimento_35_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13005/requerimento_36_2024_-_janayna.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13027/requerimento_37_2024_-_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13036/requerimento_38_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13037/requerimento_39_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13055/requerimento_40_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13056/requerimento_41_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13075/requerimento_42_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_pr_04_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13148/requerimento_43_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13182/requerimento_44_2024_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13183/requerimento_45_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13206/requerimento_46_2024__-_joao.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13207/requerimento_47_2024__-_ivan.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13226/requerimento_48_2024_-_todos_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13239/requerimento_49_2024_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13247/requerimento_50_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13248/requerimento_51_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13324/requerimento_52_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13352/requerimento_53_2024_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13349/requerimento_54_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13474/requerimento_55_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13498/requerimento_56_2024_-_mesa_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13507/requerimento_57_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11066/requerimento_01_2023_-_ivan_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11071/requerimento_02_2023_-_paulo_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._maria_salete_ceccatto.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11068/requerimento_03_2023_-_stoklosa_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11065/requerimento_04_2023_-_luiz_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._normina_peres_dias.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11056/requerimento_n._05_2023_-_joao_-_premio_mulher__destaque_luci_jose_da_costa_kirinus_destaque.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11060/requerimento_06_2023_-_stoklosa_-_requer_informacoes_referentes_ao_contrato_administrativo_n._103_2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11070/requerimento_n._07_2023_-_mesa..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11082/requerimento_08_2023_-_bela_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._joselene_goncalves_do_nascimento_cunha.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11098/requerimento_09_2023_-_ezequiel_-_requer_informacoes_sobre_a_manutencao_e_seguranca_do_bairro_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11086/requerimento_10_2023_-_fernando_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._jandira_fernandes_alves.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11090/requerimento_11_2023_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marcela_de_campos_rastelli.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11091/requerimento_12_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_e_equipamentos_da_secretaria_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11092/requerimento_13_2023_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11096/requerimento_14_2023_-_ivan_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._carmem_pordencio_de_castro.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11122/requerimento_15_2023_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_professora_sonia_aparecida_alves.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11143/requerimento_16_2023_-_stoklosa_-_requer_informacoes_referentes_as_pinturas_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11144/requerimento_17_2023_-_stoklosa_-_requer_informacoes_referentes_ao_andamento_do_processo_administrativo_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11166/requerimento_18_2023_-_luiz_-_requer_informacoes_sobre_o_piso_salarial_profissional_nacional_para_os_profissionais_do_magisterio_publico_da_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11167/requerimento_19_2023_-_stoklosa_-_requer_informacoes_referentes_aos_medicamentos_do_pronto_atendimento_24_horas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11193/requerimento_20_2023_-_stoklosa_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._darcy_gil_de_souza_junior_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11196/requerimento_21_2023_-_joao_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._capitao_richardson_bortolini_lima.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11220/requerimento_22_2023_-_bela_-_requer_seja_concedido_o_titulo_de_cidada_honoraria_a_dra_aline_vasty_ferrandin_juiza_de_direito.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11222/requerimento_23_2023_-_luiz_-_requer_seja_concedido_o_titulo_de_cidadao_hononario_ao_sr._jose_alves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11223/requerimento_24_2023_-_luiz_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_ao_sr._ismael_bento_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11221/requerimento_25_2023_-_bela_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_a_sra._jaqueline_martins.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11225/requerimento_26_2023_-_stoklosa_-_requer_informacoes_referentes_a_execucao_da_obra_de_revitalizacao_da_av._beira_mar_iii.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11226/requerimento_27_2023_-_stoklosa_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._juarez_franca_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11227/requerimento_28_2023_-_fernando_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._luciano_jose_buligon.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11229/requerimento_29_2023_-_ivan_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._pamela_todesco.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11230/requerimento_30_2023_-_ivan_-_requer_informacoes_referentes_a_demanda_de_vagas_de_creche_educacao_infantil_oferecidas_pela_secretaria_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11231/requerimento_31_2023_-_ivan_-_requer_seja_concedido_titulo_de_cidadao_honorario_ao_sr._roberto_bady_saad.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11234/requerimento_32_2023_-_fernando_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._vilmar_do_prado_vais.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11236/requerimento_33_2023_-_tiago_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._eliete_maria_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11237/requerimento_34_2023_-_tiago_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._jose_carlos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11241/requerimento_35_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_27_e_28_2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11246/requerimento_36_2023_-_joao_-_requer_que_conceda_a_medalha_de_honra_ao_merito_ao_sr._antonio_pizzamiglio_neto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11253/requerimento_37_2023_-_joao_-_requer_informacoes_relativas_a_demora_nos_atendimentos_no_pronto_atendimento_24h.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11247/requerimento_38_2023_-_joao_-_requer_nformacoes_relativas_aos_agentes_comunitarios_de_saude_no_municipio_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11254/requerimento_39_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_comissionados_e_estagiarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11271/requerimento_40_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_31_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11284/requerimento_41_2023_-_joao_-_requer_informacoes_relativas_ao_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11327/requerimento_42_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_37_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11349/requerimento_43_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11359/requerimento_44_2023_-_ivan_-_requer_informacoes_relacionadas_a_instalacao_de_publicidade_para_identificacao_dos_predios_publicos_da_sec_de_saude.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11370/requerimento_45_2023_-_joao_-_requer_informacoes_relativas_a_lei_municipal_537_2014.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11375/requerimento_46_2023_-_stoklosa_-_requer_informacoes_referentes_aos_contratos_administrativos_vinculados_a_empresa_serrana_engenharia_ltda.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11407/requerimento_47_2023_-_ivan_-_requer_informacoes_referentes_a_ocupacao_dos_boxes_do_mercado_de_peixe_anexo_ao_mercado_da_maria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11426/requerimento_48_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_area_do_antigo_mercado_do_peixe_localizado_entre_as_ruas_bento_francisco_da_silva_e_gaivotas.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11427/requerimento_49_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_pavimentacao_da_rua_maria_de_lurdes_sanches.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11428/requerimento_50_2023_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_ampliacao_da_segunda_etapa_do_parque_linear.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11434/requerimento_51_2023_-_ivan_-_envie_para_esta_casa_de_leis_informacoes_referentes_a_acao_para_castracao_de_animais_que_aconteceu_dia_20_de_maio_no_bairro_samambaial.23_-_ivan_-_requer.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11453/requerimento_52_2023_-_stoklosa_-_requer_o_poder_executivo_por_meio_do_setor_competente_envie_para_esta_casa_de_leis_informacoes_referentes_ao_edital_02-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11491/requerimento_53_2023_-_tiago_-_requer_informacoes_sobre_os_empenhos_e_liquidacoes_da_serrana_engenharia.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11512/requerimento_54_2023_-_stoklosa_-_requer_informacoes_sobre_a_manutencao_do_trapiche_em_frente_ao_porto.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11526/requerimento_55_2023_-_ivan_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal_simflor.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11546/requerimento_56_2023_-_stoklosa_-_requer_informacoes_sobre_os_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11547/requerimento_57_2023_-_stoklosa_-_requer_informacoes_sobre_a_prestadora_de_servico_de_abastecimento_de_agua_e_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11560/requerimento_58_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_51_2023_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11571/requerimento_59_2023_-_bela_-_requer_informacoes_sobre_a_praca_do_farolete_no_bairro_pontal_e_o_parque_linear_melinda_zagonel_no_centro.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11578/requerimento_60_2023_-_joao_-_requer_informacoes_relativas_a_lei_ordinaria_n._1.140_de_11_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11609/requerimento_61_2023_-_stoklosa_-_requer_informacoes_sobre_o_funcionamento_do_equipamento_de_raio-x_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11630/requerimento_62_2023_-_stoklosa_-_requer_a_alteracao_de_tramitacao_do_projeto_de_lei_complementar_12_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11640/requerimento_63_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plc_12_2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11638/requerimento_64_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_cirurgias_realizadas_nos_anos_de_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11671/requerimento_65_2023_-_stoklosa_-_requer_informacoes_sobre_a_existencia_de_previsao_para_regularizacao_da_tabela_salarial_dos_servidores_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11672/requerimento_66_2023_-_stoklosa_-_requer_a_informacao_sobre_o_municipio_ter_sido_contemplado_pelo_ibama_com_a_doacao_de_madeiras_apreendidas.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11749/requerimento_67_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_13_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11750/requerimento_68_2023_-_luiz_-_requer_informacoes_sobre_a_promocao_de_cursos_de_formacao_continuada_destinados_aos_docentes_da_rede_publica_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11758/requerimento_69_2023_-_mesa_diretora_-_requer_a_prorrogacao_do_prazo_de_conclusao_dos_trabalhos_da_comissao_especial_de_revisao_do_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11769/requerimento_70_2023_-_bela_-_requer_seja_nominada_a_escola_municipal_jurema_goncalves_2.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11764/requerimento_71_2023_-_stoklosa_-_requer_informacoes_sobre_fiscalizacao_e_prevencao_junto_as_empresas_responsaveis_pelas_fiacoes_de_internet_e_de_telefonia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11767/requerimento_72_2023_-_luiz_-_requer_informacoes_sobre_o_centro_de_bem_estar_animal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11768/requerimento_73_2023_-_ivan_-_requer_informacoes_sobre_a_frota_veicular_do_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11783/requerimento_74_2023_-_ivan_-_requer_informacoes_sobre_o_contrato_administrativo_112_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11784/requerimento_75_2023_-_luiz_-_requer_informacoes_sobre_a__escola_municipal_professora_tania_regina_chaiben_godoy.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11798/requerimento_76_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_69_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11801/requerimento_77_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_transferencias_de_pacientes_de_um_posto_de_saude_da_familia_-_psf_para_outro.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11828/requerimento_78_2023_-_stoklosa_-_requer_envie_para_essa_casa_de_leis_se_existe_algum_planejamento_e-ou_projeto_para_minimizar_o_impacto_que_possa_vir_a_ocorrer_na_entrada_do_bairro_1o_de_julho_causados_por_veiculos_de_grande_porte_.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11839/requerimento_79_2023_-_bela_-_requer_envie_para_esta_casa_de_leis_informacoes_no_que_diz_respeito_ao_cargo_de_coordenador_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11872/requerimento_80_2023_-_ivan_-_requer_informacoes_sobre_as_acoes_realizadas_ao_atendimento_as_pessoas_em_situacao_de_rua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11906/requerimento_81_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_77_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11907/requerimento_82_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plo_78_7981_e_84_2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11916/requerimento_83_2023_-_bela_-_requer_informacoes_sobre_a_construcao_do_barracao_dos_pescadores_no_bairro_itapema_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11943/requerimento_84_2023_-_ivan_-_requer_informacoes_sobre_a_reforma_da_unidade_basica_de_saude_do_bairro_itapema_do_norte.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11954/requerimento_85_2023_-_bela_-_requer_informacoes_sobre_a_regularizacao_do_loteamento_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11971/requerimento_86_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_117_2023_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11994/requerimento_87_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_80_e_95_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12020/requerimento_88_2023_-_joao_-_requer_informacoes_sobre_o_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12021/requerimento_89_2023_-_stoklosa_-_requer_informacoes.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12025/requerimento_90_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_109_e_122_2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12041/requerimento_91_2023_-_joao_-_requer_informacoes_sobre_a_emissao_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12105/requerimento_92_2023_-_stoklosa_-_envie_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12114/requerimento_93_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_127_e_128_2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12128/requerimento_94_2023_-_stoklosa_-_envie_para_esta_casa_de_leis_as_seguintes_informacoes_sobre_as_manutencoes_e_os_relatorios_de_controle_de_qualidade_do_equipamento_de_raio-x_da_upa_-_unidade_de_pronto_atendimento_24h.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12150/requerimento_95_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_29_2023_1_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10067/requerimento_01_2022_-_gerson_-_requer_informacoes_referentes_aos_servicos_prestados_durante_os_meses_de_dezembro_de_2021_e_janeiro_de_2022_no_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10065/requerimento_02_2022_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_na_rua_norma_de_jesus_soares.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10066/requerimento_03_2022_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10090/requerimento_04_2022_-_luiz_-_requer_informacoes_relativas_as_vagas_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10088/requerimento_05_2022_-_ivan_-_requer_informacoes_referentes_aos_pontos_de_onibus_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10097/requerimento_06_2022_-_ezequiel_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_02_e_03.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10107/requerimento_07_2022_-_luiz_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._alessandra_silveira.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10108/requerimento_08_2022_-_gerson_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._celia_maria_konell.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10109/requerimento_09_2022_-_paulo_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marinita_do_rosario_gomes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10111/requerimento_10_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_de_turismo_para__participar_da_proxima_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10112/requerimento_11_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_da_fazenda_para__participar_da_proxima_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10113/requerimento_12_2022_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._edilene_malheiro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10117/requerimento_13_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10116/requerimento_14_2022_-_bela_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._laci_joana_de_mendonca1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10142/requerimento_15_2022_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._arlene_fiedler.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10148/requerimento_n._16_2022_-_fernando_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10155/requerimento_17_2022_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10156/requerimento_18_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_das_bocas_de_lobos_na_avenida_marechal_floriano_peixoto.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10192/requerimento_19_2022_-_bela_-_requer_informacoes_sobre_a_manutencao_dos_aparelhos_de_ar-condicionado_do_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10191/requerimento_20_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_da_escola_euclides_emidio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10193/requerimento_21_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10194/requerimento_22_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_da_e_m_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10183/requerimento_23_2022_-_stoklosa_-_requer_informacoes_referentes_a_aquisicao_de_patio_para_estacionamento_dos_caminhoes_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10190/requerimento_24_2022_-_ivan_-_requer_informacoes_referentes_a_contribuicao_de_melhorias_instituida_em_relacao_a_obra_da_av_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10199/requerimento_25_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_24_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10212/requerimento_26_2022_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._francisco_antonio_bittencourt_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10213/requerimento_27_2022_-_stoklosa_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._joao_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10214/requerimento_28_2022_-_ivan_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._jonivaldo_antonio_morriesen.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10215/requerimento_29_2022_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._rosemeri_alves.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10221/requerimento_30_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_25_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10225/requerimento_31_2022_-_gerson_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_coronel_dirceu_neundorf.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10226/requerimento_32_2022_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._julio_sergio_cunha.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10234/requerimento_33_2022_-_paulo_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_senhora_nair_soares_mertens.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10227/requerimento_34_2022_-_luiz_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_carmen_emilia_bonfa_zanotto.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10228/requerimento_35_2022_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._claudio_sergio_costa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10232/requerimento_36_2022_-_gerson_-_indica_que_se_conceda_medalha_de_honra_ao_merito_a_sra._luciane_dos_santos_batista_marco.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10235/requerimento_37_2022_-_bela_-_requer_que_conceda_medalha_de_honra_ao_merito_ao_sr._carlos_roberto_fogagnolo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10236/requerimento_38_2022_-_bela_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._manoel_valdeci_santos.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10238/requerimento_39_2022_-_ivan_-_requer_informacoes_referentes_a_manutencao_realizada_nas_bocas_de_lobo_da_avenida_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10239/requerimento_40_2022_-_fernando_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._ademir_da_silva_costa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10240/requerimento_41_2022_-_tiago_-_indica_que_se_conceda_medalha_de_honra_ao_merito_ao_sr._jose_bento_alves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10241/requerimento_42_2022_-_tiago_-_requer_que_conceda_titulo_de_cidada_honoraria_a_sra._priscila_de_araujo_carneiro.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10272/requerimento_43_2022_-_stoklosa_-_requer_informacoes_acerca_da_possibilidade_de_pavimentacao_da_rua_120.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10269/requerimento_44_2022_-_ivan_-_requer_informacoes_sobre_a_obra_da_av._beira_mar_iv.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10294/requerimento_n._45_2022_-_stoklosa-__calcamento_comunitario_4.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10306/requerimento_46_2022_-_fernando_-_requer_informacoes_referentes_a_licenca_ambiental_para_a_construcao_do_molhe_de_pedra_na_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10318/requerimento_47_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10319/requerimento_48_2022_-_ivan_-_requer_informacoes_referentes_a_obra_de_pavimentacao_da_rua_vasco_nunes_balboa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10320/requerimento_49_2022_-_fernando_-_requer_seja_convidado_o_secretario_do_meio_ambiente_para_participar_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10360/requerimento_50_2022_-_stoklosa_-_requer_informacoes_acerca_da_tramitacao_de_projetos_de_lei.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10391/requerimento_51_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_26_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10398/requerimento_52_2022_-_luiz_-_requer_informacoes_relativas_a__aplicacao_da_emenda_constitucional_n._120_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10405/requerimento_53_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos_balboa.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10400/requerimento_54_2022_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10404/requerimento_55_2022_-_ezequiel_-_requer_informacoes_e_documentos_referentes_as_solicitacoes_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10424/requerimento_56_2022_-_stoklosa_-_requer_informacoes_referentes_aos_maquinarios_e_local_de_guarda_da_sec_de_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10425/requerimento_57_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_cancelamento_da_rodada_do_14o_campeonato_municipal_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10448/requerimento_58_2022_-_stoklosa_-_requer_informacoes_relacionadas_a_construcao_da_ponte_da_rua_1980.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10461/requerimento_59_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_47_2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10481/requerimento_60_2022_-_ivan_-_requer_informacoes_referentes_a_acao_de_fiscalizacao_realizada_no_mercado_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10503/requerimento_61_2022_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10525/requerimento_62_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_46_57_e_59_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10530/requerimento_63_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_60_e_61_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10541/requerimento_64_2022_-_ivan_-_requer_informacoes_referentes_a_praca_memorial_dos_pioneiros_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10554/requerimento_65_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_pavimentacao_da_rua_tijucas_bem_como_a_ampliacao_da_segunda_etapa_do_parque_linear.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10567/requerimento_66_2022_-_ivan_-_requer_a_concessao_de_licenca.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10591/requerimento_67_2022_-_stoklosa_-_por_meio_do_setor_competente_envie_as_seguintes_informacoes_relacionadas_a_lei_federal_no_14.285_de_19_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10653/requerimento_68_2022_-_paulo_-_requer_informacoes_a_respeito_do_galpao_dos_pescadores_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10707/requerimento_69_2022_-_stoklosa_-_requer_que_o_poder_executivo_envie_informacoes_sobre_a_revitalizacao_da_avenida_beira_mar_iii.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10718/requerimento_70_2022_-_elvis_-_requer_informacoes_relacionadas_as_indicacoes_n._221_222_227_e_228_2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10719/requerimento_71_2022_-_elvis_-_requer_informacoes_relacionadas_a_ampliacao_do_quartel_do_corpo_de_bombeiros_militar_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10720/requerimento_72_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_realizadas_no_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10746/requerimento_73_2022_-_fernando_-_requer_informacoes_referentes_as_quadras_n._62_e_63_no_loteamento_praia_do_imperador.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10749/requerimento_74_2022_-_stoklosa_-_envie_informacoes_relacionadas_a_cobertura_localizado_na_parte_de_tras_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10768/requerimento_75_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_no_campo_de_futebol_da_localidade_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10790/requerimento_76_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_avenida_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10791/requerimento_77_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_rua_da_graca.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10808/requerimento_78_2022_-_stoklosa_-_requer_o_envio_de_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10809/requerimento_79_2022_-_ivan_-_requer_o_envio_de_informacoes_relacionadas_ao_contrato_administrativo_n._59_2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10833/requerimento_80_2022_-_mesa_diretora_-_requer_a_concessao_de_licenca_para_gozo_de_ferias_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10860/requerimento_81_2022_-_ivan_indica_informacoes_relacionadas_ao_mercado_do_peixe_situado_a_av._atlantica._1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10861/requerimento_82_2022_-_ivan_requer_informacoes_relacionadas_ao_processo_administrativo_no._026_2022._..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10900/requerimento_83_2022_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_remanejados_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10912/requerimento_84_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_104_e__105_2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11030/requerimento_85_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_111_2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8902/requerimento_01-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plc_01_02_e_03_2021_1.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8919/requerimento_02_2021_-_paulo_-_requer_renuncia_ao_cargo_de_1o_secretario.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8926/requerimento_03_2021_-_ivan_-_requer_informacoes_sobre_a_praca_do_samambaial.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8954/requerimento_04_2021_-_stoklosa_-_requer_informacoes_sobre_informacoes_sobre_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8950/requerimento_05_2021_-_stoklosa_-_requer_informacoes_sobre_a_nova_escola_municipal_do_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8963/requerimento_06_2021_-_tiago_-_requer_informacoes_sobre_a_instalacao_e_implantacao_de_boia_referente_as_atividades_da_empresa_golar_power.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8987/requerimento_07_2021_-_luiz_-_requer_informacoes_sobre_o_transporte_publico_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8988/requerimento_08_2021_-_luiz_-_requer_informacoes_sobre_o_desabamento_do_galpao_da_pesca_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8992/requerimento_09_2021_-_ivan_-_requer_a_convocacao_da_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8993/requerimento_10_2021_-_ivan_-_requer_a_convocacao_do_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8994/requerimento_11_2021_-_ivan_-_requer_informacoes_sobre_a_vacinacao_contra_a_covid-19.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8995/requerimento_12_2021_-_stoklosa_-_requer_informacoes_sobre_nomeacoes_e_exoneracoes_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8996/requerimento_13_2021_-_stoklosa_-_requer_a_instauracao_de_comissao_especial_para_revisao_do_regimento_interno_e_lom.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9038/requerimento_14_2021_-_fernando_-_requer_o_levantamento_das_areas_publicas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9060/requerimento_15_2021_-_stoklosa_-_requer_informacoes_sobre_a_mobilidade_urabana.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9061/requerimento_16_2021_-_stoklosa_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal__simflor.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9090/requerimento_17_2021_-_gerson_-_requer_informacoes_a_respeito_dos_protocolos_usados_no_atendimento_aos_pacientes_vitimas_do_covid_19_1.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9085/requerimento_18_2021_-_ivan_-_requer_informacoes_sobre_a_covid-19.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9086/requerimento_19_2021_-_stoklosa_-_requer_informacoes_sobre_as_entradas_das_areas_ruais_que_ficam_as_margens_da_sc-416.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9114/requerimento_20_2021_-_gerson_-_requer_informacoes_sobre_as_medidas_usadas_no_que_diz_respeito_aos_andarilhos_que_se_encontram_em_nosso_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9115/requerimento_21_2021_-_ivan_-_requer_informacoes_sobre_os_gastos_com_manutencao_de_creches_e_escolas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9128/requerimento_22_2021_-_stoklosa_-_requer_informacoes_sobre__o_campo_de_esportes_do_sai_mirim_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9137/requerimento_23_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_da_rua_norma_de_jesus_soares.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9165/requerimento_24_2021_-_fernando_-_requer_informacoes_referentes_a_construcao_do_campo_de_futebol_da_comunidade_da_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9159/requerimento_25_2021_-_stoklosa_-_requer_informacoes_e_documentos_referente_a_rua_nossa_sra._perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9195/requerimento_26_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_obra_do_miradouro_do_rio_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9201/requerimento_27_2021_-_fernando_-_requer_informacoes_sobre_a_elaboracao_de_portaria_referente_ao_acatamento_obrigatorio_que_estabelece_a_lei_federal_n._140_2011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9242/requerimento_28_2021_-_stoklosa_-_requer_informacoes_acerca_do_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9248/requerimento_29_2021_-_stoklosa_-_requer_informacoes_sobre_a_escola_municipal_frei_valentim.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9249/requerimento_30_2021_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9261/requerimento_31_2021_-_ezequiel_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_37_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9295/requerimento_32_2021_-_stoklosa_-_requer_informacoes_sobre_o_parque_melinda_maria_zagonel.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9323/requerimento_33_2021_-_stoklosa_-_requer_informacoes_sobre_os_procedimentos_realizados_pelo_equipamento_de_raio-x_do_pa_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9324/requerimento_34_2021_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9339/requerimento_35_2021_-_stoklosa_-_requer_informacoes_referentes_ao_posto_de_saude_do_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9353/requerimento_36_2021_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa_na_rua_joao_horacio_vieira_esquina_com_a_av._dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9379/requerimento_37_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_marechal_floriano_pacheco.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9442/requerimento_38_2021_-_mesa_diretora_-_requer_mudanca_do_regime_de_tramitacao_do_projeto_de_lei_n_53-2021_1.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9454/requerimento_39_2021_-_stoklosa_-_requer_informacoes_referentes_aos_patios_de_estacionamento_para_os_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9479/requerimento_40_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._1.010_2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9495/requerimento_41_2021_-_stoklosa_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9499/requerimento_42_2021_-_gerson_-_requer_informacoes_sobre_o_pier_do_pontal_porto_e_o_trapiche_da_figueira.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9510/requerimento_43_2021_-_ivan_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_da_lom.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9511/requerimento_44_2021_-_ivan_-_requer_informacoes_referentes_a_concessao_entre_o_municipio_e_a_empresa_responsavel_pelo_transporte_coletivo_urbano.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9512/requerimento_45_2021_-_ivan_-_requer_informacoes_referentes_aos_contratos_com_a_asr._construtora_eireli-me.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9521/requerimento_46_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._738-2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9535/requerimento_47_2021_-_ivan_-_requer_informacoes_referentes_ao_contrato_com_a_construtora_nova_itajai_eireli-me.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9539/requerimento_48_2021_-_paulo_-_requer_informacoes_sobre_a_obra_da_creche_no_bairro_do_pontal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9545/requerimento_49-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9562/requerimento_50-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9577/requerimento_51_2021_-_stoklosa_-_requer_informacoes_sobre_a_lei_municipal_n._687-2017.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9604/requerimento_52_2021_-_luiz_-_requer_informacoes_sobre_relativas_ao_eja_educacao_para_jovens_e_adultos_no_municipio_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9603/requerimento_53_2021_-_stoklosa_-_requer_informacoes_referente_ao_contrato_de_concessao_n._90-2018_entre_o_municipio_e_a_empresa_oceanica.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9646/requerimento_54_2021_-_stoklosa_-_requer_informacoes_referentes_a_avenida_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9682/requerimento_55-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_84-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9694/requerimento_56_2021_-_stoklosa_-_requer__informacoes_referentes_ao_trapiche_da_figueira_do_pontal_e_ao_trapiche_do_porto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9731/requerimento_57_-_2021_-_requer_reunioes_plenarias_por_videochamada.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9703/requerimento_58-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_86-2021_1.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9710/requerimento_59_-_stoklosa_-_requer_o_premio_de_mulher_destaque_a_sra._danieli_cristina.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9711/requerimento_60_-_gerson_-_requer_o_premio_de_mulher_destaque_a_sra._valdiriene_peres_crisanto.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9715/requerimento_61_2021_-_ivan_-_requer_o_premio_de_mulher_destaque_a_sra._cristina_costa_silveira.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9714/requerimento_62_-_bela_-_requer_o_premio_de_mulher_destaque_a_sra._romilda_velem.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9724/requerimento_63_-_fernando_-_requer_o_premio_de_mulher_destaque_a_sra._lucy_helena_wielewicki.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9718/requerimento_64_-_luiz_-_requer_o_premio_de_mulher_destaque_a_sra._marcia_aparecida_partala.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9721/requerimento_65_-_tiago_-_requer_o_premio_de_mulher_destaque_a_sra_alves_fernandes.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9725/requerimento_66_2021_-_ivan_-_requer_informacoes_sobre_qual_foi_o_valor_e_quantidade_de_material_usado_no_ensaibramento.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9726/requerimento_67_2021_-_ivan_-_requer_nformacoes_referentes_aos_emprestimos_financeiros_suas_aplicacoes_e_destinos_celebrados_entre_o_municipio_e_instituicoes_de_creditos_do_ano_de_2017_ate_o_presente_momento.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9759/requerimento_68_2021_-_stoklosa_-_requer_a_alteracao_no_regime_de_tramitacao_para_urgencia_especial_do_projeto_de_lei_n._93_2021-.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9758/requerimento_69_2021_-_ivan_-_requer_informacoes_referentes_ao_decreto_executivo_5161.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9790/requerimento_70_2021_-_gerson_-_requer_informacoes_no_que_diz_respeito_a_quadra_esportiva_da_escola_municipal_airton_sena.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9788/requerimento_71_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9789/requerimento_72_2021_-_ivan_-_requer_informacoes_informacoes_referentes_aos_decretos_executivos_que_declaram_utiliade_publica_para_fins_de_desapropriacoes_1.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9797/requerimento_73_2021_-_stoklosa_-_requer_informacoes_referentes_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9811/requerimento_74_2021_-_ezequiel_-_requer_informacoes_referentes_ao_falecimento_do_sr._jose_luiz_cardoso.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9812/requerimento_75_2021_-_ivan_-_requer_informacoes_sobre_o_mole_de_pedras_da_barra_sai.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9820/requerimento-76-2021-plo-108-2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9849/requerimento_77_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_que_fica_ao_fundo_da_rua_60.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9855/requerimento_78_2021_-_gerson_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._elfrida_soares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9891/requerimento_79_2021_-_gerson_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._mauricio_jose__eskudlark.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9862/requerimento_80_2021_-_ivan_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_senhora_carolina_orminda_vieira.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9857/requerimento_81_2021_-_ivan_-_requer_informacoes_a_respeito_do_parque_natural_carijos.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9896/requerimento_82_2021_-_bela_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_supermercado_manchester.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9897/requerimento_83_2021_-_bela_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_sra._mariza_scholz.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9870/requerimento_84_2021_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._daniel_gomes_gutierrez.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9871/requerimento_85_2021_-_stoklosa_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._rogerio_da_costa_silveira.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9872/requerimento_86_2021_-_stoklosa_-_requer_informacoes_referentes_ao_trapiche_da_figueira_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9882/requerimento_87_2021_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._josenio_vieira_bernardi.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9873/requerimento_88.2021_-_gerson_-_informacoes_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9887/requerimento_89_2021_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._caetano_meireles_vargas.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9888/requerimento_90_2021_-_fernando_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._fernando_krelling.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9889/requererimento_91_2021-_luiz_-_requer_a_concessao_do_titulo_de_cidada_hononaria_a_sra._darci_clara_arins.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9898/requerimento_92_2021_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._jose_maria_caldeira.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9912/requerimento_93_2021_-_paulo_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_deputado_federal_carlos_alberto_chiodini.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9907/requerimento_94_2021_-_tiago_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._adirceu_de_jesus_barbosa_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9913/requerimento_95_2021_-_tiago_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._gilmar_felisberto_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9914/requerimento_96_2021_-_paulo_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._izael_nascimento_da_silva.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9923/requerimento_97_2021_-_gerson_-_requer_informacoes_referentes_ao_trafego_de_caminhoes_com_bloqueio_na_estrada_jose_alves.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9952/requerimento_98_-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_114-2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9960/requerimento_urgencia_especial_escola_legislativo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9963/requerimento_100_2021_-_stoklosa_-_requer_informacoes_referentes_aos_locais_e_propriedades_locadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9980/requerimento_101_2021_-_stoklosa_-_requer_informacoes_referentes_ao_centro_de_reabilitacao_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9994/requerimento_102_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_localizada_ao_fundo_da_rua_60_com_a_rua_fernao_de_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10004/requerimento_103_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10019/requerimento_104-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_120_121_123_e_124.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10037/requerimento_105_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8162/requerimento_01_2020_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8173/prot._27-2020_-_requerimento_02_2020_-_jeferson_-_requer_informacoes_sobre_a_atual_situacao_das_obras_de_tubulacao_referentes_ao_rio_palmeiras_nas_ruas_2.000_e_2.020_fazendo_a_ligacao_com_avenida_brasil..pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8172/prot._26-2020_-_requerimento_03_2020_-_caldeira_-_requer_informacoes_abaixo_relacionadas_referentes_a_lei_complementar_n_61_de_22_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8214/prot._60-2020_-_requerimento_04_2020_-_jeferson_-_requer_informacoes_referente_ao_dano_ambiental_causado_no_ano_de_2017_com_o_vazamento_de_petroleo_no_oleoduto_da_transpetro_se_plano_de_recuperacao_da_area_degradada_ja_foi_concluido.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8218/prot._64-2020_-_requerimento_05_2020_-_caldeira_-_requer_informacoes_detalhadas_sobre_onde_e_como_serao_aplicados_e_gastos_os_valores_destinados_nas_rubricas_orcamentarias_previstas_na_loa_2020..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8260/requerimento_06_2020_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8256/requerimento_07_2020_-_stoklosa_-_.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8262/requerimento_08_2020_-_thomaz_.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8266/requerimento_09_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_14-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8281/requerimento_10_2020_-_caldeira.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8300/requerimento_11_2020_-__stoklosa_-_convocacao_do_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8297/requerimento_12_2020_-_stoklosa_-_requer_informacoes_sobre_a_instalacao_de_ondulacoes_transversais.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8313/requerimento_13_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_25-2020_e_pr_03-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8319/requerimento_14_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_pl_16-2020_e_plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8355/requerimento_15_2020_-_caldeira_-_requer_informacoes_sobre_pesquisas_realizadas_pela_empresa_gustavo_henrique_pereira_flemming.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8350/requerimento_16_2020_-_jeferson_-_requer_copia_do_projeto_de_engenharia_para_implantacao_do_molhe_da_barra.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8351/requerimento_17_2020_-_jeferson_-_requer_informacoes_sobre_a_revitalizacao_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8360/requerimento_18_2020_-_thomaz_-_requer_a_instauracao_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8357/requerimento_19_2020_-_stoklosa_-_requer_informacoes_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8369/requerimento_20_2020_-_jeferson_-_requer_informacoes_referente_a_obra_de_ampliacao_da_escola_clayton_almir_hermes.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8368/requerimento_21_2020_-_jeferson_-_requer_informacoes_sobre_a_existencia_de_algum_projeto_arquitetonico_de_sede_propria_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8376/requerimento_22_2020_-_thomaz_-_requer_informacoes_referentes_ao_servidor_delly_maciel.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8381/requerimento_23_2020_-_stoklosa_-_requer_a_instauracao_de_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8395/requerimento_24_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_atual_situacao_da_obra_do_parque_linear_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8413/requerimento_25_2020_-_caldeira_-_requer_informacoes_acerca_da_execucao_da_lei_municipal_568_2015.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8411/requerimento_26_2020_-_stoklosa_-_requer_informacoes_sobre_a_realizacao_do_carnaval_no_ano_de_2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8453/requerimento_27_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_retirada_de_placas_de_sinalizacao_das_lombadas.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8469/requerimento_28_2020_-_comissao_zeem_-_pedido_de_prorrogacao_do_prazo_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8465/requerimento_29_2020_-_stoklosa_-_requer_informacoes_acerca_da_reposicao_salarial_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8488/requerimento_30_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_educacao._1.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8489/requerimento_31_2020_-_geraldo_-_requer_renuncia_da_indicacao_para_compor_a_comissao_parlamentar_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8493/requerimento_32_2020_-_thomaz_-_requer_informacoes_referentes_ao_cronograma_de_implantacao_da_iluminacao_publica_no_bairro_sao_jose_-_.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8494/requerimento_33_2020_-_stoklosa_-_requer_informacoes_a_respeito_do_recurso_devolvido_pala_camara_municipal_de_vereadores_ao_termino_do_ano_de_2019_-_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8500/requerimento_34_2020_-_janayna_-_requer_informacoes_acerca_de_divida_junto_a_spu.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8512/requerimento_35_2020_-_thomaz_-_requer_informacoes_referentes_ao_processo_de_regularizacao_fundiaria_no_bairro_sao_jose_ii_e_na_gleba_ii.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8513/requerimento_36_2020_-_thomaz_-_requer_informacoes_da_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8533/requerimento_37_2020_-_stoklosa_-_requer_informacoes_acerca_das_obras_da_av._andre_rodrigues_de_freitas_e_av._jose_da_silva_pacheco.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8543/requerimento_38_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8583/requerimento_39_2020_-_thomaz_-_requer_informacoes_sobre_a_existencia_ou_nao_de_gerador_suplementar_de_energia_eletrica_no_pa.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8608/requerimento_40_2020_-_stoklosa_-_requer_informacoes_sobre_a_indicacao_no_73_2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8609/requerimento_41_2020_-_stoklosa_-_requer_informacoes_referente_a_verba_destinada_ao_combate_ao_covid-19.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8616/requerimento_42_2020_-_stoklosa_-_requer_informacoes_sobre_a_secretaria_de_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8632/requerimento_43_2020_-_stoklosa_-_requer_informacoes_referente_a_praca_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8633/requerimento_44_2020_-_caldeira_-_requer_informacoes_sobre_o_fechamento_do_final_da_rua_1960.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8766/requerimento_45_2020_-_stoklosa_-_requer_informacoes_acerca_do_protocolo_de_uma_denuncia_na_camara_municipal_contra_o_prefeito_marlon.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7422/requerimento_01_2019_-caldeira_.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7438/requerimento_02_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7531/requerimento_03_2019_-_caldeira_-_constituicao__n3D1dfN.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7447/requerimento_04_2019_-_caldeira_--_2019.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7460/requerimento_05_2019_-_caldeira_-.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7459/requerimento_06_2019_-_janayna_-_.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7456/requerimento_07_2019_-_geraldo_-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7457/requerimento_08_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7458/requerimento_09_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7493/requerimento_10_2019_-_caldeira_-_requer_inform_GfhJrZr.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7494/requerimento_11_2019_-_jeferson_-_a_concesao_de_lL6e9Ez.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7556/requerimento_12_2019_-_thomaz_-_concessao_de_me_rrmQ783.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7569/requerimento_13_2019_-_caldeira_-_requer_seja_c_ltWb8so.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7570/requerimento_14_2019_-_caldeira_-_requer_a_conc_fBpEM0r.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7587/requerimento_15_2019_-_caldeira_-_concessao_de__b1if5yy.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7589/requerimento_16_2019_-_geraldo_-concessao_de_me_O2q4AgX.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7580/requerimento_17_2019_-_andre_-_concessao_de_med_onaaa4D.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7585/requerimento_18_2019_-_thomaz_-__concessao__tit_AfazNRZ.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7581/requerimento_19_2019_-_janayna_-__concessao_de__HfO8MOV.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7583/requerimento_20_2019_-_andre_-_requer_alteracao_9Q7j9VS.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7584/requerimento_21_2019_-_janayna_-_requer_informa_7oJa5i1.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7600/requerimento_22_2019_-_caldeira_-_requer_inform_TY4ENdV.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7614/requerimento_23_2019_-_caldeira_-_requer_a_conf_NdRVvrj.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7620/requerimento_24_2019_-_caldeira_-_requer_o_plen_oB9YdfQ.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7636/requerimento_25_2019_-_thomaz_-_encaminhe_infor_iTeXm0s.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7646/requerimento_26_2019_-_geraldo_-_realize_o_paga_Mb7Zj6b.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7676/requerimento_27_2019_-_thomaz_-_os_os_protocolo_OEFI0AW.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7689/requerimento_28_2019_-_thomaz_-_requer__a_renun_8zgMzuT.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7690/requerimento_29_201_renuncia_do_cargo_de_1o_sec_lkOl4eJ.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7729/requerimento_30_2019_-__requer_a_alteracao_no_r_OsYQvzM.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7738/requerimento_31_2019_-_caldeira_-_requer_a_renu_748xNNe.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7774/requerimento_32_2019_-_jeferson_-_requer_inform_cOx5Y1q.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7822/requerimento_33_2019_-_caldeira_-_encaminhe_as__AKmCxY3.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7848/requerimento_no_34_2019.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7873/requerimento_35_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7874/requerimento_36_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7875/requerimento_37_2019_-_ezequiel_.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7971/requerimento_38_2019_-_mesa_diretora_-_.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7998/requerimento_39_2019_-_caldeira_-_areas_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7999/requerimento_40_2019_-_caldeira_-_..pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8016/requerimento_41_2019_-_mesa_diretora_-__.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8023/requerimento_42_2019_-_janayna_-_..pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8037/requerimento_43_2019_-_mesa_diretora_-_.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8047/requerimento_44_2019_-_caldeira_-_.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8062/requerimento_45_2019_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8133/requerimento_46_2019_-_jeferson_-_.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8153/requerimento_47_2019_-_.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6606/6606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6624/6624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6625/6625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6631/6631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6656/6656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6657/6657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6678/6678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6679/6679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6680/6680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6681/6681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6692/6692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6703/6703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6710/6710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6711/6711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6728/6728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6732/6732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6733/6733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6730/6730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6734/6734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6736/6736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6738/6738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6741/6741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6744/6744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6746/6746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6752/6752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6757/6757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6758/6758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6761/6761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6785/6785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6800/6800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6799/6799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6801/6801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6820/6820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6831/6831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6829/6829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6830/6830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6852/6852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6894/6894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6895/6895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6896/6896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6908/6908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6909/6909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6927/6927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6935/6935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6937/6937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7026/7026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7236/requerimento_50_2018_-_thomaz_-_requer_relatori_mRvE4HD.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7269/requerimento_51_2018_-_caldeira_-_requer_a_rela_mFLocWC.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7261/requerimento_52_2018_-_thomaz_-_requer__informa_w4NtSjK.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7262/requerimento_53_2018_-_thomaz_-_requer_o_cronog_Xhs5DgT.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7270/requerimento_54_2018_-_jeferson_-_requer_notas__z3R1ddy.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7314/requerimento_55-2018.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7315/requerimento_56-2018.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7316/requerimento_57-2018.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7336/requerimento_58_2018_-_caldeira_-_requer_copias_VbxBMpa.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7364/requerimento_59_2018_-_thomaz_-_requer__informa_gCEABWP.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7365/requerimento_60_2018_-_thomaz_-_requer__informa_58wcatG.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7385/requerimento_61_2018_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7390/requerimento_62_2018_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5828/5828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5845/5845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5846/5846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5853/5853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5854/5854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5868/5868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5877/5877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5895/5895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5916/5916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5917/5917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5931/5931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5957/5957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5959/5959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5972/5972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5973/5973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5974/5974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5978/5978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5980/5980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5993/5993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6000/6000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6001/6001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6004/6004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6014/6014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6018/6018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6016/6016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6026/6026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6019/6019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6023/6023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6031/6031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6029/6029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6030/6030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6041/6041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6046/6046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6048/6048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6049/6049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6050/6050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6051/6051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6077/6077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6096/6096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6097/6097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6108/6108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6109/6109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6110/6110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6136/6136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6143/6143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6147/6147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6151/6151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6163/6163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6169/6169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6172/6172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6179/6179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6183/6183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6184/6184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6225/6225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6227/6227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6306/6306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6324/6324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6355/6355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6356/6356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6370/6370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6384/6384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6489/6489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6534/6534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6533/6533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6577/6577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5414/5414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5520/5520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5736/5736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5738/5738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5739/5739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4442/4442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4443/4443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4465/4465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4466/4466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4467/4467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4480/4480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4505/4505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4523/4523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4526/4526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4529/4529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4530/4530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4531/4531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4532/4532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4537/4537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4542/4542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4546/4546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4557/4557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4576/4576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4587/4587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4657/4657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3788/3788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3786/3786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3787/3787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3821/3821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3845/3845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3861/3861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3862/3862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3874/3874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3875/3875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3880/3880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3881/3881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3889/3889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3906/3906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3904/3904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3905/3905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3910/3910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3911/3911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3945/3945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3961/3961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3983/3983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3972/3972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3991/3991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3992/3992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3993/3993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4008/4008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4009/4009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4016/4016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4017/4017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4020/4020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4035/4035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4038/4038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4073/4073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4078/4078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4092/4092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4148/4148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4223/4223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4226/4226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4246/4246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4290/4290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4291/4291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4296/4296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4297/4297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4298/4298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4299/4299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4300/4300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4301/4301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4302/4302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4303/4303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4304/4304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4311/4311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4312/4312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4313/4313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4314/4314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4329/4329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4349/4349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4350/4350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4381/4381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4382/4382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4414/4414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4415/4415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4420/4420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4421/4421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4422/4422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2817/2817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2818/2818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2831/2831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2832/2832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2839/2839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2893/2893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3316/3316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3332/3332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2407/2407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2503/2503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2000/230/230_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15048/requerimento_02_2026_-_diego.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15070/requerimento_03_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15072/requerimento_04_2026_-_diego.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15073/requerimento_05_2026_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15088/requerimento_06_2026_-_odinei_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15096/requerimento_07_2026_-_marta_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15092/requerimento_08_2026_-_daniel_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15102/requerimento_09_2026_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15101/requerimento_10_2026_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15099/requerimento_11_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15107/requerimento_12_2026_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15112/requerimento_13_2026_-_diego_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15126/requerimento_14_2026_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15134/requerimento_15_2026_-_valdecir_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15133/requerimento_16_2026_-_marcio_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15135/requerimento_17_2026_-_ademar_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15132/requerimento_18_2026_-_ivan_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15139/requerimento_19_2026_-_jessica_-_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15142/requerimento_20_2026_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15153/requerimento_21_2026_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15179/requerimento_22_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15180/requerimento_23_2026_-_marta.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15181/requerimento_24_2026_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2026/15178/requerimento_25_2026_-_valdecir_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13552/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13553/requerimento_02_2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13584/requerimento_03_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13574/requerimento_04_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13575/requerimento_05_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13587/requerimento_06_2025-marta.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13612/requerimento_07_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13614/requerimento_08_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13599/requerimento_09_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13600/requerimento_10_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13628/requerimento_11_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13633/requerimento_12_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13618/requerimento_13_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13619/requerimento_14_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13640/requerimento_15_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13629/requerimento_16_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13630/requerimento_17_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13638/requerimento_18_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13636/requerimento_19_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13637/requerimento_20_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13660/requerimento_21_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13645/requerimento_22_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13655/requerimento_23_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13658/requerimento_24_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13659/requerimento_25_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13681/requerimento_26_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13682/requerimento_27_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13677/requerimento_28_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13683/requerimento_29_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13697/requerimento_30_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13710/requerimento_31_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13711/requerimento_32_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13700/requerimento_33_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13712/requerimento_34_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13706/requerimento_35_2025_-_jessica_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13732/requerimento_36_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13736/requerimento_37_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13742/requerimento_38_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13733/requerimento_39_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13740/requerimento_40_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13741/requerimento_41_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13762/requerimento_42_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13769/requerimento_43_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13770/requerimento_44_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13790/requerimento_45_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13783/requerimento_46_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13782/requerimento_47_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13829/requerimento_48_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13846/requerimento_49_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13859/requerimento_50_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13861/requerimento_51_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13876/requerimento_52_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13908/requerimento_53_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13894/requerimento_54_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13892/requerimento_55_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13909/requerimento_56_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13921/requerimento_57_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13926/requerimento_58_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13936/requerimento_59_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14002/requerimento_60_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13999/requerimento_61_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13993/requerimento_62_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13994/requerimento_63_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/13991/requerimento_64_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14008/requerimento_65_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14035/requerimento_66_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14029/requerimento_67_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14059/requerimento_68_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14060/requerimento_69_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14141/requerimento_70_2025_-_valdecir_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14146/requerimento_71_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14199/requerimento_72_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14178/requerimento_73_2025_-_ademar_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14194/requerimento_74_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14198/requerimento_75_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14243/requerimento_76_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14242/requerimento_77_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14244/requerimento_78_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14245/requerimento_79_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14246/requerimento_80_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14257/requerimento_81_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14258/requerimento_82_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14277/requerimento_83_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14281/requerimento_84_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14302/requerimento_85_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14305/requerimento_86_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14292/requerimento_87_2025_-_odinei.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14303/requerimento_88_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14337/requerimento_89_2025_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14351/requerimento_90_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14349/requerimento_91_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14366/requerimento_92_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14371/requerimento_93_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14373/requerimento_94_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14387/requerimento_95_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14393/requerimento_96_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14407/requerimento_97_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14444/requerimento_98_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14445/requerimento_99_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14436/requerimento_100_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14480/requerimento_101_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14516/requerimento_102_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14518/requerimento_103_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14525/requerimento_104_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14556/requerimento_105_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14557/requerimento_106_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14587/requerimento_107_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14583/requerimento_108_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14577/requerimento_109_2025_-_jessica.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14614/requerimento_110_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14608/requerimento_111_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14613/requerimento_112_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14612/requerimento_113_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14615/requerimento_plc242025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14667/requerimento_115_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14664/requerimento_116_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14662/requerimento_117_2025_-_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14698/requerimento_118_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14716/requerimento_119_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14717/requerimento_120_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14727/requerimento_121_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14719/requerimento_122_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14745/requerimento_123_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14744/requerimento_124_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14751/requerimento_125_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14752/requerimento_126_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14783/requerimento_127_2025_-_ademar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14775/requerimento_128_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14776/requerimento_129_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14777/requerimento_130_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14778/requerimento_131_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14784/requerimento_132_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14785/requerimento_133_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14786/requerimento_134_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14872/requerimento_135-2025_ue_abono_todos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14869/requerimento_136_2025_-_marta.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14870/requerimento_137_2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14878/requerimento_138_2025_-_diego.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14874/requerimento_139_2025_-_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14875/requerimento_140_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14876/requerimento_141_2025_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/15011/requerimento_142_mesa_urgenciaprojetos.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2025/14999/requerimento_143_2025_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12214/requerimento_01_2024_-_ivan_-_requer_informacoes_sobre_a_qualidade_da_agua_fornecida_aos_municipes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12246/requerimento_02_2024_-_todos_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plc_07_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12254/requerimento_03_2024_-_joao_-_requer_informacoes_sobre_o_cumprimento_da_lei_n._1.329_de_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12260/requerimento_04_2024_-_luiz_-_requer_informacoes_acerca_das_pessoas_com_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12273/requerimento_05_2024_-_janayna_-_requer_informacoes_referente_a_aplicacao_da_lei_municipal_n._1245_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12281/requerimento_06_2024_-_joao_-_requer_informacoes_sobre_o_transporte_universitario_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12314/requerimento_07_2024_-_joao_-_requer_informacoes_referentes_a_empresa_terceirizada_orbenk.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12312/requerimento_08_2024_-_luiz_-_requer_informacoes_acerca_do_servico_de_coleta_seletiva_dos_residuos_solidos_domiciliares_no_municipio_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12316/requerimento_09_2024_-_luiz_-_requer_informacoes_sobre_as_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12342/requerimento_10_2024_-_joao_-_requer_informacoes_referentes_ao_atendimento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12376/requerimento_11_2024_-_joao_-_requer_informacoes_referentes_aos_contratos_de_locacao_de_imoveis_dos_ultimos_03_anos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12387/requerimento_12_2024_-_ivan_-_requer_informacoes_referentes_ao_transporte_escolar_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12409/requerimento_13_2024_-_joao_-_requer_informacoes_e_documentos_relacionados_ao_evento_som_que_surge.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12413/requerimento_14_2024_-_joao_-_requer_informacoes_referentes_as_medidas_adotadas_para_o_cumprimento_de_algumas_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12422/requerimento_15_2024_-_stoklosa_-_requer_informacoes_referentes_a_coleta_de_lixo_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12427/requerimento_16_2024_-_joao_-_requer_informacoes_referentes_a_obra_executada_na_avenida_beira_mar_iii_.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12428/requerimento_17_2024_-_joao_-_requer_informacoes_referentes_as_medidas_que_estao_sendo_adotadas_para_frear_a_diminuicao_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12517/requerimento_19_2024_-_joao_-_requer_informacoes_referentes_ao_plano_de_contingencia_de_combate_a_dengue.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12519/requerimento_20_2024_-_luiz_-_requer_informacoes_sobre_o_recebimento_de_denuncias_referentes_a_invasao_de_areas_a_beira_mar_1_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12523/requerimento_21_2024_-_ivan_-_requer_informacoes_acerca_da_obra_da_avenida_370_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12532/requerimento_22_2024_-_joao_-_requer_informacoes_referentes_as_diarias_do_servidor_gilberto_jose_maciel_que_ocupa_o_cargo_de_diretor_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12533/requerimento_23_2024_-_joao_-_requer_informacoes_detalhadas_sobre_os_valores_disponibilizados_pelo_governo_federal_para_a_area_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12542/requerimento_24_2024_-_ivan_-_requer_informacoes_sobre_a_empresa_versa_engenharia_ambiental_ltda._antiga_serrana_e_a_empresa_serrana_aguas.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12543/requerimento_25_2024_-_stoklosa_-_requer_informacoes_relacionadas_a_divisa_dos_estados_entre_itapoa-sc_e_guaratuba-pr.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12563/requerimento_26_2024_-_joao_-_requer_copia_do_cardapio_da_merenda_escolar_dos_ultimos_60_dias.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12564/requerimento_27_2024_-_joao_-_requer_informacoes_referentes_a_contratacao_de_publicidade_pelo_municipio_e_tambem_sobre_o_inquerito_civil_n._06.2024.00000095-7.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12571/requerimento_28_2024_-_luiz_-_requer_informacoes_acerca_do_numero_de_atendimentos_de_pacientes_com_dengue_por_posto_de_saude_e_na_upa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12577/requerimento_29_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_58_2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12622/requerimento_30_2024_-_joao_-_requer_informacoes_referentes_aos_kit_pescador.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12623/requerimento_31_2024_-_ivan_-_requer_informacoes_sobre_a_manutencao_do_sistema_eletrico_da_escola_municipal_ayrton_senna_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12967/requerimento_32_2024_-_joao_-_requer_informacoes_referentes_aos_decretos_municipais.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12965/requerimento_33_2024_-_joao_-_requer_informacoes_informacoes_acerca_das_extensoes_da_rede_eletrica_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12972/requerimento_34_2024_-_stoklosa_-_requer_informacoes_sobre_projeto_de_hospital_em_itapoa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/12999/requerimento_35_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13005/requerimento_36_2024_-_janayna.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13027/requerimento_37_2024_-_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13036/requerimento_38_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13037/requerimento_39_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13055/requerimento_40_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13056/requerimento_41_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13075/requerimento_42_2024_-_mesa_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_pr_04_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13148/requerimento_43_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13182/requerimento_44_2024_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13183/requerimento_45_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13206/requerimento_46_2024__-_joao.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13207/requerimento_47_2024__-_ivan.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13226/requerimento_48_2024_-_todos_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13239/requerimento_49_2024_-_ivan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13247/requerimento_50_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13248/requerimento_51_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13324/requerimento_52_2024_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13352/requerimento_53_2024_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13349/requerimento_54_2024_-_joao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13474/requerimento_55_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13498/requerimento_56_2024_-_mesa_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2024/13507/requerimento_57_2024_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11066/requerimento_01_2023_-_ivan_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11071/requerimento_02_2023_-_paulo_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._maria_salete_ceccatto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11068/requerimento_03_2023_-_stoklosa_-_requer_a_instauracao_de_uma_comissao_especial_de_inquerito_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11065/requerimento_04_2023_-_luiz_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._normina_peres_dias.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11056/requerimento_n._05_2023_-_joao_-_premio_mulher__destaque_luci_jose_da_costa_kirinus_destaque.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11060/requerimento_06_2023_-_stoklosa_-_requer_informacoes_referentes_ao_contrato_administrativo_n._103_2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11070/requerimento_n._07_2023_-_mesa..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11082/requerimento_08_2023_-_bela_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._joselene_goncalves_do_nascimento_cunha.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11098/requerimento_09_2023_-_ezequiel_-_requer_informacoes_sobre_a_manutencao_e_seguranca_do_bairro_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11086/requerimento_10_2023_-_fernando_-_requer_a_concessao_do_premio_mulher_destaque_a_sra._jandira_fernandes_alves.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11090/requerimento_11_2023_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marcela_de_campos_rastelli.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11091/requerimento_12_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_e_equipamentos_da_secretaria_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11092/requerimento_13_2023_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11096/requerimento_14_2023_-_ivan_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._carmem_pordencio_de_castro.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11122/requerimento_15_2023_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_professora_sonia_aparecida_alves.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11143/requerimento_16_2023_-_stoklosa_-_requer_informacoes_referentes_as_pinturas_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11144/requerimento_17_2023_-_stoklosa_-_requer_informacoes_referentes_ao_andamento_do_processo_administrativo_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11166/requerimento_18_2023_-_luiz_-_requer_informacoes_sobre_o_piso_salarial_profissional_nacional_para_os_profissionais_do_magisterio_publico_da_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11167/requerimento_19_2023_-_stoklosa_-_requer_informacoes_referentes_aos_medicamentos_do_pronto_atendimento_24_horas.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11193/requerimento_20_2023_-_stoklosa_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._darcy_gil_de_souza_junior_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11196/requerimento_21_2023_-_joao_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._capitao_richardson_bortolini_lima.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11220/requerimento_22_2023_-_bela_-_requer_seja_concedido_o_titulo_de_cidada_honoraria_a_dra_aline_vasty_ferrandin_juiza_de_direito.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11222/requerimento_23_2023_-_luiz_-_requer_seja_concedido_o_titulo_de_cidadao_hononario_ao_sr._jose_alves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11223/requerimento_24_2023_-_luiz_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_ao_sr._ismael_bento_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11221/requerimento_25_2023_-_bela_-_requer_seja_concedida_a_medalha_de_honra_ao_merito_a_sra._jaqueline_martins.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11225/requerimento_26_2023_-_stoklosa_-_requer_informacoes_referentes_a_execucao_da_obra_de_revitalizacao_da_av._beira_mar_iii.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11226/requerimento_27_2023_-_stoklosa_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._juarez_franca_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11227/requerimento_28_2023_-_fernando_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._luciano_jose_buligon.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11229/requerimento_29_2023_-_ivan_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._pamela_todesco.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11230/requerimento_30_2023_-_ivan_-_requer_informacoes_referentes_a_demanda_de_vagas_de_creche_educacao_infantil_oferecidas_pela_secretaria_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11231/requerimento_31_2023_-_ivan_-_requer_seja_concedido_titulo_de_cidadao_honorario_ao_sr._roberto_bady_saad.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11234/requerimento_32_2023_-_fernando_-_requer_seja_concedida_medalha_de_honra_ao_merito_ao_sr._vilmar_do_prado_vais.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11236/requerimento_33_2023_-_tiago_-_requer_seja_concedida_medalha_de_honra_ao_merito_a_sra._eliete_maria_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11237/requerimento_34_2023_-_tiago_-_requer_seja_concedido_o_titulo_de_cidadao_honorario_ao_sr._jose_carlos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11241/requerimento_35_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_27_e_28_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11246/requerimento_36_2023_-_joao_-_requer_que_conceda_a_medalha_de_honra_ao_merito_ao_sr._antonio_pizzamiglio_neto.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11253/requerimento_37_2023_-_joao_-_requer_informacoes_relativas_a_demora_nos_atendimentos_no_pronto_atendimento_24h.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11247/requerimento_38_2023_-_joao_-_requer_nformacoes_relativas_aos_agentes_comunitarios_de_saude_no_municipio_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11254/requerimento_39_2023_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_comissionados_e_estagiarios_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11271/requerimento_40_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_31_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11284/requerimento_41_2023_-_joao_-_requer_informacoes_relativas_ao_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11327/requerimento_42_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_37_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11349/requerimento_43_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11359/requerimento_44_2023_-_ivan_-_requer_informacoes_relacionadas_a_instalacao_de_publicidade_para_identificacao_dos_predios_publicos_da_sec_de_saude.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11370/requerimento_45_2023_-_joao_-_requer_informacoes_relativas_a_lei_municipal_537_2014.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11375/requerimento_46_2023_-_stoklosa_-_requer_informacoes_referentes_aos_contratos_administrativos_vinculados_a_empresa_serrana_engenharia_ltda.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11407/requerimento_47_2023_-_ivan_-_requer_informacoes_referentes_a_ocupacao_dos_boxes_do_mercado_de_peixe_anexo_ao_mercado_da_maria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11426/requerimento_48_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_area_do_antigo_mercado_do_peixe_localizado_entre_as_ruas_bento_francisco_da_silva_e_gaivotas.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11427/requerimento_49_2023_-_stoklosa_-_requer_informacoes_relacionadas_a_pavimentacao_da_rua_maria_de_lurdes_sanches.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11428/requerimento_50_2023_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_ampliacao_da_segunda_etapa_do_parque_linear.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11434/requerimento_51_2023_-_ivan_-_envie_para_esta_casa_de_leis_informacoes_referentes_a_acao_para_castracao_de_animais_que_aconteceu_dia_20_de_maio_no_bairro_samambaial.23_-_ivan_-_requer.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11453/requerimento_52_2023_-_stoklosa_-_requer_o_poder_executivo_por_meio_do_setor_competente_envie_para_esta_casa_de_leis_informacoes_referentes_ao_edital_02-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11491/requerimento_53_2023_-_tiago_-_requer_informacoes_sobre_os_empenhos_e_liquidacoes_da_serrana_engenharia.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11512/requerimento_54_2023_-_stoklosa_-_requer_informacoes_sobre_a_manutencao_do_trapiche_em_frente_ao_porto.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11526/requerimento_55_2023_-_ivan_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal_simflor.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11546/requerimento_56_2023_-_stoklosa_-_requer_informacoes_sobre_os_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11547/requerimento_57_2023_-_stoklosa_-_requer_informacoes_sobre_a_prestadora_de_servico_de_abastecimento_de_agua_e_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11560/requerimento_58_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_51_2023_1.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11571/requerimento_59_2023_-_bela_-_requer_informacoes_sobre_a_praca_do_farolete_no_bairro_pontal_e_o_parque_linear_melinda_zagonel_no_centro.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11578/requerimento_60_2023_-_joao_-_requer_informacoes_relativas_a_lei_ordinaria_n._1.140_de_11_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11609/requerimento_61_2023_-_stoklosa_-_requer_informacoes_sobre_o_funcionamento_do_equipamento_de_raio-x_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11630/requerimento_62_2023_-_stoklosa_-_requer_a_alteracao_de_tramitacao_do_projeto_de_lei_complementar_12_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11640/requerimento_63_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plc_12_2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11638/requerimento_64_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_cirurgias_realizadas_nos_anos_de_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11671/requerimento_65_2023_-_stoklosa_-_requer_informacoes_sobre_a_existencia_de_previsao_para_regularizacao_da_tabela_salarial_dos_servidores_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11672/requerimento_66_2023_-_stoklosa_-_requer_a_informacao_sobre_o_municipio_ter_sido_contemplado_pelo_ibama_com_a_doacao_de_madeiras_apreendidas.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11749/requerimento_67_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_13_2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11750/requerimento_68_2023_-_luiz_-_requer_informacoes_sobre_a_promocao_de_cursos_de_formacao_continuada_destinados_aos_docentes_da_rede_publica_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11758/requerimento_69_2023_-_mesa_diretora_-_requer_a_prorrogacao_do_prazo_de_conclusao_dos_trabalhos_da_comissao_especial_de_revisao_do_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11769/requerimento_70_2023_-_bela_-_requer_seja_nominada_a_escola_municipal_jurema_goncalves_2.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11764/requerimento_71_2023_-_stoklosa_-_requer_informacoes_sobre_fiscalizacao_e_prevencao_junto_as_empresas_responsaveis_pelas_fiacoes_de_internet_e_de_telefonia.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11767/requerimento_72_2023_-_luiz_-_requer_informacoes_sobre_o_centro_de_bem_estar_animal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11768/requerimento_73_2023_-_ivan_-_requer_informacoes_sobre_a_frota_veicular_do_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11783/requerimento_74_2023_-_ivan_-_requer_informacoes_sobre_o_contrato_administrativo_112_2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11784/requerimento_75_2023_-_luiz_-_requer_informacoes_sobre_a__escola_municipal_professora_tania_regina_chaiben_godoy.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11798/requerimento_76_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plo_69_2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11801/requerimento_77_2023_-_stoklosa_-_requer_informacoes_relacionadas_as_transferencias_de_pacientes_de_um_posto_de_saude_da_familia_-_psf_para_outro.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11828/requerimento_78_2023_-_stoklosa_-_requer_envie_para_essa_casa_de_leis_se_existe_algum_planejamento_e-ou_projeto_para_minimizar_o_impacto_que_possa_vir_a_ocorrer_na_entrada_do_bairro_1o_de_julho_causados_por_veiculos_de_grande_porte_.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11839/requerimento_79_2023_-_bela_-_requer_envie_para_esta_casa_de_leis_informacoes_no_que_diz_respeito_ao_cargo_de_coordenador_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11872/requerimento_80_2023_-_ivan_-_requer_informacoes_sobre_as_acoes_realizadas_ao_atendimento_as_pessoas_em_situacao_de_rua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11906/requerimento_81_2023_-_stoklosa_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_77_2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11907/requerimento_82_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plo_78_7981_e_84_2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11916/requerimento_83_2023_-_bela_-_requer_informacoes_sobre_a_construcao_do_barracao_dos_pescadores_no_bairro_itapema_do_norte.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11943/requerimento_84_2023_-_ivan_-_requer_informacoes_sobre_a_reforma_da_unidade_basica_de_saude_do_bairro_itapema_do_norte.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11954/requerimento_85_2023_-_bela_-_requer_informacoes_sobre_a_regularizacao_do_loteamento_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11971/requerimento_86_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_117_2023_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/11994/requerimento_87_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_80_e_95_2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12020/requerimento_88_2023_-_joao_-_requer_informacoes_sobre_o_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12021/requerimento_89_2023_-_stoklosa_-_requer_informacoes.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12025/requerimento_90_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_109_e_122_2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12041/requerimento_91_2023_-_joao_-_requer_informacoes_sobre_a_emissao_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12105/requerimento_92_2023_-_stoklosa_-_envie_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12114/requerimento_93_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_dos_plos_127_e_128_2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12128/requerimento_94_2023_-_stoklosa_-_envie_para_esta_casa_de_leis_as_seguintes_informacoes_sobre_as_manutencoes_e_os_relatorios_de_controle_de_qualidade_do_equipamento_de_raio-x_da_upa_-_unidade_de_pronto_atendimento_24h.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2023/12150/requerimento_95_2023_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_do_plc_29_2023_1_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10067/requerimento_01_2022_-_gerson_-_requer_informacoes_referentes_aos_servicos_prestados_durante_os_meses_de_dezembro_de_2021_e_janeiro_de_2022_no_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10065/requerimento_02_2022_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_na_rua_norma_de_jesus_soares.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10066/requerimento_03_2022_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10090/requerimento_04_2022_-_luiz_-_requer_informacoes_relativas_as_vagas_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10088/requerimento_05_2022_-_ivan_-_requer_informacoes_referentes_aos_pontos_de_onibus_instalados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10097/requerimento_06_2022_-_ezequiel_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_02_e_03.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10107/requerimento_07_2022_-_luiz_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._alessandra_silveira.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10108/requerimento_08_2022_-_gerson_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._celia_maria_konell.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10109/requerimento_09_2022_-_paulo_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._marinita_do_rosario_gomes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10111/requerimento_10_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_de_turismo_para__participar_da_proxima_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10112/requerimento_11_2022_-_stoklosa_-_requer_seja_convocado_o_secretario_da_fazenda_para__participar_da_proxima_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10113/requerimento_12_2022_-_stoklosa_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._edilene_malheiro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10117/requerimento_13_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10116/requerimento_14_2022_-_bela_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._laci_joana_de_mendonca1.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10142/requerimento_15_2022_-_tiago_-_requer_que_o_poder_legislativo_conceda_o_premio_mulher_destaque_a_sra._arlene_fiedler.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10148/requerimento_n._16_2022_-_fernando_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10155/requerimento_17_2022_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10156/requerimento_18_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_das_bocas_de_lobos_na_avenida_marechal_floriano_peixoto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10192/requerimento_19_2022_-_bela_-_requer_informacoes_sobre_a_manutencao_dos_aparelhos_de_ar-condicionado_do_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10191/requerimento_20_2022_-_fernando_-_requer_informacoes_referentes_a_manutencao_da_escola_euclides_emidio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10193/requerimento_21_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10194/requerimento_22_2022_-_luiz_-_requer_informacoes_relativas_ao_funcionamento_dos_aparelhos_de_ar-condicionado_da_e_m_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10183/requerimento_23_2022_-_stoklosa_-_requer_informacoes_referentes_a_aquisicao_de_patio_para_estacionamento_dos_caminhoes_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10190/requerimento_24_2022_-_ivan_-_requer_informacoes_referentes_a_contribuicao_de_melhorias_instituida_em_relacao_a_obra_da_av_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10199/requerimento_25_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_24_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10212/requerimento_26_2022_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._francisco_antonio_bittencourt_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10213/requerimento_27_2022_-_stoklosa_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._joao_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10214/requerimento_28_2022_-_ivan_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._jonivaldo_antonio_morriesen.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10215/requerimento_29_2022_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._rosemeri_alves.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10221/requerimento_30_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_25_2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10225/requerimento_31_2022_-_gerson_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_coronel_dirceu_neundorf.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10226/requerimento_32_2022_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._julio_sergio_cunha.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10234/requerimento_33_2022_-_paulo_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_senhora_nair_soares_mertens.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10227/requerimento_34_2022_-_luiz_-_requer_a_concessao_de_titulo_de_cidada_honoraria_a_carmen_emilia_bonfa_zanotto.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10228/requerimento_35_2022_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._claudio_sergio_costa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10232/requerimento_36_2022_-_gerson_-_indica_que_se_conceda_medalha_de_honra_ao_merito_a_sra._luciane_dos_santos_batista_marco.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10235/requerimento_37_2022_-_bela_-_requer_que_conceda_medalha_de_honra_ao_merito_ao_sr._carlos_roberto_fogagnolo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10236/requerimento_38_2022_-_bela_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._manoel_valdeci_santos.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10238/requerimento_39_2022_-_ivan_-_requer_informacoes_referentes_a_manutencao_realizada_nas_bocas_de_lobo_da_avenida_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10239/requerimento_40_2022_-_fernando_-_requer_que_conceda_titulo_de_cidadao_honorario_ao_sr._ademir_da_silva_costa.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10240/requerimento_41_2022_-_tiago_-_indica_que_se_conceda_medalha_de_honra_ao_merito_ao_sr._jose_bento_alves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10241/requerimento_42_2022_-_tiago_-_requer_que_conceda_titulo_de_cidada_honoraria_a_sra._priscila_de_araujo_carneiro.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10272/requerimento_43_2022_-_stoklosa_-_requer_informacoes_acerca_da_possibilidade_de_pavimentacao_da_rua_120.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10269/requerimento_44_2022_-_ivan_-_requer_informacoes_sobre_a_obra_da_av._beira_mar_iv.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10294/requerimento_n._45_2022_-_stoklosa-__calcamento_comunitario_4.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10306/requerimento_46_2022_-_fernando_-_requer_informacoes_referentes_a_licenca_ambiental_para_a_construcao_do_molhe_de_pedra_na_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10318/requerimento_47_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10319/requerimento_48_2022_-_ivan_-_requer_informacoes_referentes_a_obra_de_pavimentacao_da_rua_vasco_nunes_balboa.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10320/requerimento_49_2022_-_fernando_-_requer_seja_convidado_o_secretario_do_meio_ambiente_para_participar_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10360/requerimento_50_2022_-_stoklosa_-_requer_informacoes_acerca_da_tramitacao_de_projetos_de_lei.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10391/requerimento_51_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_26_2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10398/requerimento_52_2022_-_luiz_-_requer_informacoes_relativas_a__aplicacao_da_emenda_constitucional_n._120_2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10405/requerimento_53_2022_-_ivan_-_requer_informacoes_referentes_ao_criterio_de_prioridade_adotado_para_o_tratamento_dos_protocolos_abertos_pelos_cidadaos_balboa.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10400/requerimento_54_2022_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10404/requerimento_55_2022_-_ezequiel_-_requer_informacoes_e_documentos_referentes_as_solicitacoes_dos_alvaras_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10424/requerimento_56_2022_-_stoklosa_-_requer_informacoes_referentes_aos_maquinarios_e_local_de_guarda_da_sec_de_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10425/requerimento_57_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_cancelamento_da_rodada_do_14o_campeonato_municipal_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10448/requerimento_58_2022_-_stoklosa_-_requer_informacoes_relacionadas_a_construcao_da_ponte_da_rua_1980.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10461/requerimento_59_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_47_2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10481/requerimento_60_2022_-_ivan_-_requer_informacoes_referentes_a_acao_de_fiscalizacao_realizada_no_mercado_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10503/requerimento_61_2022_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10525/requerimento_62_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_46_57_e_59_2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10530/requerimento_63_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_60_e_61_2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10541/requerimento_64_2022_-_ivan_-_requer_informacoes_referentes_a_praca_memorial_dos_pioneiros_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10554/requerimento_65_2022_-_stoklosa_-_requer_informacoes_relacionadas_ao_projeto_de_pavimentacao_da_rua_tijucas_bem_como_a_ampliacao_da_segunda_etapa_do_parque_linear.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10567/requerimento_66_2022_-_ivan_-_requer_a_concessao_de_licenca.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10591/requerimento_67_2022_-_stoklosa_-_por_meio_do_setor_competente_envie_as_seguintes_informacoes_relacionadas_a_lei_federal_no_14.285_de_19_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10653/requerimento_68_2022_-_paulo_-_requer_informacoes_a_respeito_do_galpao_dos_pescadores_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10707/requerimento_69_2022_-_stoklosa_-_requer_que_o_poder_executivo_envie_informacoes_sobre_a_revitalizacao_da_avenida_beira_mar_iii.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10718/requerimento_70_2022_-_elvis_-_requer_informacoes_relacionadas_as_indicacoes_n._221_222_227_e_228_2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10719/requerimento_71_2022_-_elvis_-_requer_informacoes_relacionadas_a_ampliacao_do_quartel_do_corpo_de_bombeiros_militar_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10720/requerimento_72_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_realizadas_no_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10746/requerimento_73_2022_-_fernando_-_requer_informacoes_referentes_as_quadras_n._62_e_63_no_loteamento_praia_do_imperador.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10749/requerimento_74_2022_-_stoklosa_-_envie_informacoes_relacionadas_a_cobertura_localizado_na_parte_de_tras_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10768/requerimento_75_2022_-_stoklosa_-_requer_informacoes_relacionadas_as_melhorias_no_campo_de_futebol_da_localidade_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10790/requerimento_76_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_avenida_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10791/requerimento_77_2022_-_ivan_-_requer_informacoes_relacionadas_a_obra_de_pavimentacao_da_rua_da_graca.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10808/requerimento_78_2022_-_stoklosa_-_requer_o_envio_de_informacoes_referentes_aos_valores_arecadados_pelo_municipio_de_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10809/requerimento_79_2022_-_ivan_-_requer_o_envio_de_informacoes_relacionadas_ao_contrato_administrativo_n._59_2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10833/requerimento_80_2022_-_mesa_diretora_-_requer_a_concessao_de_licenca_para_gozo_de_ferias_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10860/requerimento_81_2022_-_ivan_indica_informacoes_relacionadas_ao_mercado_do_peixe_situado_a_av._atlantica._1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10861/requerimento_82_2022_-_ivan_requer_informacoes_relacionadas_ao_processo_administrativo_no._026_2022._..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10900/requerimento_83_2022_-_stoklosa_-_requer_informacoes_relacionadas_aos_funcionarios_remanejados_do_pa_24h.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/10912/requerimento_84_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_104_e__105_2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2022/11030/requerimento_85_2022_-_mesa_diretora_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_111_2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8902/requerimento_01-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plc_01_02_e_03_2021_1.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8919/requerimento_02_2021_-_paulo_-_requer_renuncia_ao_cargo_de_1o_secretario.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8926/requerimento_03_2021_-_ivan_-_requer_informacoes_sobre_a_praca_do_samambaial.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8954/requerimento_04_2021_-_stoklosa_-_requer_informacoes_sobre_informacoes_sobre_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8950/requerimento_05_2021_-_stoklosa_-_requer_informacoes_sobre_a_nova_escola_municipal_do_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8963/requerimento_06_2021_-_tiago_-_requer_informacoes_sobre_a_instalacao_e_implantacao_de_boia_referente_as_atividades_da_empresa_golar_power.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8987/requerimento_07_2021_-_luiz_-_requer_informacoes_sobre_o_transporte_publico_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8988/requerimento_08_2021_-_luiz_-_requer_informacoes_sobre_o_desabamento_do_galpao_da_pesca_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8992/requerimento_09_2021_-_ivan_-_requer_a_convocacao_da_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8993/requerimento_10_2021_-_ivan_-_requer_a_convocacao_do_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8994/requerimento_11_2021_-_ivan_-_requer_informacoes_sobre_a_vacinacao_contra_a_covid-19.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8995/requerimento_12_2021_-_stoklosa_-_requer_informacoes_sobre_nomeacoes_e_exoneracoes_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/8996/requerimento_13_2021_-_stoklosa_-_requer_a_instauracao_de_comissao_especial_para_revisao_do_regimento_interno_e_lom.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9038/requerimento_14_2021_-_fernando_-_requer_o_levantamento_das_areas_publicas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9060/requerimento_15_2021_-_stoklosa_-_requer_informacoes_sobre_a_mobilidade_urabana.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9061/requerimento_16_2021_-_stoklosa_-_requer_informacoes_sobre_o_sistema_municipal_de_conversao_florestal__simflor.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9090/requerimento_17_2021_-_gerson_-_requer_informacoes_a_respeito_dos_protocolos_usados_no_atendimento_aos_pacientes_vitimas_do_covid_19_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9085/requerimento_18_2021_-_ivan_-_requer_informacoes_sobre_a_covid-19.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9086/requerimento_19_2021_-_stoklosa_-_requer_informacoes_sobre_as_entradas_das_areas_ruais_que_ficam_as_margens_da_sc-416.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9114/requerimento_20_2021_-_gerson_-_requer_informacoes_sobre_as_medidas_usadas_no_que_diz_respeito_aos_andarilhos_que_se_encontram_em_nosso_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9115/requerimento_21_2021_-_ivan_-_requer_informacoes_sobre_os_gastos_com_manutencao_de_creches_e_escolas.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9128/requerimento_22_2021_-_stoklosa_-_requer_informacoes_sobre__o_campo_de_esportes_do_sai_mirim_1.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9137/requerimento_23_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_extensao_da_rede_de_energia_eletrica_da_rua_norma_de_jesus_soares.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9165/requerimento_24_2021_-_fernando_-_requer_informacoes_referentes_a_construcao_do_campo_de_futebol_da_comunidade_da_barra_do_sai.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9159/requerimento_25_2021_-_stoklosa_-_requer_informacoes_e_documentos_referente_a_rua_nossa_sra._perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9195/requerimento_26_2021_-_stoklosa_-_requer_informacoes_e_documentos_referentes_a_obra_do_miradouro_do_rio_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9201/requerimento_27_2021_-_fernando_-_requer_informacoes_sobre_a_elaboracao_de_portaria_referente_ao_acatamento_obrigatorio_que_estabelece_a_lei_federal_n._140_2011.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9242/requerimento_28_2021_-_stoklosa_-_requer_informacoes_acerca_do_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9248/requerimento_29_2021_-_stoklosa_-_requer_informacoes_sobre_a_escola_municipal_frei_valentim.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9249/requerimento_30_2021_-_stoklosa_-_requer_informacoes_acerca_da_guarda_civil_municipal_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9261/requerimento_31_2021_-_ezequiel_-_requer_a_alteracao_do_regime_de_tramitacao_do_plo_37_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9295/requerimento_32_2021_-_stoklosa_-_requer_informacoes_sobre_o_parque_melinda_maria_zagonel.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9323/requerimento_33_2021_-_stoklosa_-_requer_informacoes_sobre_os_procedimentos_realizados_pelo_equipamento_de_raio-x_do_pa_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9324/requerimento_34_2021_-_stoklosa_-_requer_informacoes_sobre_a_cosip_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9339/requerimento_35_2021_-_stoklosa_-_requer_informacoes_referentes_ao_posto_de_saude_do_sai_mirim.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9353/requerimento_36_2021_-_stoklosa_-_requer_informacoes_referentes_a_area_destinada_a_praca_de_itapoa_na_rua_joao_horacio_vieira_esquina_com_a_av._dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9379/requerimento_37_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_marechal_floriano_pacheco.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9442/requerimento_38_2021_-_mesa_diretora_-_requer_mudanca_do_regime_de_tramitacao_do_projeto_de_lei_n_53-2021_1.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9454/requerimento_39_2021_-_stoklosa_-_requer_informacoes_referentes_aos_patios_de_estacionamento_para_os_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9479/requerimento_40_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._1.010_2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9495/requerimento_41_2021_-_stoklosa_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9499/requerimento_42_2021_-_gerson_-_requer_informacoes_sobre_o_pier_do_pontal_porto_e_o_trapiche_da_figueira.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9510/requerimento_43_2021_-_ivan_-_requer_sua_renuncia_como_membro_da_comissao_especial_de_revisao_da_lom.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9511/requerimento_44_2021_-_ivan_-_requer_informacoes_referentes_a_concessao_entre_o_municipio_e_a_empresa_responsavel_pelo_transporte_coletivo_urbano.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9512/requerimento_45_2021_-_ivan_-_requer_informacoes_referentes_aos_contratos_com_a_asr._construtora_eireli-me.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9521/requerimento_46_2021_-_stoklosa_-_requer_informacoes_sobre_o_cumprimento_da_lei_municipal_n._738-2017.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9535/requerimento_47_2021_-_ivan_-_requer_informacoes_referentes_ao_contrato_com_a_construtora_nova_itajai_eireli-me.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9539/requerimento_48_2021_-_paulo_-_requer_informacoes_sobre_a_obra_da_creche_no_bairro_do_pontal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9545/requerimento_49-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9562/requerimento_50-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_do_plo_51_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9577/requerimento_51_2021_-_stoklosa_-_requer_informacoes_sobre_a_lei_municipal_n._687-2017.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9604/requerimento_52_2021_-_luiz_-_requer_informacoes_sobre_relativas_ao_eja_educacao_para_jovens_e_adultos_no_municipio_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9603/requerimento_53_2021_-_stoklosa_-_requer_informacoes_referente_ao_contrato_de_concessao_n._90-2018_entre_o_municipio_e_a_empresa_oceanica.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9646/requerimento_54_2021_-_stoklosa_-_requer_informacoes_referentes_a_avenida_celso_ramos.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9682/requerimento_55-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_84-2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9694/requerimento_56_2021_-_stoklosa_-_requer__informacoes_referentes_ao_trapiche_da_figueira_do_pontal_e_ao_trapiche_do_porto.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9731/requerimento_57_-_2021_-_requer_reunioes_plenarias_por_videochamada.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9703/requerimento_58-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_86-2021_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9710/requerimento_59_-_stoklosa_-_requer_o_premio_de_mulher_destaque_a_sra._danieli_cristina.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9711/requerimento_60_-_gerson_-_requer_o_premio_de_mulher_destaque_a_sra._valdiriene_peres_crisanto.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9715/requerimento_61_2021_-_ivan_-_requer_o_premio_de_mulher_destaque_a_sra._cristina_costa_silveira.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9714/requerimento_62_-_bela_-_requer_o_premio_de_mulher_destaque_a_sra._romilda_velem.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9724/requerimento_63_-_fernando_-_requer_o_premio_de_mulher_destaque_a_sra._lucy_helena_wielewicki.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9718/requerimento_64_-_luiz_-_requer_o_premio_de_mulher_destaque_a_sra._marcia_aparecida_partala.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9721/requerimento_65_-_tiago_-_requer_o_premio_de_mulher_destaque_a_sra_alves_fernandes.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9725/requerimento_66_2021_-_ivan_-_requer_informacoes_sobre_qual_foi_o_valor_e_quantidade_de_material_usado_no_ensaibramento.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9726/requerimento_67_2021_-_ivan_-_requer_nformacoes_referentes_aos_emprestimos_financeiros_suas_aplicacoes_e_destinos_celebrados_entre_o_municipio_e_instituicoes_de_creditos_do_ano_de_2017_ate_o_presente_momento.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9759/requerimento_68_2021_-_stoklosa_-_requer_a_alteracao_no_regime_de_tramitacao_para_urgencia_especial_do_projeto_de_lei_n._93_2021-.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9758/requerimento_69_2021_-_ivan_-_requer_informacoes_referentes_ao_decreto_executivo_5161.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9790/requerimento_70_2021_-_gerson_-_requer_informacoes_no_que_diz_respeito_a_quadra_esportiva_da_escola_municipal_airton_sena.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9788/requerimento_71_2021_-_stoklosa_-_requer_informacoes_referentes_a_rua_tijucas.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9789/requerimento_72_2021_-_ivan_-_requer_informacoes_informacoes_referentes_aos_decretos_executivos_que_declaram_utiliade_publica_para_fins_de_desapropriacoes_1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9797/requerimento_73_2021_-_stoklosa_-_requer_informacoes_referentes_a_obra_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9811/requerimento_74_2021_-_ezequiel_-_requer_informacoes_referentes_ao_falecimento_do_sr._jose_luiz_cardoso.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9812/requerimento_75_2021_-_ivan_-_requer_informacoes_sobre_o_mole_de_pedras_da_barra_sai.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9820/requerimento-76-2021-plo-108-2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9849/requerimento_77_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_que_fica_ao_fundo_da_rua_60.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9855/requerimento_78_2021_-_gerson_-_requer_a_concessao_de_medalha_de_honra_ao_merito_a_sra._elfrida_soares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9891/requerimento_79_2021_-_gerson_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._mauricio_jose__eskudlark.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9862/requerimento_80_2021_-_ivan_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_senhora_carolina_orminda_vieira.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9857/requerimento_81_2021_-_ivan_-_requer_informacoes_a_respeito_do_parque_natural_carijos.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9896/requerimento_82_2021_-_bela_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_supermercado_manchester.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9897/requerimento_83_2021_-_bela_-_requer_a_concessao_do_titulo_de_cidada_honoraria_a_sra._mariza_scholz.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9870/requerimento_84_2021_-_stoklosa_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._daniel_gomes_gutierrez.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9871/requerimento_85_2021_-_stoklosa_-_requer_a_concessao_do_titulo_de_cidadao_honorario_ao_sr._rogerio_da_costa_silveira.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9872/requerimento_86_2021_-_stoklosa_-_requer_informacoes_referentes_ao_trapiche_da_figueira_do_pontal.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9882/requerimento_87_2021_-_luiz_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._josenio_vieira_bernardi.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9873/requerimento_88.2021_-_gerson_-_informacoes_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9887/requerimento_89_2021_-_fernando_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._caetano_meireles_vargas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9888/requerimento_90_2021_-_fernando_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._fernando_krelling.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9889/requererimento_91_2021-_luiz_-_requer_a_concessao_do_titulo_de_cidada_hononaria_a_sra._darci_clara_arins.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9898/requerimento_92_2021_-_ivan_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._jose_maria_caldeira.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9912/requerimento_93_2021_-_paulo_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_deputado_federal_carlos_alberto_chiodini.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9907/requerimento_94_2021_-_tiago_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._adirceu_de_jesus_barbosa_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9913/requerimento_95_2021_-_tiago_-_requer_a_concessao_de_titulo_de_cidadao_honorario_ao_sr._gilmar_felisberto_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9914/requerimento_96_2021_-_paulo_-_requer_a_concessao_de_medalha_de_honra_ao_merito_ao_sr._izael_nascimento_da_silva.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9923/requerimento_97_2021_-_gerson_-_requer_informacoes_referentes_ao_trafego_de_caminhoes_com_bloqueio_na_estrada_jose_alves.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9952/requerimento_98_-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_114-2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9960/requerimento_urgencia_especial_escola_legislativo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9963/requerimento_100_2021_-_stoklosa_-_requer_informacoes_referentes_aos_locais_e_propriedades_locadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9980/requerimento_101_2021_-_stoklosa_-_requer_informacoes_referentes_ao_centro_de_reabilitacao_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/9994/requerimento_102_2021_-_ivan_-_requer_informacoes_a_respeito_da_area_localizada_ao_fundo_da_rua_60_com_a_rua_fernao_de_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10004/requerimento_103_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10019/requerimento_104-_2021_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_plo_120_121_123_e_124.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2021/10037/requerimento_105_2021_-_stoklosa_-_requer_a_realizacao_de_audiencia_publica_referente_a_seguranca_publica_e_no_tocante_aos_caminhoes_que_circulam_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8162/requerimento_01_2020_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8173/prot._27-2020_-_requerimento_02_2020_-_jeferson_-_requer_informacoes_sobre_a_atual_situacao_das_obras_de_tubulacao_referentes_ao_rio_palmeiras_nas_ruas_2.000_e_2.020_fazendo_a_ligacao_com_avenida_brasil..pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8172/prot._26-2020_-_requerimento_03_2020_-_caldeira_-_requer_informacoes_abaixo_relacionadas_referentes_a_lei_complementar_n_61_de_22_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8214/prot._60-2020_-_requerimento_04_2020_-_jeferson_-_requer_informacoes_referente_ao_dano_ambiental_causado_no_ano_de_2017_com_o_vazamento_de_petroleo_no_oleoduto_da_transpetro_se_plano_de_recuperacao_da_area_degradada_ja_foi_concluido.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8218/prot._64-2020_-_requerimento_05_2020_-_caldeira_-_requer_informacoes_detalhadas_sobre_onde_e_como_serao_aplicados_e_gastos_os_valores_destinados_nas_rubricas_orcamentarias_previstas_na_loa_2020..pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8260/requerimento_06_2020_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8256/requerimento_07_2020_-_stoklosa_-_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8262/requerimento_08_2020_-_thomaz_.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8266/requerimento_09_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_14-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8281/requerimento_10_2020_-_caldeira.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8300/requerimento_11_2020_-__stoklosa_-_convocacao_do_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8297/requerimento_12_2020_-_stoklosa_-_requer_informacoes_sobre_a_instalacao_de_ondulacoes_transversais.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8313/requerimento_13_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_ao_pl_25-2020_e_pr_03-2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8319/requerimento_14_2020_-_requer_a_alteracao_de_tramitacao_para_regime_de_urgencia_especial_dos_pl_16-2020_e_plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8355/requerimento_15_2020_-_caldeira_-_requer_informacoes_sobre_pesquisas_realizadas_pela_empresa_gustavo_henrique_pereira_flemming.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8350/requerimento_16_2020_-_jeferson_-_requer_copia_do_projeto_de_engenharia_para_implantacao_do_molhe_da_barra.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8351/requerimento_17_2020_-_jeferson_-_requer_informacoes_sobre_a_revitalizacao_da_avenida_andre_rodrigues_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8360/requerimento_18_2020_-_thomaz_-_requer_a_instauracao_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8357/requerimento_19_2020_-_stoklosa_-_requer_informacoes_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8369/requerimento_20_2020_-_jeferson_-_requer_informacoes_referente_a_obra_de_ampliacao_da_escola_clayton_almir_hermes.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8368/requerimento_21_2020_-_jeferson_-_requer_informacoes_sobre_a_existencia_de_algum_projeto_arquitetonico_de_sede_propria_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8376/requerimento_22_2020_-_thomaz_-_requer_informacoes_referentes_ao_servidor_delly_maciel.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8381/requerimento_23_2020_-_stoklosa_-_requer_a_instauracao_de_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8395/requerimento_24_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_atual_situacao_da_obra_do_parque_linear_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8413/requerimento_25_2020_-_caldeira_-_requer_informacoes_acerca_da_execucao_da_lei_municipal_568_2015.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8411/requerimento_26_2020_-_stoklosa_-_requer_informacoes_sobre_a_realizacao_do_carnaval_no_ano_de_2020.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8453/requerimento_27_2020_-_stoklosa_-_requer_informacoes_a_respeito_da_retirada_de_placas_de_sinalizacao_das_lombadas.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8469/requerimento_28_2020_-_comissao_zeem_-_pedido_de_prorrogacao_do_prazo_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8465/requerimento_29_2020_-_stoklosa_-_requer_informacoes_acerca_da_reposicao_salarial_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8488/requerimento_30_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_educacao._1.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8489/requerimento_31_2020_-_geraldo_-_requer_renuncia_da_indicacao_para_compor_a_comissao_parlamentar_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8493/requerimento_32_2020_-_thomaz_-_requer_informacoes_referentes_ao_cronograma_de_implantacao_da_iluminacao_publica_no_bairro_sao_jose_-_.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8494/requerimento_33_2020_-_stoklosa_-_requer_informacoes_a_respeito_do_recurso_devolvido_pala_camara_municipal_de_vereadores_ao_termino_do_ano_de_2019_-_.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8500/requerimento_34_2020_-_janayna_-_requer_informacoes_acerca_de_divida_junto_a_spu.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8512/requerimento_35_2020_-_thomaz_-_requer_informacoes_referentes_ao_processo_de_regularizacao_fundiaria_no_bairro_sao_jose_ii_e_na_gleba_ii.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8513/requerimento_36_2020_-_thomaz_-_requer_informacoes_da_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8533/requerimento_37_2020_-_stoklosa_-_requer_informacoes_acerca_das_obras_da_av._andre_rodrigues_de_freitas_e_av._jose_da_silva_pacheco.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8543/requerimento_38_2020_-_caldeira_-_requer_informacoes_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8583/requerimento_39_2020_-_thomaz_-_requer_informacoes_sobre_a_existencia_ou_nao_de_gerador_suplementar_de_energia_eletrica_no_pa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8608/requerimento_40_2020_-_stoklosa_-_requer_informacoes_sobre_a_indicacao_no_73_2020.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8609/requerimento_41_2020_-_stoklosa_-_requer_informacoes_referente_a_verba_destinada_ao_combate_ao_covid-19.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8616/requerimento_42_2020_-_stoklosa_-_requer_informacoes_sobre_a_secretaria_de_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8632/requerimento_43_2020_-_stoklosa_-_requer_informacoes_referente_a_praca_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8633/requerimento_44_2020_-_caldeira_-_requer_informacoes_sobre_o_fechamento_do_final_da_rua_1960.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2020/8766/requerimento_45_2020_-_stoklosa_-_requer_informacoes_acerca_do_protocolo_de_uma_denuncia_na_camara_municipal_contra_o_prefeito_marlon.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7422/requerimento_01_2019_-caldeira_.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7438/requerimento_02_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7531/requerimento_03_2019_-_caldeira_-_constituicao__n3D1dfN.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7447/requerimento_04_2019_-_caldeira_--_2019.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7460/requerimento_05_2019_-_caldeira_-.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7459/requerimento_06_2019_-_janayna_-_.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7456/requerimento_07_2019_-_geraldo_-.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7457/requerimento_08_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7458/requerimento_09_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7493/requerimento_10_2019_-_caldeira_-_requer_inform_GfhJrZr.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7494/requerimento_11_2019_-_jeferson_-_a_concesao_de_lL6e9Ez.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7556/requerimento_12_2019_-_thomaz_-_concessao_de_me_rrmQ783.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7569/requerimento_13_2019_-_caldeira_-_requer_seja_c_ltWb8so.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7570/requerimento_14_2019_-_caldeira_-_requer_a_conc_fBpEM0r.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7587/requerimento_15_2019_-_caldeira_-_concessao_de__b1if5yy.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7589/requerimento_16_2019_-_geraldo_-concessao_de_me_O2q4AgX.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7580/requerimento_17_2019_-_andre_-_concessao_de_med_onaaa4D.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7585/requerimento_18_2019_-_thomaz_-__concessao__tit_AfazNRZ.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7581/requerimento_19_2019_-_janayna_-__concessao_de__HfO8MOV.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7583/requerimento_20_2019_-_andre_-_requer_alteracao_9Q7j9VS.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7584/requerimento_21_2019_-_janayna_-_requer_informa_7oJa5i1.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7600/requerimento_22_2019_-_caldeira_-_requer_inform_TY4ENdV.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7614/requerimento_23_2019_-_caldeira_-_requer_a_conf_NdRVvrj.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7620/requerimento_24_2019_-_caldeira_-_requer_o_plen_oB9YdfQ.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7636/requerimento_25_2019_-_thomaz_-_encaminhe_infor_iTeXm0s.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7646/requerimento_26_2019_-_geraldo_-_realize_o_paga_Mb7Zj6b.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7676/requerimento_27_2019_-_thomaz_-_os_os_protocolo_OEFI0AW.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7689/requerimento_28_2019_-_thomaz_-_requer__a_renun_8zgMzuT.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7690/requerimento_29_201_renuncia_do_cargo_de_1o_sec_lkOl4eJ.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7729/requerimento_30_2019_-__requer_a_alteracao_no_r_OsYQvzM.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7738/requerimento_31_2019_-_caldeira_-_requer_a_renu_748xNNe.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7774/requerimento_32_2019_-_jeferson_-_requer_inform_cOx5Y1q.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7822/requerimento_33_2019_-_caldeira_-_encaminhe_as__AKmCxY3.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7848/requerimento_no_34_2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7873/requerimento_35_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7874/requerimento_36_2019_-_thomaz_-_.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7875/requerimento_37_2019_-_ezequiel_.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7971/requerimento_38_2019_-_mesa_diretora_-_.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7998/requerimento_39_2019_-_caldeira_-_areas_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/7999/requerimento_40_2019_-_caldeira_-_..pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8016/requerimento_41_2019_-_mesa_diretora_-__.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8023/requerimento_42_2019_-_janayna_-_..pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8037/requerimento_43_2019_-_mesa_diretora_-_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8047/requerimento_44_2019_-_caldeira_-_.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8062/requerimento_45_2019_-_geraldo_-_.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8133/requerimento_46_2019_-_jeferson_-_.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2019/8153/requerimento_47_2019_-_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6606/6606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6624/6624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6625/6625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6631/6631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6656/6656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6657/6657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6678/6678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6679/6679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6680/6680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6681/6681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6692/6692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6703/6703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6710/6710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6711/6711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6728/6728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6732/6732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6733/6733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6730/6730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6734/6734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6736/6736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6738/6738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6741/6741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6744/6744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6746/6746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6752/6752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6757/6757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6758/6758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6761/6761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6785/6785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6800/6800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6799/6799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6801/6801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6820/6820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6831/6831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6829/6829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6830/6830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6852/6852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6894/6894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6895/6895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6896/6896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6908/6908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6909/6909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6927/6927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6935/6935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/6937/6937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7026/7026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7236/requerimento_50_2018_-_thomaz_-_requer_relatori_mRvE4HD.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7269/requerimento_51_2018_-_caldeira_-_requer_a_rela_mFLocWC.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7261/requerimento_52_2018_-_thomaz_-_requer__informa_w4NtSjK.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7262/requerimento_53_2018_-_thomaz_-_requer_o_cronog_Xhs5DgT.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7270/requerimento_54_2018_-_jeferson_-_requer_notas__z3R1ddy.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7314/requerimento_55-2018.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7315/requerimento_56-2018.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7316/requerimento_57-2018.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7336/requerimento_58_2018_-_caldeira_-_requer_copias_VbxBMpa.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7364/requerimento_59_2018_-_thomaz_-_requer__informa_gCEABWP.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7365/requerimento_60_2018_-_thomaz_-_requer__informa_58wcatG.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7385/requerimento_61_2018_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/materialegislativa/2018/7390/requerimento_62_2018_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5828/5828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5845/5845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5846/5846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5853/5853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5854/5854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5868/5868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5877/5877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5895/5895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5916/5916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5917/5917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5931/5931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5957/5957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5959/5959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5972/5972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5973/5973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5974/5974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5978/5978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5980/5980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/5993/5993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6000/6000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6001/6001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6004/6004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6014/6014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6018/6018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6016/6016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6026/6026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6019/6019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6023/6023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6031/6031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6029/6029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6030/6030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6041/6041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6046/6046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6048/6048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6049/6049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6050/6050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6051/6051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6077/6077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6096/6096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6097/6097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6108/6108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6109/6109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6110/6110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6136/6136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6143/6143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6147/6147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6151/6151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6163/6163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6169/6169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6172/6172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6179/6179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6183/6183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6184/6184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6225/6225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6227/6227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6306/6306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6324/6324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6355/6355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6356/6356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6370/6370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6384/6384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6489/6489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6534/6534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6533/6533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2017/6577/6577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5414/5414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5520/5520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5736/5736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5738/5738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2016/5739/5739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4442/4442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4443/4443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4465/4465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4466/4466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4467/4467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4480/4480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4505/4505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4523/4523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4526/4526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4529/4529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4530/4530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4531/4531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4532/4532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4537/4537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4542/4542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4546/4546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4557/4557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4576/4576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4587/4587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4657/4657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3788/3788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3786/3786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3787/3787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3821/3821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3845/3845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3861/3861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3862/3862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3874/3874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3875/3875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3880/3880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3881/3881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3889/3889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3906/3906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3904/3904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3905/3905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3910/3910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3911/3911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3945/3945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3961/3961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3983/3983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3972/3972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3991/3991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3992/3992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/3993/3993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4008/4008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4009/4009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4016/4016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4017/4017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4020/4020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4035/4035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4038/4038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4073/4073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4078/4078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4092/4092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4148/4148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4223/4223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4226/4226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4246/4246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4290/4290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4291/4291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4296/4296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4297/4297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4298/4298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4299/4299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4300/4300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4301/4301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4302/4302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4303/4303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4304/4304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4311/4311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4312/4312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4313/4313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4314/4314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4329/4329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4349/4349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4350/4350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4381/4381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4382/4382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4414/4414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4415/4415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4420/4420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4421/4421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2014/4422/4422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2817/2817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2818/2818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2831/2831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2832/2832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2839/2839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2893/2893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3316/3316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3332/3332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2407/2407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2503/2503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2010/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/materialegislativa/2000/230/230_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1065"/>
+  <dimension ref="A1:H1091"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="118.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -12049,77 +12304,77 @@
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
@@ -12153,317 +12408,317 @@
       </c>
       <c r="G9" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>50</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>65</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>70</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>75</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>80</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G16" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
+        <v>84</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>86</v>
       </c>
       <c r="H17" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>88</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>89</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H18" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>80</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>100</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>101</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H21" t="s">
@@ -12491,27125 +12746,27801 @@
       </c>
       <c r="G22" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H22" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>109</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>110</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>66</v>
+        <v>111</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H24" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="H25" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H26" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" t="s">
         <v>125</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H27" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="H28" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C29" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H29" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C30" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H30" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>145</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H31" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>148</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C32" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>151</v>
+      </c>
+      <c r="B33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" t="s">
+        <v>41</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="H33" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C34" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H34" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
-        <v>162</v>
+        <v>51</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="H35" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>56</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="H36" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C37" t="s">
-        <v>170</v>
+        <v>60</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C38" t="s">
-        <v>174</v>
+        <v>64</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H38" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C39" t="s">
-        <v>179</v>
+        <v>69</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>145</v>
+        <v>85</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C40" t="s">
-        <v>183</v>
+        <v>74</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>145</v>
+        <v>75</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C41" t="s">
-        <v>187</v>
+        <v>79</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="H41" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C42" t="s">
-        <v>191</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="H42" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
-        <v>195</v>
+        <v>89</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="H43" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s">
-        <v>199</v>
+        <v>93</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="H44" t="s">
-        <v>201</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C45" t="s">
-        <v>203</v>
+        <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="H45" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B46" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C46" t="s">
-        <v>207</v>
+        <v>101</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>66</v>
+        <v>191</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="H46" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C47" t="s">
-        <v>211</v>
+        <v>105</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>145</v>
+        <v>18</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="H47" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C48" t="s">
-        <v>215</v>
+        <v>110</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>219</v>
+        <v>115</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>220</v>
+        <v>28</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="H49" t="s">
-        <v>222</v>
+        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>224</v>
+        <v>120</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="H50" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C51" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>66</v>
+        <v>208</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="H51" t="s">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C52" t="s">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>145</v>
+        <v>213</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>236</v>
+        <v>217</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>237</v>
+        <v>218</v>
       </c>
       <c r="H53" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>239</v>
+        <v>220</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C54" t="s">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C55" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>145</v>
+        <v>80</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="H55" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C56" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="H56" t="s">
-        <v>251</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C57" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="H57" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C58" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>145</v>
+        <v>65</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="H58" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C59" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>265</v>
+        <v>245</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C60" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="H60" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C61" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>271</v>
+        <v>182</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C62" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C63" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C64" t="s">
-        <v>283</v>
+        <v>263</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="H64" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C65" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>81</v>
+        <v>234</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C66" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>292</v>
+        <v>135</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="H66" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C67" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>145</v>
+        <v>80</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="H67" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>299</v>
+        <v>278</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C68" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>61</v>
+        <v>182</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="H68" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C69" t="s">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>81</v>
+        <v>182</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="H69" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>307</v>
+        <v>286</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C70" t="s">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="H70" t="s">
-        <v>310</v>
+        <v>289</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C71" t="s">
-        <v>312</v>
+        <v>291</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>313</v>
+        <v>292</v>
       </c>
       <c r="H71" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>315</v>
+        <v>294</v>
       </c>
       <c r="B72" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C72" t="s">
-        <v>316</v>
+        <v>295</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="H72" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C73" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>322</v>
+        <v>301</v>
       </c>
       <c r="H73" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C74" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>326</v>
+        <v>127</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="H74" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>329</v>
+        <v>307</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C75" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>331</v>
+        <v>309</v>
       </c>
       <c r="H75" t="s">
-        <v>332</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>333</v>
+        <v>311</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C76" t="s">
-        <v>334</v>
+        <v>312</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>292</v>
+        <v>80</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>335</v>
+        <v>313</v>
       </c>
       <c r="H76" t="s">
-        <v>336</v>
+        <v>314</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>337</v>
+        <v>315</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C77" t="s">
-        <v>338</v>
+        <v>316</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>292</v>
+        <v>28</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>339</v>
+        <v>317</v>
       </c>
       <c r="H77" t="s">
-        <v>340</v>
+        <v>318</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>341</v>
+        <v>319</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C78" t="s">
-        <v>342</v>
+        <v>320</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>28</v>
+        <v>321</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="H78" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>345</v>
+        <v>324</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C79" t="s">
-        <v>346</v>
+        <v>325</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>347</v>
+        <v>326</v>
       </c>
       <c r="H79" t="s">
-        <v>348</v>
+        <v>327</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C80" t="s">
-        <v>350</v>
+        <v>329</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>351</v>
+        <v>330</v>
       </c>
       <c r="H80" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>353</v>
+        <v>332</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C81" t="s">
-        <v>354</v>
+        <v>333</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>71</v>
+        <v>334</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="H81" t="s">
-        <v>356</v>
+        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>357</v>
+        <v>337</v>
       </c>
       <c r="B82" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C82" t="s">
-        <v>358</v>
+        <v>338</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="H82" t="s">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>361</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C83" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="H83" t="s">
-        <v>364</v>
+        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C84" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>367</v>
+        <v>75</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="H84" t="s">
-        <v>369</v>
+        <v>348</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C85" t="s">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>292</v>
+        <v>351</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>372</v>
+        <v>352</v>
       </c>
       <c r="H85" t="s">
-        <v>373</v>
+        <v>353</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>374</v>
+        <v>354</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C86" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="H86" t="s">
-        <v>377</v>
+        <v>357</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>378</v>
+        <v>358</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C87" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>381</v>
+        <v>360</v>
       </c>
       <c r="H87" t="s">
-        <v>382</v>
+        <v>361</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>383</v>
+        <v>362</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C88" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>385</v>
+        <v>364</v>
       </c>
       <c r="H88" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C89" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>389</v>
+        <v>75</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>390</v>
+        <v>368</v>
       </c>
       <c r="H89" t="s">
-        <v>391</v>
+        <v>369</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>392</v>
+        <v>370</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C90" t="s">
-        <v>393</v>
+        <v>371</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>47</v>
+        <v>372</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
       <c r="H90" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="B91" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C91" t="s">
-        <v>397</v>
+        <v>376</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>398</v>
+        <v>80</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>399</v>
+        <v>377</v>
       </c>
       <c r="H91" t="s">
-        <v>400</v>
+        <v>378</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>401</v>
+        <v>379</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C92" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>403</v>
+        <v>381</v>
       </c>
       <c r="H92" t="s">
-        <v>404</v>
+        <v>382</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C93" t="s">
-        <v>406</v>
+        <v>384</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>407</v>
+        <v>385</v>
       </c>
       <c r="H93" t="s">
-        <v>408</v>
+        <v>386</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C94" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>380</v>
+        <v>75</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="H94" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C95" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>415</v>
+        <v>75</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>416</v>
+        <v>393</v>
       </c>
       <c r="H95" t="s">
-        <v>417</v>
+        <v>394</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>418</v>
+        <v>395</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C96" t="s">
-        <v>419</v>
+        <v>396</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>66</v>
+        <v>372</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>420</v>
+        <v>397</v>
       </c>
       <c r="H96" t="s">
-        <v>421</v>
+        <v>398</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>422</v>
+        <v>399</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C97" t="s">
-        <v>423</v>
+        <v>400</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>28</v>
+        <v>401</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>424</v>
+        <v>402</v>
       </c>
       <c r="H97" t="s">
-        <v>425</v>
+        <v>403</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>426</v>
+        <v>404</v>
       </c>
       <c r="B98" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C98" t="s">
-        <v>427</v>
+        <v>405</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>145</v>
+        <v>406</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="H98" t="s">
-        <v>429</v>
+        <v>408</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C99" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>432</v>
+        <v>75</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>433</v>
+        <v>411</v>
       </c>
       <c r="H99" t="s">
-        <v>434</v>
+        <v>412</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>435</v>
+        <v>413</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C100" t="s">
-        <v>436</v>
+        <v>414</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>437</v>
+        <v>372</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>438</v>
+        <v>415</v>
       </c>
       <c r="H100" t="s">
-        <v>439</v>
+        <v>416</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>440</v>
+        <v>417</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C101" t="s">
-        <v>441</v>
+        <v>418</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>71</v>
+        <v>372</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>442</v>
+        <v>419</v>
       </c>
       <c r="H101" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>444</v>
+        <v>421</v>
       </c>
       <c r="B102" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C102" t="s">
-        <v>445</v>
+        <v>422</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>446</v>
+        <v>423</v>
       </c>
       <c r="H102" t="s">
-        <v>447</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>448</v>
+        <v>425</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C103" t="s">
-        <v>449</v>
+        <v>426</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>450</v>
+        <v>28</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="H103" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>453</v>
+        <v>429</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C104" t="s">
-        <v>454</v>
+        <v>430</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>145</v>
+        <v>28</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>455</v>
+        <v>431</v>
       </c>
       <c r="H104" t="s">
-        <v>456</v>
+        <v>432</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>457</v>
+        <v>433</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C105" t="s">
-        <v>458</v>
+        <v>434</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="H105" t="s">
-        <v>460</v>
+        <v>436</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C106" t="s">
-        <v>462</v>
+        <v>438</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="H106" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C107" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>467</v>
+        <v>443</v>
       </c>
       <c r="H107" t="s">
-        <v>468</v>
+        <v>444</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>469</v>
+        <v>445</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C108" t="s">
-        <v>470</v>
+        <v>446</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>367</v>
+        <v>447</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>471</v>
+        <v>448</v>
       </c>
       <c r="H108" t="s">
-        <v>472</v>
+        <v>449</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>473</v>
+        <v>450</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C109" t="s">
-        <v>474</v>
+        <v>451</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>475</v>
+        <v>372</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>476</v>
+        <v>452</v>
       </c>
       <c r="H109" t="s">
-        <v>477</v>
+        <v>453</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>478</v>
+        <v>454</v>
       </c>
       <c r="B110" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C110" t="s">
-        <v>479</v>
+        <v>455</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="H110" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="B111" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C111" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>432</v>
+        <v>460</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>484</v>
+        <v>461</v>
       </c>
       <c r="H111" t="s">
-        <v>485</v>
+        <v>462</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>486</v>
+        <v>463</v>
       </c>
       <c r="B112" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C112" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>488</v>
+        <v>33</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>489</v>
+        <v>465</v>
       </c>
       <c r="H112" t="s">
-        <v>490</v>
+        <v>466</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C113" t="s">
-        <v>492</v>
+        <v>468</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>494</v>
+        <v>470</v>
       </c>
       <c r="H113" t="s">
-        <v>495</v>
+        <v>471</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
       <c r="B114" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C114" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>498</v>
+        <v>42</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>499</v>
+        <v>474</v>
       </c>
       <c r="H114" t="s">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>501</v>
+        <v>476</v>
       </c>
       <c r="B115" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C115" t="s">
-        <v>502</v>
+        <v>477</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>71</v>
+        <v>478</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>503</v>
+        <v>479</v>
       </c>
       <c r="H115" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
       <c r="B116" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C116" t="s">
-        <v>506</v>
+        <v>482</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="H116" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>509</v>
+        <v>485</v>
       </c>
       <c r="B117" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C117" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>493</v>
+        <v>135</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="H117" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>513</v>
+        <v>489</v>
       </c>
       <c r="B118" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C118" t="s">
-        <v>514</v>
+        <v>490</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>515</v>
+        <v>460</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>516</v>
+        <v>491</v>
       </c>
       <c r="H118" t="s">
-        <v>517</v>
+        <v>492</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>518</v>
+        <v>493</v>
       </c>
       <c r="B119" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C119" t="s">
-        <v>519</v>
+        <v>494</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>415</v>
+        <v>495</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="H119" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C120" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>524</v>
+        <v>18</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>525</v>
+        <v>500</v>
       </c>
       <c r="H120" t="s">
-        <v>526</v>
+        <v>501</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>527</v>
+        <v>502</v>
       </c>
       <c r="B121" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C121" t="s">
-        <v>528</v>
+        <v>503</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>529</v>
+        <v>52</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>530</v>
+        <v>504</v>
       </c>
       <c r="H121" t="s">
-        <v>531</v>
+        <v>505</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>532</v>
+        <v>506</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C122" t="s">
-        <v>533</v>
+        <v>507</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>529</v>
+        <v>80</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>534</v>
+        <v>508</v>
       </c>
       <c r="H122" t="s">
-        <v>535</v>
+        <v>509</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>536</v>
+        <v>510</v>
       </c>
       <c r="B123" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C123" t="s">
-        <v>537</v>
+        <v>511</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>529</v>
+        <v>116</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>538</v>
+        <v>512</v>
       </c>
       <c r="H123" t="s">
-        <v>539</v>
+        <v>513</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>540</v>
+        <v>514</v>
       </c>
       <c r="B124" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C124" t="s">
-        <v>541</v>
+        <v>515</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>542</v>
+        <v>516</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>543</v>
+        <v>517</v>
       </c>
       <c r="H124" t="s">
-        <v>544</v>
+        <v>518</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>545</v>
+        <v>519</v>
       </c>
       <c r="B125" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C125" t="s">
-        <v>546</v>
+        <v>520</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="H125" t="s">
-        <v>548</v>
+        <v>522</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>549</v>
+        <v>523</v>
       </c>
       <c r="B126" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C126" t="s">
-        <v>550</v>
+        <v>524</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>524</v>
+        <v>28</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>551</v>
+        <v>525</v>
       </c>
       <c r="H126" t="s">
-        <v>552</v>
+        <v>526</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>553</v>
+        <v>527</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C127" t="s">
-        <v>554</v>
+        <v>528</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>555</v>
+        <v>529</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>556</v>
+        <v>530</v>
       </c>
       <c r="H127" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>558</v>
+        <v>532</v>
       </c>
       <c r="B128" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C128" t="s">
-        <v>559</v>
+        <v>533</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>398</v>
+        <v>80</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>560</v>
+        <v>534</v>
       </c>
       <c r="H128" t="s">
-        <v>561</v>
+        <v>535</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
       <c r="B129" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C129" t="s">
-        <v>563</v>
+        <v>537</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>66</v>
+        <v>460</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>564</v>
+        <v>538</v>
       </c>
       <c r="H129" t="s">
-        <v>565</v>
+        <v>539</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>566</v>
+        <v>540</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C130" t="s">
-        <v>567</v>
+        <v>541</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>568</v>
+        <v>542</v>
       </c>
       <c r="H130" t="s">
-        <v>569</v>
+        <v>543</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>570</v>
+        <v>544</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C131" t="s">
-        <v>571</v>
+        <v>545</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>572</v>
+        <v>546</v>
       </c>
       <c r="H131" t="s">
-        <v>573</v>
+        <v>547</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>574</v>
+        <v>548</v>
       </c>
       <c r="B132" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C132" t="s">
-        <v>575</v>
+        <v>549</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>71</v>
+        <v>447</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>576</v>
+        <v>550</v>
       </c>
       <c r="H132" t="s">
-        <v>577</v>
+        <v>551</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>578</v>
+        <v>552</v>
       </c>
       <c r="B133" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C133" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>580</v>
+        <v>554</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>581</v>
+        <v>555</v>
       </c>
       <c r="H133" t="s">
-        <v>582</v>
+        <v>556</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
       <c r="B134" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C134" t="s">
-        <v>584</v>
+        <v>558</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>580</v>
+        <v>52</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>585</v>
+        <v>559</v>
       </c>
       <c r="H134" t="s">
-        <v>586</v>
+        <v>560</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>587</v>
+        <v>561</v>
       </c>
       <c r="B135" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C135" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>580</v>
+        <v>116</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>589</v>
+        <v>563</v>
       </c>
       <c r="H135" t="s">
-        <v>590</v>
+        <v>564</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C136" t="s">
-        <v>592</v>
+        <v>566</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>515</v>
+        <v>121</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>593</v>
+        <v>567</v>
       </c>
       <c r="H136" t="s">
-        <v>594</v>
+        <v>568</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>595</v>
+        <v>569</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C137" t="s">
-        <v>596</v>
+        <v>570</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>66</v>
+        <v>571</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>597</v>
+        <v>572</v>
       </c>
       <c r="H137" t="s">
-        <v>598</v>
+        <v>573</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>599</v>
+        <v>574</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C138" t="s">
-        <v>600</v>
+        <v>575</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>81</v>
+        <v>576</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>601</v>
+        <v>577</v>
       </c>
       <c r="H138" t="s">
-        <v>602</v>
+        <v>578</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>603</v>
+        <v>579</v>
       </c>
       <c r="B139" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C139" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>580</v>
+        <v>28</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
       <c r="H139" t="s">
-        <v>606</v>
+        <v>582</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>607</v>
+        <v>583</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C140" t="s">
-        <v>608</v>
+        <v>584</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>609</v>
+        <v>585</v>
       </c>
       <c r="H140" t="s">
-        <v>610</v>
+        <v>586</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>611</v>
+        <v>587</v>
       </c>
       <c r="B141" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C141" t="s">
-        <v>612</v>
+        <v>588</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>71</v>
+        <v>571</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>613</v>
+        <v>589</v>
       </c>
       <c r="H141" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>615</v>
+        <v>591</v>
       </c>
       <c r="B142" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="C142" t="s">
-        <v>616</v>
+        <v>592</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>71</v>
+        <v>593</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>617</v>
+        <v>594</v>
       </c>
       <c r="H142" t="s">
-        <v>618</v>
+        <v>595</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
       <c r="B143" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C143" t="s">
-        <v>10</v>
+        <v>597</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>621</v>
+        <v>495</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>622</v>
+        <v>598</v>
       </c>
       <c r="H143" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
       <c r="B144" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C144" t="s">
-        <v>17</v>
+        <v>601</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>625</v>
+        <v>602</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>626</v>
+        <v>603</v>
       </c>
       <c r="H144" t="s">
-        <v>627</v>
+        <v>604</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>628</v>
+        <v>605</v>
       </c>
       <c r="B145" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C145" t="s">
-        <v>22</v>
+        <v>606</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>629</v>
+        <v>607</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="H145" t="s">
-        <v>631</v>
+        <v>609</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>632</v>
+        <v>610</v>
       </c>
       <c r="B146" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C146" t="s">
-        <v>27</v>
+        <v>611</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>633</v>
+        <v>607</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>634</v>
+        <v>612</v>
       </c>
       <c r="H146" t="s">
-        <v>635</v>
+        <v>613</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>636</v>
+        <v>614</v>
       </c>
       <c r="B147" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C147" t="s">
-        <v>32</v>
+        <v>615</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>637</v>
+        <v>607</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>638</v>
+        <v>616</v>
       </c>
       <c r="H147" t="s">
-        <v>639</v>
+        <v>617</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>640</v>
+        <v>618</v>
       </c>
       <c r="B148" t="s">
+        <v>125</v>
+      </c>
+      <c r="C148" t="s">
+        <v>619</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
         <v>620</v>
       </c>
-      <c r="C148" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G148" s="1" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H148" t="s">
-        <v>642</v>
+        <v>622</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>643</v>
+        <v>623</v>
       </c>
       <c r="B149" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C149" t="s">
-        <v>41</v>
+        <v>624</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>629</v>
+        <v>18</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>644</v>
+        <v>625</v>
       </c>
       <c r="H149" t="s">
-        <v>645</v>
+        <v>626</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>646</v>
+        <v>627</v>
       </c>
       <c r="B150" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C150" t="s">
-        <v>46</v>
+        <v>628</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>647</v>
+        <v>602</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>648</v>
+        <v>629</v>
       </c>
       <c r="H150" t="s">
-        <v>649</v>
+        <v>630</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>650</v>
+        <v>631</v>
       </c>
       <c r="B151" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C151" t="s">
-        <v>51</v>
+        <v>632</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
         <v>633</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>651</v>
+        <v>634</v>
       </c>
       <c r="H151" t="s">
-        <v>652</v>
+        <v>635</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>653</v>
+        <v>636</v>
       </c>
       <c r="B152" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C152" t="s">
-        <v>55</v>
+        <v>637</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>629</v>
+        <v>478</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>654</v>
+        <v>638</v>
       </c>
       <c r="H152" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>656</v>
+        <v>640</v>
       </c>
       <c r="B153" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C153" t="s">
-        <v>60</v>
+        <v>641</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>629</v>
+        <v>18</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="H153" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="B154" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C154" t="s">
-        <v>65</v>
+        <v>645</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="H154" t="s">
-        <v>661</v>
+        <v>647</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>662</v>
+        <v>648</v>
       </c>
       <c r="B155" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C155" t="s">
-        <v>70</v>
+        <v>649</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>629</v>
+        <v>28</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="H155" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="B156" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C156" t="s">
-        <v>75</v>
+        <v>653</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>629</v>
+        <v>28</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="H156" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="B157" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C157" t="s">
-        <v>80</v>
+        <v>657</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>669</v>
+        <v>23</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="H157" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="B158" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C158" t="s">
-        <v>85</v>
+        <v>661</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>629</v>
+        <v>23</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="H158" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B159" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C159" t="s">
-        <v>89</v>
+        <v>665</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>629</v>
+        <v>23</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="H159" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="B160" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C160" t="s">
-        <v>93</v>
+        <v>669</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>629</v>
+        <v>593</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="H160" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="B161" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C161" t="s">
-        <v>98</v>
+        <v>673</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>629</v>
+        <v>18</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="H161" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="B162" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C162" t="s">
-        <v>101</v>
+        <v>677</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>685</v>
+        <v>75</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="H162" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="B163" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C163" t="s">
-        <v>105</v>
+        <v>681</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="H163" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="B164" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C164" t="s">
-        <v>110</v>
+        <v>685</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>629</v>
+        <v>28</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="H164" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="B165" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C165" t="s">
-        <v>114</v>
+        <v>689</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>629</v>
+        <v>28</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="H165" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="B166" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C166" t="s">
-        <v>118</v>
+        <v>693</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="H166" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="B167" t="s">
-        <v>620</v>
+        <v>125</v>
       </c>
       <c r="C167" t="s">
-        <v>122</v>
+        <v>697</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="H167" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>700</v>
+      </c>
+      <c r="B168" t="s">
+        <v>125</v>
+      </c>
+      <c r="C168" t="s">
+        <v>701</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>80</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H168" t="s">
         <v>703</v>
-      </c>
-[...19 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>704</v>
+      </c>
+      <c r="B169" t="s">
+        <v>705</v>
+      </c>
+      <c r="C169" t="s">
+        <v>126</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>12</v>
+      </c>
+      <c r="F169" t="s">
         <v>706</v>
-      </c>
-[...13 lines deleted...]
-        <v>629</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H169" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>709</v>
       </c>
       <c r="B170" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C170" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>647</v>
+        <v>710</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H170" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B171" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C171" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>18</v>
+        <v>714</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H171" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B172" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C172" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H172" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B173" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C173" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>71</v>
+        <v>722</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="H173" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B174" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C174" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>629</v>
+        <v>714</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="H174" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B175" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C175" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>629</v>
+        <v>714</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H175" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B176" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C176" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="H176" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B177" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C177" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>18</v>
+        <v>718</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="H177" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B178" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C178" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>736</v>
+        <v>714</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="H178" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B179" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C179" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>669</v>
+        <v>714</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="H179" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B180" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C180" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>629</v>
+        <v>28</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="H180" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B181" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C181" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>629</v>
+        <v>714</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="H181" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B182" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C182" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>629</v>
+        <v>714</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="H182" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B183" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C183" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>629</v>
+        <v>754</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="H183" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="B184" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C184" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>18</v>
+        <v>714</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="H184" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B185" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C185" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>18</v>
+        <v>714</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="H185" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B186" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C186" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>759</v>
+        <v>714</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="H186" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B187" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C187" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>18</v>
+        <v>714</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="H187" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B188" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C188" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="H188" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B189" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C189" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>770</v>
+        <v>28</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="H189" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B190" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C190" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>774</v>
+        <v>714</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="H190" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B191" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C191" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>71</v>
+        <v>714</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="H191" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B192" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C192" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>781</v>
+        <v>28</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H192" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B193" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C193" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>781</v>
+        <v>754</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H193" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B194" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C194" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>781</v>
+        <v>714</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H194" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B195" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C195" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>791</v>
+        <v>714</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>792</v>
       </c>
       <c r="H195" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>794</v>
       </c>
       <c r="B196" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C196" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>629</v>
+        <v>732</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>795</v>
       </c>
       <c r="H196" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>797</v>
       </c>
       <c r="B197" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C197" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>798</v>
       </c>
       <c r="H197" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>800</v>
       </c>
       <c r="B198" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C198" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>18</v>
+        <v>801</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H198" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B199" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="C199" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>804</v>
+        <v>28</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H199" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>807</v>
       </c>
       <c r="B200" t="s">
+        <v>705</v>
+      </c>
+      <c r="C200" t="s">
+        <v>233</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>12</v>
+      </c>
+      <c r="F200" t="s">
+        <v>714</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="C200" t="s">
-[...11 lines deleted...]
-      <c r="G200" s="1" t="s">
+      <c r="H200" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>810</v>
+      </c>
+      <c r="B201" t="s">
+        <v>705</v>
+      </c>
+      <c r="C201" t="s">
+        <v>238</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" t="s">
+        <v>714</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="B201" t="s">
-[...11 lines deleted...]
-      <c r="F201" t="s">
+      <c r="H201" t="s">
         <v>812</v>
-      </c>
-[...4 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>813</v>
+      </c>
+      <c r="B202" t="s">
+        <v>705</v>
+      </c>
+      <c r="C202" t="s">
+        <v>242</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>12</v>
+      </c>
+      <c r="F202" t="s">
+        <v>814</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B202" t="s">
-[...14 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>817</v>
+      </c>
+      <c r="B203" t="s">
+        <v>705</v>
+      </c>
+      <c r="C203" t="s">
+        <v>246</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>12</v>
+      </c>
+      <c r="F203" t="s">
+        <v>131</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="B203" t="s">
-[...14 lines deleted...]
-      <c r="G203" s="1" t="s">
+      <c r="H203" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>820</v>
+      </c>
+      <c r="B204" t="s">
+        <v>705</v>
+      </c>
+      <c r="C204" t="s">
+        <v>250</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" t="s">
         <v>821</v>
-      </c>
-[...13 lines deleted...]
-        <v>629</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>822</v>
       </c>
       <c r="H204" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>824</v>
       </c>
       <c r="B205" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C205" t="s">
-        <v>36</v>
+        <v>254</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>825</v>
       </c>
       <c r="H205" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>827</v>
       </c>
       <c r="B206" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C206" t="s">
-        <v>41</v>
+        <v>259</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
+        <v>714</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="G206" s="1" t="s">
+      <c r="H206" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>830</v>
+      </c>
+      <c r="B207" t="s">
+        <v>705</v>
+      </c>
+      <c r="C207" t="s">
+        <v>263</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="F207" t="s">
+        <v>714</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B207" t="s">
-[...11 lines deleted...]
-      <c r="F207" t="s">
+      <c r="H207" t="s">
         <v>832</v>
-      </c>
-[...4 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B208" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C208" t="s">
-        <v>51</v>
+        <v>267</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>836</v>
+        <v>714</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="H208" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="B209" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C209" t="s">
-        <v>55</v>
+        <v>271</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>840</v>
+        <v>714</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="H209" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="B210" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C210" t="s">
-        <v>60</v>
+        <v>275</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="H210" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="B211" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C211" t="s">
-        <v>65</v>
+        <v>279</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="H211" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>849</v>
+        <v>843</v>
       </c>
       <c r="B212" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C212" t="s">
-        <v>70</v>
+        <v>283</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>669</v>
+        <v>844</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="H212" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="B213" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C213" t="s">
-        <v>75</v>
+        <v>287</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="H213" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="B214" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C214" t="s">
-        <v>80</v>
+        <v>291</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>759</v>
+        <v>851</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="H214" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="B215" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C215" t="s">
-        <v>85</v>
+        <v>295</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>669</v>
+        <v>855</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="H215" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>858</v>
+      </c>
+      <c r="B216" t="s">
+        <v>705</v>
+      </c>
+      <c r="C216" t="s">
+        <v>299</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" t="s">
+        <v>859</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="H216" t="s">
         <v>861</v>
-      </c>
-[...19 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>862</v>
+      </c>
+      <c r="B217" t="s">
+        <v>705</v>
+      </c>
+      <c r="C217" t="s">
+        <v>304</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>12</v>
+      </c>
+      <c r="F217" t="s">
+        <v>28</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H217" t="s">
         <v>864</v>
-      </c>
-[...19 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>865</v>
+      </c>
+      <c r="B218" t="s">
+        <v>705</v>
+      </c>
+      <c r="C218" t="s">
+        <v>308</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" t="s">
+        <v>866</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="B218" t="s">
-[...14 lines deleted...]
-      <c r="G218" s="1" t="s">
+      <c r="H218" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>869</v>
+      </c>
+      <c r="B219" t="s">
+        <v>705</v>
+      </c>
+      <c r="C219" t="s">
+        <v>312</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="F219" t="s">
+        <v>866</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B219" t="s">
-[...14 lines deleted...]
-      <c r="G219" s="1" t="s">
+      <c r="H219" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>872</v>
+      </c>
+      <c r="B220" t="s">
+        <v>705</v>
+      </c>
+      <c r="C220" t="s">
+        <v>316</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>12</v>
+      </c>
+      <c r="F220" t="s">
+        <v>866</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B220" t="s">
-[...14 lines deleted...]
-      <c r="G220" s="1" t="s">
+      <c r="H220" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>875</v>
+      </c>
+      <c r="B221" t="s">
+        <v>705</v>
+      </c>
+      <c r="C221" t="s">
+        <v>320</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" t="s">
         <v>876</v>
-      </c>
-[...13 lines deleted...]
-        <v>832</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>877</v>
       </c>
       <c r="H221" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>879</v>
       </c>
       <c r="B222" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C222" t="s">
-        <v>114</v>
+        <v>325</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>647</v>
+        <v>714</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>880</v>
       </c>
       <c r="H222" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>882</v>
       </c>
       <c r="B223" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C223" t="s">
-        <v>118</v>
+        <v>329</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>647</v>
+        <v>131</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>883</v>
       </c>
       <c r="H223" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>885</v>
       </c>
       <c r="B224" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C224" t="s">
-        <v>122</v>
+        <v>333</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>832</v>
+        <v>131</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>886</v>
       </c>
       <c r="H224" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>888</v>
       </c>
       <c r="B225" t="s">
-        <v>808</v>
+        <v>705</v>
       </c>
       <c r="C225" t="s">
-        <v>126</v>
+        <v>338</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>669</v>
+        <v>889</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H225" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B226" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C226" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H226" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B227" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C227" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>840</v>
+        <v>897</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="H227" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="B228" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C228" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="H228" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="B229" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C229" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>71</v>
+        <v>732</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="H229" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B230" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C230" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>71</v>
+        <v>714</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="H230" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B231" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C231" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>840</v>
+        <v>754</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="H231" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B232" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C232" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>759</v>
+        <v>913</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="H232" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B233" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C233" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>759</v>
+        <v>917</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="H233" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="B234" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C234" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>18</v>
+        <v>921</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="H234" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="B235" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C235" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>629</v>
+        <v>925</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="H235" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="B236" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C236" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>922</v>
+        <v>754</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="H236" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="B237" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C237" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>922</v>
+        <v>754</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="H237" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="B238" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C238" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="H238" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B239" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C239" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="H239" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="B240" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C240" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>629</v>
+        <v>844</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="H240" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="B241" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C241" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="H241" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="B242" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C242" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="H242" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="B243" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C243" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>71</v>
+        <v>732</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="H243" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="B244" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C244" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>629</v>
+        <v>754</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H244" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="B245" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C245" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="H245" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="B246" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C246" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>71</v>
+        <v>714</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="H246" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="B247" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C247" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>669</v>
+        <v>917</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="H247" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="B248" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C248" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="H248" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="B249" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C249" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="H249" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="B250" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C250" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>71</v>
+        <v>917</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="H250" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="B251" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C251" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="H251" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="B252" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C252" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="H252" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="B253" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C253" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>669</v>
+        <v>925</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="H253" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="B254" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C254" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="H254" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="B255" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C255" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="H255" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="B256" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C256" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="H256" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="B257" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C257" t="s">
-        <v>262</v>
+        <v>233</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>18</v>
+        <v>925</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="H257" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="B258" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C258" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="H258" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B259" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C259" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
-        <v>629</v>
+        <v>844</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="H259" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B260" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C260" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="H260" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B261" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C261" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>998</v>
+        <v>714</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="H261" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B262" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C262" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="H262" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="B263" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C263" t="s">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>669</v>
+        <v>1007</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="H263" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="B264" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C264" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H264" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="B265" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C265" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="H265" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="B266" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C266" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>18</v>
+        <v>714</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="H266" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="B267" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C267" t="s">
-        <v>304</v>
+        <v>275</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>1018</v>
+        <v>131</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="H267" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="B268" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C268" t="s">
-        <v>308</v>
+        <v>279</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="H268" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B269" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C269" t="s">
-        <v>312</v>
+        <v>283</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>1025</v>
+        <v>28</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="H269" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="B270" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C270" t="s">
-        <v>316</v>
+        <v>287</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>669</v>
+        <v>714</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="H270" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B271" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C271" t="s">
-        <v>320</v>
+        <v>291</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>647</v>
+        <v>754</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="H271" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B272" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C272" t="s">
-        <v>325</v>
+        <v>295</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="H272" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="B273" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C273" t="s">
-        <v>330</v>
+        <v>299</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="H273" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B274" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C274" t="s">
-        <v>334</v>
+        <v>304</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>1025</v>
+        <v>754</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="H274" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="B275" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C275" t="s">
-        <v>338</v>
+        <v>308</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="H275" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B276" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C276" t="s">
-        <v>342</v>
+        <v>312</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H276" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B277" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C277" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="H277" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B278" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C278" t="s">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="H278" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B279" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C279" t="s">
-        <v>354</v>
+        <v>325</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="H279" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="B280" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C280" t="s">
-        <v>358</v>
+        <v>329</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>1059</v>
+        <v>28</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="H280" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B281" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C281" t="s">
-        <v>362</v>
+        <v>333</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="H281" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B282" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C282" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>832</v>
+        <v>754</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="H282" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="B283" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C283" t="s">
-        <v>371</v>
+        <v>342</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="H283" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B284" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C284" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>832</v>
+        <v>917</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="H284" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B285" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C285" t="s">
-        <v>379</v>
+        <v>350</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>1075</v>
+        <v>714</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H285" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B286" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C286" t="s">
-        <v>384</v>
+        <v>355</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H286" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B287" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C287" t="s">
-        <v>388</v>
+        <v>359</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
-        <v>629</v>
+        <v>1083</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="H287" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B288" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C288" t="s">
-        <v>393</v>
+        <v>363</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>669</v>
+        <v>1087</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="H288" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="B289" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C289" t="s">
-        <v>397</v>
+        <v>367</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="H289" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="B290" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C290" t="s">
-        <v>402</v>
+        <v>371</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>629</v>
+        <v>754</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H290" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="B291" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C291" t="s">
-        <v>406</v>
+        <v>376</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="H291" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="B292" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C292" t="s">
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="H292" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="B293" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C293" t="s">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>669</v>
+        <v>1103</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="H293" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B294" t="s">
-        <v>808</v>
+        <v>893</v>
       </c>
       <c r="C294" t="s">
-        <v>419</v>
+        <v>388</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="H294" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B295" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C295" t="s">
-        <v>10</v>
+        <v>392</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H295" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="B296" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C296" t="s">
-        <v>17</v>
+        <v>396</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="H296" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="B297" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C297" t="s">
-        <v>22</v>
+        <v>400</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="H297" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B298" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C298" t="s">
-        <v>27</v>
+        <v>405</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>647</v>
+        <v>28</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="H298" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="B299" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C299" t="s">
-        <v>32</v>
+        <v>410</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="H299" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="B300" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C300" t="s">
-        <v>36</v>
+        <v>414</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>1123</v>
+        <v>1110</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H300" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B301" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C301" t="s">
-        <v>41</v>
+        <v>418</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>647</v>
+        <v>131</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="H301" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="B302" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C302" t="s">
-        <v>46</v>
+        <v>422</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>1130</v>
+        <v>754</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H302" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B303" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C303" t="s">
-        <v>51</v>
+        <v>426</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>812</v>
+        <v>754</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H303" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B304" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C304" t="s">
-        <v>55</v>
+        <v>430</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>669</v>
+        <v>917</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="H304" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B305" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C305" t="s">
-        <v>60</v>
+        <v>434</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="H305" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B306" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C306" t="s">
-        <v>65</v>
+        <v>438</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>669</v>
+        <v>1144</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="H306" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B307" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C307" t="s">
-        <v>70</v>
+        <v>442</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H307" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B308" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C308" t="s">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>832</v>
+        <v>917</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H308" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B309" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C309" t="s">
-        <v>80</v>
+        <v>451</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>759</v>
+        <v>28</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="H309" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B310" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C310" t="s">
-        <v>85</v>
+        <v>455</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>840</v>
+        <v>917</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="H310" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="B311" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C311" t="s">
-        <v>89</v>
+        <v>459</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>669</v>
+        <v>1160</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="H311" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="B312" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C312" t="s">
-        <v>93</v>
+        <v>464</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312" t="s">
-        <v>840</v>
+        <v>131</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="H312" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="B313" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C313" t="s">
-        <v>98</v>
+        <v>468</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>1025</v>
+        <v>714</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="H313" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B314" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C314" t="s">
-        <v>101</v>
+        <v>473</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>840</v>
+        <v>754</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="H314" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B315" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C315" t="s">
-        <v>105</v>
+        <v>477</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>1170</v>
+        <v>131</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="H315" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="B316" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C316" t="s">
-        <v>110</v>
+        <v>482</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>1170</v>
+        <v>714</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="H316" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="B317" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C317" t="s">
-        <v>114</v>
+        <v>486</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="H317" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="B318" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C318" t="s">
-        <v>118</v>
+        <v>490</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="H318" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="B319" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C319" t="s">
-        <v>122</v>
+        <v>494</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H319" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B320" t="s">
-        <v>1106</v>
+        <v>893</v>
       </c>
       <c r="C320" t="s">
-        <v>126</v>
+        <v>499</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="H320" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B321" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C321" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>669</v>
+        <v>1192</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="H321" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B322" t="s">
         <v>1191</v>
       </c>
-      <c r="B322" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="H322" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="B323" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C323" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="H323" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="B324" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C324" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>18</v>
+        <v>732</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="H324" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="B325" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C325" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>1130</v>
+        <v>28</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="H325" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="B326" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C326" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>840</v>
+        <v>1208</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="H326" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="B327" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C327" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>812</v>
+        <v>732</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="H327" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="B328" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C328" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>647</v>
+        <v>1215</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="H328" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="B329" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C329" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>647</v>
+        <v>897</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="H329" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="B330" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C330" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>1130</v>
+        <v>754</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="H330" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B331" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C331" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>832</v>
+        <v>754</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="H331" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="B332" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C332" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>832</v>
+        <v>754</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="H332" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="B333" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C333" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="H333" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="B334" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C334" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>840</v>
+        <v>917</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="H334" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="B335" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C335" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>759</v>
+        <v>844</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="H335" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="B336" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C336" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>759</v>
+        <v>925</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="H336" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="B337" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C337" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="H337" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="B338" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C338" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>71</v>
+        <v>925</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="H338" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="B339" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C339" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>669</v>
+        <v>1110</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="H339" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="B340" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C340" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>840</v>
+        <v>925</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="H340" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="B341" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C341" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>71</v>
+        <v>1255</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="H341" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B342" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C342" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>71</v>
+        <v>1255</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="H342" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="B343" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C343" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>840</v>
+        <v>754</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="H343" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B344" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C344" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="H344" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="B345" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C345" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="H345" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B346" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C346" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>1170</v>
+        <v>754</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="H346" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B347" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C347" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="H347" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="B348" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C348" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="H348" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="B349" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C349" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>836</v>
+        <v>28</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
       <c r="H349" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="B350" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C350" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="H350" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B351" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C351" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>669</v>
+        <v>1215</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="H351" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="B352" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C352" t="s">
-        <v>262</v>
+        <v>233</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>669</v>
+        <v>925</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="H352" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B353" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C353" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>18</v>
+        <v>897</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="H353" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="B354" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C354" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>71</v>
+        <v>732</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="H354" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="B355" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C355" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="H355" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="B356" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C356" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>18</v>
+        <v>1215</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="H356" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="B357" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C357" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>18</v>
+        <v>917</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="H357" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="B358" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C358" t="s">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>71</v>
+        <v>917</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="H358" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="B359" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C359" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="H359" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="B360" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C360" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>71</v>
+        <v>925</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="H360" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="B361" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C361" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>669</v>
+        <v>844</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="H361" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="B362" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C362" t="s">
-        <v>304</v>
+        <v>275</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>812</v>
+        <v>844</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="H362" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="B363" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C363" t="s">
-        <v>308</v>
+        <v>279</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="H363" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="B364" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C364" t="s">
-        <v>312</v>
+        <v>283</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>1318</v>
+        <v>28</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="H364" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B365" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C365" t="s">
-        <v>316</v>
+        <v>287</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>1318</v>
+        <v>754</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="H365" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="B366" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C366" t="s">
-        <v>320</v>
+        <v>291</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>669</v>
+        <v>925</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="H366" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="B367" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C367" t="s">
-        <v>325</v>
+        <v>295</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>1328</v>
+        <v>28</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="H367" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="B368" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C368" t="s">
-        <v>330</v>
+        <v>299</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="H368" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="B369" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C369" t="s">
-        <v>334</v>
+        <v>304</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>669</v>
+        <v>925</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="H369" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B370" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C370" t="s">
-        <v>338</v>
+        <v>308</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="H370" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="B371" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C371" t="s">
-        <v>342</v>
+        <v>312</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="H371" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="B372" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C372" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>669</v>
+        <v>1255</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="H372" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="B373" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C373" t="s">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="H373" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B374" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C374" t="s">
-        <v>354</v>
+        <v>325</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="H374" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="B375" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C375" t="s">
-        <v>358</v>
+        <v>329</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>71</v>
+        <v>921</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="H375" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="B376" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C376" t="s">
-        <v>362</v>
+        <v>333</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="H376" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="B377" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C377" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="H377" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="B378" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C378" t="s">
-        <v>371</v>
+        <v>342</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="H378" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B379" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
       <c r="C379" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="H379" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="B380" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C380" t="s">
-        <v>10</v>
+        <v>350</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="H380" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="B381" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C381" t="s">
-        <v>17</v>
+        <v>355</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>812</v>
+        <v>754</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="H381" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B382" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C382" t="s">
-        <v>22</v>
+        <v>359</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="H382" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B383" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C383" t="s">
-        <v>27</v>
+        <v>363</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>1378</v>
+        <v>131</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="H383" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="B384" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C384" t="s">
-        <v>32</v>
+        <v>367</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="H384" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="B385" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C385" t="s">
-        <v>36</v>
+        <v>371</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="H385" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="B386" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C386" t="s">
-        <v>41</v>
+        <v>376</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>647</v>
+        <v>28</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="H386" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="B387" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C387" t="s">
-        <v>46</v>
+        <v>380</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>647</v>
+        <v>754</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="H387" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="B388" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C388" t="s">
-        <v>51</v>
+        <v>384</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>1394</v>
+        <v>897</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H388" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B389" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C389" t="s">
-        <v>55</v>
+        <v>388</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>1394</v>
+        <v>754</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="H389" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="B390" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C390" t="s">
-        <v>60</v>
+        <v>392</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="H390" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C391" t="s">
+        <v>396</v>
+      </c>
+      <c r="D391" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" t="s">
+        <v>12</v>
+      </c>
+      <c r="F391" t="s">
         <v>1403</v>
       </c>
-      <c r="B391" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G391" s="1" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="H391" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="B392" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C392" t="s">
-        <v>70</v>
+        <v>400</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>1407</v>
+        <v>754</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="H392" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="B393" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C393" t="s">
-        <v>75</v>
+        <v>405</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>840</v>
+        <v>1413</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="H393" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="B394" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C394" t="s">
-        <v>80</v>
+        <v>410</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>1378</v>
+        <v>754</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="H394" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="B395" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C395" t="s">
-        <v>85</v>
+        <v>414</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>1417</v>
+        <v>754</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="H395" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="B396" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C396" t="s">
-        <v>89</v>
+        <v>418</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>1421</v>
+        <v>28</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="H396" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B397" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C397" t="s">
-        <v>93</v>
+        <v>422</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="H397" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B398" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C398" t="s">
-        <v>98</v>
+        <v>426</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>1428</v>
+        <v>754</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>1429</v>
       </c>
       <c r="H398" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1431</v>
       </c>
       <c r="B399" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C399" t="s">
-        <v>101</v>
+        <v>430</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399" t="s">
-        <v>1421</v>
+        <v>28</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="H399" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1434</v>
       </c>
       <c r="B400" t="s">
-        <v>1368</v>
+        <v>1191</v>
       </c>
       <c r="C400" t="s">
-        <v>105</v>
+        <v>434</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400" t="s">
+        <v>131</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="G400" s="1" t="s">
+      <c r="H400" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C401" t="s">
+        <v>438</v>
+      </c>
+      <c r="D401" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" t="s">
+        <v>12</v>
+      </c>
+      <c r="F401" t="s">
+        <v>28</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="B401" t="s">
-[...14 lines deleted...]
-      <c r="G401" s="1" t="s">
+      <c r="H401" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C402" t="s">
+        <v>442</v>
+      </c>
+      <c r="D402" t="s">
+        <v>11</v>
+      </c>
+      <c r="E402" t="s">
+        <v>12</v>
+      </c>
+      <c r="F402" t="s">
+        <v>28</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B402" t="s">
-[...11 lines deleted...]
-      <c r="F402" t="s">
+      <c r="H402" t="s">
         <v>1442</v>
-      </c>
-[...4 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C403" t="s">
+        <v>446</v>
+      </c>
+      <c r="D403" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" t="s">
+        <v>12</v>
+      </c>
+      <c r="F403" t="s">
+        <v>754</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H403" t="s">
         <v>1445</v>
-      </c>
-[...19 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C404" t="s">
+        <v>451</v>
+      </c>
+      <c r="D404" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" t="s">
+        <v>12</v>
+      </c>
+      <c r="F404" t="s">
+        <v>131</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H404" t="s">
         <v>1448</v>
-      </c>
-[...19 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C405" t="s">
+        <v>455</v>
+      </c>
+      <c r="D405" t="s">
+        <v>11</v>
+      </c>
+      <c r="E405" t="s">
+        <v>12</v>
+      </c>
+      <c r="F405" t="s">
+        <v>131</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H405" t="s">
         <v>1451</v>
-      </c>
-[...19 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C406" t="s">
+        <v>126</v>
+      </c>
+      <c r="D406" t="s">
+        <v>11</v>
+      </c>
+      <c r="E406" t="s">
+        <v>12</v>
+      </c>
+      <c r="F406" t="s">
+        <v>131</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="B406" t="s">
-[...14 lines deleted...]
-      <c r="G406" s="1" t="s">
+      <c r="H406" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C407" t="s">
+        <v>10</v>
+      </c>
+      <c r="D407" t="s">
+        <v>11</v>
+      </c>
+      <c r="E407" t="s">
+        <v>12</v>
+      </c>
+      <c r="F407" t="s">
+        <v>897</v>
+      </c>
+      <c r="G407" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B407" t="s">
-[...11 lines deleted...]
-      <c r="F407" t="s">
+      <c r="H407" t="s">
         <v>1458</v>
-      </c>
-[...4 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C408" t="s">
+        <v>17</v>
+      </c>
+      <c r="D408" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" t="s">
+        <v>12</v>
+      </c>
+      <c r="F408" t="s">
+        <v>28</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H408" t="s">
         <v>1461</v>
-      </c>
-[...19 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C409" t="s">
+        <v>22</v>
+      </c>
+      <c r="D409" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" t="s">
+        <v>12</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G409" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="B409" t="s">
-[...14 lines deleted...]
-      <c r="G409" s="1" t="s">
+      <c r="H409" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C410" t="s">
+        <v>27</v>
+      </c>
+      <c r="D410" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" t="s">
+        <v>12</v>
+      </c>
+      <c r="F410" t="s">
+        <v>754</v>
+      </c>
+      <c r="G410" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="B410" t="s">
-[...14 lines deleted...]
-      <c r="G410" s="1" t="s">
+      <c r="H410" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C411" t="s">
+        <v>32</v>
+      </c>
+      <c r="D411" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" t="s">
+        <v>12</v>
+      </c>
+      <c r="F411" t="s">
+        <v>844</v>
+      </c>
+      <c r="G411" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="B411" t="s">
-[...14 lines deleted...]
-      <c r="G411" s="1" t="s">
+      <c r="H411" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C412" t="s">
+        <v>37</v>
+      </c>
+      <c r="D412" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="F412" t="s">
+        <v>732</v>
+      </c>
+      <c r="G412" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="B412" t="s">
-[...11 lines deleted...]
-      <c r="F412" t="s">
+      <c r="H412" t="s">
         <v>1474</v>
-      </c>
-[...4 lines deleted...]
-        <v>1476</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C413" t="s">
+        <v>41</v>
+      </c>
+      <c r="D413" t="s">
+        <v>11</v>
+      </c>
+      <c r="E413" t="s">
+        <v>12</v>
+      </c>
+      <c r="F413" t="s">
+        <v>732</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H413" t="s">
         <v>1477</v>
-      </c>
-[...19 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C414" t="s">
+        <v>46</v>
+      </c>
+      <c r="D414" t="s">
+        <v>11</v>
+      </c>
+      <c r="E414" t="s">
+        <v>12</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G414" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B414" t="s">
-[...14 lines deleted...]
-      <c r="G414" s="1" t="s">
+      <c r="H414" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C415" t="s">
+        <v>51</v>
+      </c>
+      <c r="D415" t="s">
+        <v>11</v>
+      </c>
+      <c r="E415" t="s">
+        <v>12</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G415" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="B415" t="s">
-[...14 lines deleted...]
-      <c r="G415" s="1" t="s">
+      <c r="H415" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C416" t="s">
+        <v>56</v>
+      </c>
+      <c r="D416" t="s">
+        <v>11</v>
+      </c>
+      <c r="E416" t="s">
+        <v>12</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G416" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="B416" t="s">
-[...14 lines deleted...]
-      <c r="G416" s="1" t="s">
+      <c r="H416" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C417" t="s">
+        <v>60</v>
+      </c>
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+      <c r="E417" t="s">
+        <v>12</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G417" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="B417" t="s">
-[...14 lines deleted...]
-      <c r="G417" s="1" t="s">
+      <c r="H417" t="s">
         <v>1490</v>
-      </c>
-[...1 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C418" t="s">
+        <v>64</v>
+      </c>
+      <c r="D418" t="s">
+        <v>11</v>
+      </c>
+      <c r="E418" t="s">
+        <v>12</v>
+      </c>
+      <c r="F418" t="s">
         <v>1492</v>
-      </c>
-[...13 lines deleted...]
-        <v>669</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="H418" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1495</v>
       </c>
       <c r="B419" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C419" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D419" t="s">
         <v>11</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
-        <v>669</v>
+        <v>925</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="H419" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1498</v>
       </c>
       <c r="B420" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C420" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D420" t="s">
         <v>11</v>
       </c>
       <c r="E420" t="s">
         <v>12</v>
       </c>
       <c r="F420" t="s">
-        <v>669</v>
+        <v>1463</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>1499</v>
       </c>
       <c r="H420" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1501</v>
       </c>
       <c r="B421" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C421" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D421" t="s">
         <v>11</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
         <v>1502</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>1503</v>
       </c>
       <c r="H421" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1505</v>
       </c>
       <c r="B422" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C422" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D422" t="s">
         <v>11</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
-        <v>71</v>
+        <v>1506</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="H422" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B423" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C423" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D423" t="s">
         <v>11</v>
       </c>
       <c r="E423" t="s">
         <v>12</v>
       </c>
       <c r="F423" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="H423" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B424" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C424" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424" t="s">
-        <v>71</v>
+        <v>1513</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="H424" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="B425" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C425" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425" t="s">
-        <v>669</v>
+        <v>1506</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="H425" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="B426" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C426" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D426" t="s">
         <v>11</v>
       </c>
       <c r="E426" t="s">
         <v>12</v>
       </c>
       <c r="F426" t="s">
-        <v>71</v>
+        <v>1520</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="H426" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="B427" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C427" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="F427" t="s">
-        <v>1521</v>
+        <v>1463</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="H427" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="B428" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C428" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D428" t="s">
         <v>11</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428" t="s">
-        <v>18</v>
+        <v>1527</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="H428" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="B429" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C429" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D429" t="s">
         <v>11</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="F429" t="s">
-        <v>1528</v>
+        <v>925</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="H429" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="B430" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C430" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D430" t="s">
         <v>11</v>
       </c>
       <c r="E430" t="s">
         <v>12</v>
       </c>
       <c r="F430" t="s">
-        <v>1531</v>
+        <v>754</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="H430" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B431" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C431" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D431" t="s">
         <v>11</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431" t="s">
-        <v>1170</v>
+        <v>754</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="H431" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B432" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C432" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D432" t="s">
         <v>11</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432" t="s">
-        <v>1538</v>
+        <v>1413</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H432" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B433" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C433" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D433" t="s">
         <v>11</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433" t="s">
-        <v>669</v>
+        <v>1543</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="H433" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="B434" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C434" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D434" t="s">
         <v>11</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="F434" t="s">
-        <v>18</v>
+        <v>1463</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="H434" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B435" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C435" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D435" t="s">
         <v>11</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="F435" t="s">
-        <v>1474</v>
+        <v>754</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H435" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="B436" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C436" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D436" t="s">
         <v>11</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="F436" t="s">
-        <v>18</v>
+        <v>921</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="H436" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="B437" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C437" t="s">
-        <v>262</v>
+        <v>233</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437" t="s">
         <v>12</v>
       </c>
       <c r="F437" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="H437" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="B438" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C438" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="D438" t="s">
         <v>11</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="F438" t="s">
-        <v>669</v>
+        <v>1559</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="H438" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="B439" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C439" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D439" t="s">
         <v>11</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="F439" t="s">
-        <v>1130</v>
+        <v>754</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="H439" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="B440" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C440" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="F440" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="H440" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="B441" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C441" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441" t="s">
         <v>12</v>
       </c>
       <c r="F441" t="s">
-        <v>832</v>
+        <v>754</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="H441" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="B442" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C442" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442" t="s">
         <v>12</v>
       </c>
       <c r="F442" t="s">
-        <v>840</v>
+        <v>754</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="H442" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="B443" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C443" t="s">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443" t="s">
         <v>12</v>
       </c>
       <c r="F443" t="s">
-        <v>647</v>
+        <v>131</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="H443" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="B444" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C444" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="D444" t="s">
         <v>11</v>
       </c>
       <c r="E444" t="s">
         <v>12</v>
       </c>
       <c r="F444" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="H444" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="B445" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C445" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="D445" t="s">
         <v>11</v>
       </c>
       <c r="E445" t="s">
         <v>12</v>
       </c>
       <c r="F445" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="H445" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="B446" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C446" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446" t="s">
         <v>12</v>
       </c>
       <c r="F446" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="H446" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B447" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C447" t="s">
-        <v>304</v>
+        <v>275</v>
       </c>
       <c r="D447" t="s">
         <v>11</v>
       </c>
       <c r="E447" t="s">
         <v>12</v>
       </c>
       <c r="F447" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="H447" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="B448" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C448" t="s">
-        <v>308</v>
+        <v>279</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448" t="s">
         <v>12</v>
       </c>
       <c r="F448" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="H448" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B449" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C449" t="s">
-        <v>312</v>
+        <v>283</v>
       </c>
       <c r="D449" t="s">
         <v>11</v>
       </c>
       <c r="E449" t="s">
         <v>12</v>
       </c>
       <c r="F449" t="s">
-        <v>1591</v>
+        <v>28</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="H449" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="B450" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C450" t="s">
-        <v>316</v>
+        <v>287</v>
       </c>
       <c r="D450" t="s">
         <v>11</v>
       </c>
       <c r="E450" t="s">
         <v>12</v>
       </c>
       <c r="F450" t="s">
-        <v>1595</v>
+        <v>28</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H450" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B451" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C451" t="s">
-        <v>320</v>
+        <v>291</v>
       </c>
       <c r="D451" t="s">
         <v>11</v>
       </c>
       <c r="E451" t="s">
         <v>12</v>
       </c>
       <c r="F451" t="s">
-        <v>1599</v>
+        <v>754</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="H451" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1602</v>
       </c>
       <c r="B452" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C452" t="s">
-        <v>325</v>
+        <v>295</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452" t="s">
         <v>12</v>
       </c>
       <c r="F452" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>1603</v>
       </c>
       <c r="H452" t="s">
         <v>1604</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1605</v>
       </c>
       <c r="B453" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C453" t="s">
-        <v>330</v>
+        <v>299</v>
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="F453" t="s">
         <v>1606</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>1607</v>
       </c>
       <c r="H453" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1609</v>
       </c>
       <c r="B454" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C454" t="s">
-        <v>334</v>
+        <v>304</v>
       </c>
       <c r="D454" t="s">
         <v>11</v>
       </c>
       <c r="E454" t="s">
         <v>12</v>
       </c>
       <c r="F454" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>1610</v>
       </c>
       <c r="H454" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1612</v>
       </c>
       <c r="B455" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C455" t="s">
-        <v>338</v>
+        <v>308</v>
       </c>
       <c r="D455" t="s">
         <v>11</v>
       </c>
       <c r="E455" t="s">
         <v>12</v>
       </c>
       <c r="F455" t="s">
-        <v>18</v>
+        <v>1613</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="H455" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1615</v>
       </c>
       <c r="B456" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C456" t="s">
-        <v>342</v>
+        <v>312</v>
       </c>
       <c r="D456" t="s">
         <v>11</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="F456" t="s">
-        <v>71</v>
+        <v>1616</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="H456" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B457" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C457" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="D457" t="s">
         <v>11</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="F457" t="s">
-        <v>1130</v>
+        <v>1255</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H457" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B458" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C458" t="s">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="D458" t="s">
         <v>11</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="F458" t="s">
-        <v>1130</v>
+        <v>1623</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="H458" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B459" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C459" t="s">
-        <v>354</v>
+        <v>325</v>
       </c>
       <c r="D459" t="s">
         <v>11</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="F459" t="s">
-        <v>71</v>
+        <v>754</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="H459" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="B460" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C460" t="s">
-        <v>358</v>
+        <v>329</v>
       </c>
       <c r="D460" t="s">
         <v>11</v>
       </c>
       <c r="E460" t="s">
         <v>12</v>
       </c>
       <c r="F460" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="H460" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B461" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C461" t="s">
-        <v>362</v>
+        <v>333</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461" t="s">
         <v>12</v>
       </c>
       <c r="F461" t="s">
-        <v>832</v>
+        <v>1559</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="H461" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="B462" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C462" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462" t="s">
         <v>12</v>
       </c>
       <c r="F462" t="s">
-        <v>832</v>
+        <v>131</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="H462" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B463" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C463" t="s">
-        <v>371</v>
+        <v>342</v>
       </c>
       <c r="D463" t="s">
         <v>11</v>
       </c>
       <c r="E463" t="s">
         <v>12</v>
       </c>
       <c r="F463" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H463" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B464" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C464" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="D464" t="s">
         <v>11</v>
       </c>
       <c r="E464" t="s">
         <v>12</v>
       </c>
       <c r="F464" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="H464" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B465" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C465" t="s">
-        <v>379</v>
+        <v>350</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
         <v>12</v>
       </c>
       <c r="F465" t="s">
-        <v>669</v>
+        <v>1215</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="H465" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B466" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C466" t="s">
-        <v>384</v>
+        <v>355</v>
       </c>
       <c r="D466" t="s">
         <v>11</v>
       </c>
       <c r="E466" t="s">
         <v>12</v>
       </c>
       <c r="F466" t="s">
-        <v>647</v>
+        <v>28</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="H466" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B467" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C467" t="s">
-        <v>388</v>
+        <v>359</v>
       </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467" t="s">
         <v>12</v>
       </c>
       <c r="F467" t="s">
-        <v>1130</v>
+        <v>917</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H467" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B468" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C468" t="s">
-        <v>393</v>
+        <v>363</v>
       </c>
       <c r="D468" t="s">
         <v>11</v>
       </c>
       <c r="E468" t="s">
         <v>12</v>
       </c>
       <c r="F468" t="s">
-        <v>840</v>
+        <v>925</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="H468" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B469" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C469" t="s">
-        <v>397</v>
+        <v>367</v>
       </c>
       <c r="D469" t="s">
         <v>11</v>
       </c>
       <c r="E469" t="s">
         <v>12</v>
       </c>
       <c r="F469" t="s">
-        <v>840</v>
+        <v>732</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="H469" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="B470" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C470" t="s">
-        <v>402</v>
+        <v>371</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
       <c r="E470" t="s">
         <v>12</v>
       </c>
       <c r="F470" t="s">
-        <v>647</v>
+        <v>844</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H470" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="B471" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C471" t="s">
-        <v>406</v>
+        <v>376</v>
       </c>
       <c r="D471" t="s">
         <v>11</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="H471" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="B472" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C472" t="s">
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="D472" t="s">
         <v>11</v>
       </c>
       <c r="E472" t="s">
         <v>12</v>
       </c>
       <c r="F472" t="s">
-        <v>812</v>
+        <v>28</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="H472" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="B473" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C473" t="s">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c r="D473" t="s">
         <v>11</v>
       </c>
       <c r="E473" t="s">
         <v>12</v>
       </c>
       <c r="F473" t="s">
-        <v>759</v>
+        <v>1669</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="H473" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B474" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C474" t="s">
-        <v>419</v>
+        <v>388</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
         <v>12</v>
       </c>
       <c r="F474" t="s">
-        <v>759</v>
+        <v>28</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="H474" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="B475" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C475" t="s">
-        <v>423</v>
+        <v>392</v>
       </c>
       <c r="D475" t="s">
         <v>11</v>
       </c>
       <c r="E475" t="s">
         <v>12</v>
       </c>
       <c r="F475" t="s">
-        <v>812</v>
+        <v>1676</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="H475" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="B476" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C476" t="s">
-        <v>427</v>
+        <v>396</v>
       </c>
       <c r="D476" t="s">
         <v>11</v>
       </c>
       <c r="E476" t="s">
         <v>12</v>
       </c>
       <c r="F476" t="s">
-        <v>1130</v>
+        <v>1680</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="H476" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="B477" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C477" t="s">
-        <v>431</v>
+        <v>400</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477" t="s">
         <v>12</v>
       </c>
       <c r="F477" t="s">
-        <v>18</v>
+        <v>1684</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="H477" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="B478" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C478" t="s">
-        <v>436</v>
+        <v>405</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
         <v>12</v>
       </c>
       <c r="F478" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="H478" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="B479" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C479" t="s">
-        <v>441</v>
+        <v>410</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
         <v>12</v>
       </c>
       <c r="F479" t="s">
-        <v>669</v>
+        <v>1691</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="H479" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="B480" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C480" t="s">
-        <v>445</v>
+        <v>414</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
         <v>12</v>
       </c>
       <c r="F480" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="H480" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="B481" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C481" t="s">
-        <v>449</v>
+        <v>418</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
         <v>12</v>
       </c>
       <c r="F481" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="H481" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="B482" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C482" t="s">
-        <v>454</v>
+        <v>422</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482" t="s">
         <v>12</v>
       </c>
       <c r="F482" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="H482" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="B483" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C483" t="s">
-        <v>458</v>
+        <v>426</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
         <v>12</v>
       </c>
       <c r="F483" t="s">
-        <v>18</v>
+        <v>1215</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="H483" t="s">
-        <v>1698</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="B484" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="C484" t="s">
-        <v>462</v>
+        <v>430</v>
       </c>
       <c r="D484" t="s">
         <v>11</v>
       </c>
       <c r="E484" t="s">
         <v>12</v>
       </c>
       <c r="F484" t="s">
-        <v>669</v>
+        <v>1215</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="H484" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="B485" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C485" t="s">
-        <v>10</v>
+        <v>434</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
         <v>12</v>
       </c>
       <c r="F485" t="s">
-        <v>1704</v>
+        <v>28</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="H485" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="B486" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C486" t="s">
-        <v>17</v>
+        <v>438</v>
       </c>
       <c r="D486" t="s">
         <v>11</v>
       </c>
       <c r="E486" t="s">
         <v>12</v>
       </c>
       <c r="F486" t="s">
-        <v>1708</v>
+        <v>28</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="H486" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="B487" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C487" t="s">
-        <v>22</v>
+        <v>442</v>
       </c>
       <c r="D487" t="s">
         <v>11</v>
       </c>
       <c r="E487" t="s">
         <v>12</v>
       </c>
       <c r="F487" t="s">
-        <v>1712</v>
+        <v>917</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="H487" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="B488" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C488" t="s">
-        <v>27</v>
+        <v>446</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488" t="s">
         <v>12</v>
       </c>
       <c r="F488" t="s">
-        <v>1708</v>
+        <v>917</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="H488" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="B489" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C489" t="s">
-        <v>32</v>
+        <v>451</v>
       </c>
       <c r="D489" t="s">
         <v>11</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="H489" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B490" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C490" t="s">
-        <v>36</v>
+        <v>455</v>
       </c>
       <c r="D490" t="s">
         <v>11</v>
       </c>
       <c r="E490" t="s">
         <v>12</v>
       </c>
       <c r="F490" t="s">
-        <v>1722</v>
+        <v>754</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="H490" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="B491" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C491" t="s">
-        <v>41</v>
+        <v>459</v>
       </c>
       <c r="D491" t="s">
         <v>11</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="F491" t="s">
-        <v>1726</v>
+        <v>754</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="H491" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B492" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C492" t="s">
-        <v>46</v>
+        <v>464</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492" t="s">
         <v>12</v>
       </c>
       <c r="F492" t="s">
-        <v>1730</v>
+        <v>732</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>1731</v>
       </c>
       <c r="H492" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>1733</v>
       </c>
       <c r="B493" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C493" t="s">
-        <v>51</v>
+        <v>468</v>
       </c>
       <c r="D493" t="s">
         <v>11</v>
       </c>
       <c r="E493" t="s">
         <v>12</v>
       </c>
       <c r="F493" t="s">
-        <v>18</v>
+        <v>1215</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>1734</v>
       </c>
       <c r="H493" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>1736</v>
       </c>
       <c r="B494" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C494" t="s">
-        <v>55</v>
+        <v>473</v>
       </c>
       <c r="D494" t="s">
         <v>11</v>
       </c>
       <c r="E494" t="s">
         <v>12</v>
       </c>
       <c r="F494" t="s">
-        <v>1712</v>
+        <v>925</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="H494" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1739</v>
       </c>
       <c r="B495" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C495" t="s">
-        <v>60</v>
+        <v>477</v>
       </c>
       <c r="D495" t="s">
         <v>11</v>
       </c>
       <c r="E495" t="s">
         <v>12</v>
       </c>
       <c r="F495" t="s">
+        <v>925</v>
+      </c>
+      <c r="G495" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="G495" s="1" t="s">
+      <c r="H495" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C496" t="s">
+        <v>482</v>
+      </c>
+      <c r="D496" t="s">
+        <v>11</v>
+      </c>
+      <c r="E496" t="s">
+        <v>12</v>
+      </c>
+      <c r="F496" t="s">
+        <v>732</v>
+      </c>
+      <c r="G496" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="B496" t="s">
-[...14 lines deleted...]
-      <c r="G496" s="1" t="s">
+      <c r="H496" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C497" t="s">
+        <v>486</v>
+      </c>
+      <c r="D497" t="s">
+        <v>11</v>
+      </c>
+      <c r="E497" t="s">
+        <v>12</v>
+      </c>
+      <c r="F497" t="s">
+        <v>28</v>
+      </c>
+      <c r="G497" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="B497" t="s">
-[...14 lines deleted...]
-      <c r="G497" s="1" t="s">
+      <c r="H497" t="s">
         <v>1747</v>
-      </c>
-[...1 lines deleted...]
-        <v>1748</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C498" t="s">
+        <v>490</v>
+      </c>
+      <c r="D498" t="s">
+        <v>11</v>
+      </c>
+      <c r="E498" t="s">
+        <v>12</v>
+      </c>
+      <c r="F498" t="s">
+        <v>897</v>
+      </c>
+      <c r="G498" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="B498" t="s">
-[...14 lines deleted...]
-      <c r="G498" s="1" t="s">
+      <c r="H498" t="s">
         <v>1750</v>
-      </c>
-[...1 lines deleted...]
-        <v>1751</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C499" t="s">
+        <v>494</v>
+      </c>
+      <c r="D499" t="s">
+        <v>11</v>
+      </c>
+      <c r="E499" t="s">
+        <v>12</v>
+      </c>
+      <c r="F499" t="s">
+        <v>844</v>
+      </c>
+      <c r="G499" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="B499" t="s">
-[...14 lines deleted...]
-      <c r="G499" s="1" t="s">
+      <c r="H499" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C500" t="s">
+        <v>499</v>
+      </c>
+      <c r="D500" t="s">
+        <v>11</v>
+      </c>
+      <c r="E500" t="s">
+        <v>12</v>
+      </c>
+      <c r="F500" t="s">
+        <v>844</v>
+      </c>
+      <c r="G500" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="B500" t="s">
-[...14 lines deleted...]
-      <c r="G500" s="1" t="s">
+      <c r="H500" t="s">
         <v>1756</v>
-      </c>
-[...1 lines deleted...]
-        <v>1757</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C501" t="s">
+        <v>503</v>
+      </c>
+      <c r="D501" t="s">
+        <v>11</v>
+      </c>
+      <c r="E501" t="s">
+        <v>12</v>
+      </c>
+      <c r="F501" t="s">
+        <v>897</v>
+      </c>
+      <c r="G501" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="B501" t="s">
-[...14 lines deleted...]
-      <c r="G501" s="1" t="s">
+      <c r="H501" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C502" t="s">
+        <v>507</v>
+      </c>
+      <c r="D502" t="s">
+        <v>11</v>
+      </c>
+      <c r="E502" t="s">
+        <v>12</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G502" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="B502" t="s">
-[...14 lines deleted...]
-      <c r="G502" s="1" t="s">
+      <c r="H502" t="s">
         <v>1762</v>
-      </c>
-[...1 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C503" t="s">
+        <v>511</v>
+      </c>
+      <c r="D503" t="s">
+        <v>11</v>
+      </c>
+      <c r="E503" t="s">
+        <v>12</v>
+      </c>
+      <c r="F503" t="s">
+        <v>131</v>
+      </c>
+      <c r="G503" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B503" t="s">
-[...14 lines deleted...]
-      <c r="G503" s="1" t="s">
+      <c r="H503" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C504" t="s">
+        <v>515</v>
+      </c>
+      <c r="D504" t="s">
+        <v>11</v>
+      </c>
+      <c r="E504" t="s">
+        <v>12</v>
+      </c>
+      <c r="F504" t="s">
+        <v>131</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="B504" t="s">
-[...14 lines deleted...]
-      <c r="G504" s="1" t="s">
+      <c r="H504" t="s">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C505" t="s">
+        <v>520</v>
+      </c>
+      <c r="D505" t="s">
+        <v>11</v>
+      </c>
+      <c r="E505" t="s">
+        <v>12</v>
+      </c>
+      <c r="F505" t="s">
+        <v>754</v>
+      </c>
+      <c r="G505" s="1" t="s">
         <v>1770</v>
       </c>
-      <c r="B505" t="s">
-[...14 lines deleted...]
-      <c r="G505" s="1" t="s">
+      <c r="H505" t="s">
         <v>1771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C506" t="s">
+        <v>524</v>
+      </c>
+      <c r="D506" t="s">
+        <v>11</v>
+      </c>
+      <c r="E506" t="s">
+        <v>12</v>
+      </c>
+      <c r="F506" t="s">
+        <v>754</v>
+      </c>
+      <c r="G506" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="B506" t="s">
-[...11 lines deleted...]
-      <c r="F506" t="s">
+      <c r="H506" t="s">
         <v>1774</v>
-      </c>
-[...4 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C507" t="s">
+        <v>528</v>
+      </c>
+      <c r="D507" t="s">
+        <v>11</v>
+      </c>
+      <c r="E507" t="s">
+        <v>12</v>
+      </c>
+      <c r="F507" t="s">
+        <v>28</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H507" t="s">
         <v>1777</v>
-      </c>
-[...19 lines deleted...]
-        <v>1780</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
       <c r="B508" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C508" t="s">
-        <v>118</v>
+        <v>533</v>
       </c>
       <c r="D508" t="s">
         <v>11</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
       <c r="H508" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="B509" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C509" t="s">
-        <v>122</v>
+        <v>537</v>
       </c>
       <c r="D509" t="s">
         <v>11</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509" t="s">
-        <v>1712</v>
+        <v>131</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="H509" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="B510" t="s">
-        <v>1703</v>
+        <v>1453</v>
       </c>
       <c r="C510" t="s">
-        <v>126</v>
+        <v>541</v>
       </c>
       <c r="D510" t="s">
         <v>11</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
       <c r="H510" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C511" t="s">
+        <v>126</v>
+      </c>
+      <c r="D511" t="s">
+        <v>11</v>
+      </c>
+      <c r="E511" t="s">
+        <v>12</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G511" s="1" t="s">
         <v>1790</v>
       </c>
-      <c r="B511" t="s">
-[...14 lines deleted...]
-      <c r="G511" s="1" t="s">
+      <c r="H511" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C512" t="s">
+        <v>10</v>
+      </c>
+      <c r="D512" t="s">
+        <v>11</v>
+      </c>
+      <c r="E512" t="s">
+        <v>12</v>
+      </c>
+      <c r="F512" t="s">
         <v>1793</v>
       </c>
-      <c r="B512" t="s">
-[...11 lines deleted...]
-      <c r="F512" t="s">
+      <c r="G512" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="G512" s="1" t="s">
+      <c r="H512" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C513" t="s">
+        <v>17</v>
+      </c>
+      <c r="D513" t="s">
+        <v>11</v>
+      </c>
+      <c r="E513" t="s">
+        <v>12</v>
+      </c>
+      <c r="F513" t="s">
         <v>1797</v>
-      </c>
-[...13 lines deleted...]
-        <v>669</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>1798</v>
       </c>
       <c r="H513" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>1800</v>
       </c>
       <c r="B514" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C514" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D514" t="s">
         <v>11</v>
       </c>
       <c r="E514" t="s">
         <v>12</v>
       </c>
       <c r="F514" t="s">
-        <v>1712</v>
+        <v>1793</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>1801</v>
       </c>
       <c r="H514" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>1803</v>
       </c>
       <c r="B515" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C515" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515" t="s">
         <v>12</v>
       </c>
       <c r="F515" t="s">
-        <v>1704</v>
+        <v>1797</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="H515" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>1806</v>
       </c>
       <c r="B516" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C516" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D516" t="s">
         <v>11</v>
       </c>
       <c r="E516" t="s">
         <v>12</v>
       </c>
       <c r="F516" t="s">
         <v>1807</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="H516" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1810</v>
       </c>
       <c r="B517" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C517" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D517" t="s">
         <v>11</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517" t="s">
-        <v>669</v>
+        <v>1811</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H517" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B518" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C518" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D518" t="s">
         <v>11</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="H518" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="B519" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C519" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D519" t="s">
         <v>11</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519" t="s">
-        <v>1774</v>
+        <v>131</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="H519" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="B520" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C520" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D520" t="s">
         <v>11</v>
       </c>
       <c r="E520" t="s">
         <v>12</v>
       </c>
       <c r="F520" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="H520" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B521" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C521" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D521" t="s">
         <v>11</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521" t="s">
-        <v>669</v>
+        <v>1825</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="H521" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="B522" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C522" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D522" t="s">
         <v>11</v>
       </c>
       <c r="E522" t="s">
         <v>12</v>
       </c>
       <c r="F522" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="H522" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="B523" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C523" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D523" t="s">
         <v>11</v>
       </c>
       <c r="E523" t="s">
         <v>12</v>
       </c>
       <c r="F523" t="s">
-        <v>1774</v>
+        <v>131</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="H523" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="B524" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C524" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D524" t="s">
         <v>11</v>
       </c>
       <c r="E524" t="s">
         <v>12</v>
       </c>
       <c r="F524" t="s">
-        <v>669</v>
+        <v>131</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="H524" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="B525" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C525" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D525" t="s">
         <v>11</v>
       </c>
       <c r="E525" t="s">
         <v>12</v>
       </c>
       <c r="F525" t="s">
-        <v>669</v>
+        <v>1797</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="H525" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B526" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C526" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D526" t="s">
         <v>11</v>
       </c>
       <c r="E526" t="s">
         <v>12</v>
       </c>
       <c r="F526" t="s">
-        <v>669</v>
+        <v>1793</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="H526" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="B527" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C527" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D527" t="s">
         <v>11</v>
       </c>
       <c r="E527" t="s">
         <v>12</v>
       </c>
       <c r="F527" t="s">
-        <v>1778</v>
+        <v>1793</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="H527" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B528" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C528" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D528" t="s">
         <v>11</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528" t="s">
-        <v>1712</v>
+        <v>1815</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="H528" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="B529" t="s">
-        <v>1703</v>
+        <v>1788</v>
       </c>
       <c r="C529" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D529" t="s">
         <v>11</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529" t="s">
-        <v>669</v>
+        <v>754</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="H529" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="B530" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C530" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="D530" t="s">
         <v>11</v>
       </c>
       <c r="E530" t="s">
         <v>12</v>
       </c>
       <c r="F530" t="s">
-        <v>1712</v>
+        <v>1793</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="H530" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="B531" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C531" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="F531" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="H531" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="B532" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C532" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="D532" t="s">
         <v>11</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="F532" t="s">
-        <v>1712</v>
+        <v>1859</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="H532" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="B533" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C533" t="s">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="F533" t="s">
-        <v>1712</v>
+        <v>1863</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="H533" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="B534" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C534" t="s">
-        <v>32</v>
+        <v>115</v>
       </c>
       <c r="D534" t="s">
         <v>11</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="F534" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="H534" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B535" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C535" t="s">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="D535" t="s">
         <v>11</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="F535" t="s">
-        <v>1867</v>
+        <v>1797</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H535" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="B536" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C536" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="D536" t="s">
         <v>11</v>
       </c>
       <c r="E536" t="s">
         <v>12</v>
       </c>
       <c r="F536" t="s">
-        <v>1704</v>
+        <v>754</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="H536" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="B537" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C537" t="s">
-        <v>46</v>
+        <v>212</v>
       </c>
       <c r="D537" t="s">
         <v>11</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="F537" t="s">
-        <v>1774</v>
+        <v>754</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="H537" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="B538" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C538" t="s">
-        <v>51</v>
+        <v>217</v>
       </c>
       <c r="D538" t="s">
         <v>11</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="F538" t="s">
-        <v>1774</v>
+        <v>1879</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="H538" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="B539" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C539" t="s">
-        <v>55</v>
+        <v>221</v>
       </c>
       <c r="D539" t="s">
         <v>11</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="F539" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="H539" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B540" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C540" t="s">
-        <v>60</v>
+        <v>225</v>
       </c>
       <c r="D540" t="s">
         <v>11</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="F540" t="s">
-        <v>1708</v>
+        <v>1797</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="H540" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B541" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C541" t="s">
-        <v>65</v>
+        <v>229</v>
       </c>
       <c r="D541" t="s">
         <v>11</v>
       </c>
       <c r="E541" t="s">
         <v>12</v>
       </c>
       <c r="F541" t="s">
-        <v>1774</v>
+        <v>1789</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="H541" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B542" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C542" t="s">
-        <v>70</v>
+        <v>233</v>
       </c>
       <c r="D542" t="s">
         <v>11</v>
       </c>
       <c r="E542" t="s">
         <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>1712</v>
+        <v>1892</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="H542" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="B543" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C543" t="s">
-        <v>75</v>
+        <v>238</v>
       </c>
       <c r="D543" t="s">
         <v>11</v>
       </c>
       <c r="E543" t="s">
         <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>1892</v>
+        <v>754</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="H543" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="B544" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C544" t="s">
-        <v>80</v>
+        <v>242</v>
       </c>
       <c r="D544" t="s">
         <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>12</v>
       </c>
       <c r="F544" t="s">
-        <v>1712</v>
+        <v>1899</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="H544" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="B545" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C545" t="s">
-        <v>85</v>
+        <v>246</v>
       </c>
       <c r="D545" t="s">
         <v>11</v>
       </c>
       <c r="E545" t="s">
         <v>12</v>
       </c>
       <c r="F545" t="s">
-        <v>1704</v>
+        <v>1859</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="H545" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="B546" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C546" t="s">
-        <v>89</v>
+        <v>250</v>
       </c>
       <c r="D546" t="s">
         <v>11</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="F546" t="s">
-        <v>1902</v>
+        <v>1859</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="H546" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="B547" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C547" t="s">
-        <v>93</v>
+        <v>254</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547" t="s">
         <v>12</v>
       </c>
       <c r="F547" t="s">
-        <v>1774</v>
+        <v>754</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="H547" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="B548" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C548" t="s">
-        <v>98</v>
+        <v>259</v>
       </c>
       <c r="D548" t="s">
         <v>11</v>
       </c>
       <c r="E548" t="s">
         <v>12</v>
       </c>
       <c r="F548" t="s">
-        <v>1867</v>
+        <v>1797</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="H548" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B549" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C549" t="s">
-        <v>101</v>
+        <v>263</v>
       </c>
       <c r="D549" t="s">
         <v>11</v>
       </c>
       <c r="E549" t="s">
         <v>12</v>
       </c>
       <c r="F549" t="s">
-        <v>1912</v>
+        <v>1859</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H549" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="B550" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C550" t="s">
-        <v>105</v>
+        <v>267</v>
       </c>
       <c r="D550" t="s">
         <v>11</v>
       </c>
       <c r="E550" t="s">
         <v>12</v>
       </c>
       <c r="F550" t="s">
-        <v>1916</v>
+        <v>754</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="H550" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B551" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C551" t="s">
-        <v>110</v>
+        <v>271</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551" t="s">
         <v>12</v>
       </c>
       <c r="F551" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="H551" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="B552" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C552" t="s">
-        <v>114</v>
+        <v>275</v>
       </c>
       <c r="D552" t="s">
         <v>11</v>
       </c>
       <c r="E552" t="s">
         <v>12</v>
       </c>
       <c r="F552" t="s">
-        <v>1712</v>
+        <v>754</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="H552" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="B553" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C553" t="s">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="D553" t="s">
         <v>11</v>
       </c>
       <c r="E553" t="s">
         <v>12</v>
       </c>
       <c r="F553" t="s">
-        <v>1712</v>
+        <v>1863</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="H553" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="B554" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C554" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="D554" t="s">
         <v>11</v>
       </c>
       <c r="E554" t="s">
         <v>12</v>
       </c>
       <c r="F554" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="H554" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="B555" t="s">
-        <v>1851</v>
+        <v>1788</v>
       </c>
       <c r="C555" t="s">
-        <v>126</v>
+        <v>287</v>
       </c>
       <c r="D555" t="s">
         <v>11</v>
       </c>
       <c r="E555" t="s">
         <v>12</v>
       </c>
       <c r="F555" t="s">
-        <v>1932</v>
+        <v>754</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="H555" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1935</v>
       </c>
       <c r="B556" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C556" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D556" t="s">
         <v>11</v>
       </c>
       <c r="E556" t="s">
         <v>12</v>
       </c>
       <c r="F556" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="H556" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="B557" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C557" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D557" t="s">
         <v>11</v>
       </c>
       <c r="E557" t="s">
         <v>12</v>
       </c>
       <c r="F557" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="H557" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="B558" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C558" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D558" t="s">
         <v>11</v>
       </c>
       <c r="E558" t="s">
         <v>12</v>
       </c>
       <c r="F558" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="H558" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="B559" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C559" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D559" t="s">
         <v>11</v>
       </c>
       <c r="E559" t="s">
         <v>12</v>
       </c>
       <c r="F559" t="s">
-        <v>18</v>
+        <v>1797</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="H559" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B560" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C560" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D560" t="s">
         <v>11</v>
       </c>
       <c r="E560" t="s">
         <v>12</v>
       </c>
       <c r="F560" t="s">
-        <v>1712</v>
+        <v>1797</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="H560" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="B561" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C561" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D561" t="s">
         <v>11</v>
       </c>
       <c r="E561" t="s">
         <v>12</v>
       </c>
       <c r="F561" t="s">
-        <v>1708</v>
+        <v>1952</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="H561" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="B562" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C562" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D562" t="s">
         <v>11</v>
       </c>
       <c r="E562" t="s">
         <v>12</v>
       </c>
       <c r="F562" t="s">
-        <v>1712</v>
+        <v>1789</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="H562" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="B563" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C563" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D563" t="s">
         <v>11</v>
       </c>
       <c r="E563" t="s">
         <v>12</v>
       </c>
       <c r="F563" t="s">
-        <v>1957</v>
+        <v>1859</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="H563" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="B564" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C564" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D564" t="s">
         <v>11</v>
       </c>
       <c r="E564" t="s">
         <v>12</v>
       </c>
       <c r="F564" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="H564" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="B565" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C565" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D565" t="s">
         <v>11</v>
       </c>
       <c r="E565" t="s">
         <v>12</v>
       </c>
       <c r="F565" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="H565" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="B566" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C566" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D566" t="s">
         <v>11</v>
       </c>
       <c r="E566" t="s">
         <v>12</v>
       </c>
       <c r="F566" t="s">
-        <v>836</v>
+        <v>1793</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="H566" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="B567" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C567" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D567" t="s">
         <v>11</v>
       </c>
       <c r="E567" t="s">
         <v>12</v>
       </c>
       <c r="F567" t="s">
-        <v>18</v>
+        <v>1859</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="H567" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="B568" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C568" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D568" t="s">
         <v>11</v>
       </c>
       <c r="E568" t="s">
         <v>12</v>
       </c>
       <c r="F568" t="s">
-        <v>1712</v>
+        <v>1797</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="H568" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="B569" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C569" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D569" t="s">
         <v>11</v>
       </c>
       <c r="E569" t="s">
         <v>12</v>
       </c>
       <c r="F569" t="s">
-        <v>1712</v>
+        <v>1977</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="H569" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="B570" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C570" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D570" t="s">
         <v>11</v>
       </c>
       <c r="E570" t="s">
         <v>12</v>
       </c>
       <c r="F570" t="s">
-        <v>18</v>
+        <v>1797</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="H570" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="B571" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C571" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D571" t="s">
         <v>11</v>
       </c>
       <c r="E571" t="s">
         <v>12</v>
       </c>
       <c r="F571" t="s">
-        <v>1867</v>
+        <v>1789</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="H571" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="B572" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C572" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D572" t="s">
         <v>11</v>
       </c>
       <c r="E572" t="s">
         <v>12</v>
       </c>
       <c r="F572" t="s">
-        <v>18</v>
+        <v>1987</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="H572" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="B573" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C573" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D573" t="s">
         <v>11</v>
       </c>
       <c r="E573" t="s">
         <v>12</v>
       </c>
       <c r="F573" t="s">
-        <v>1712</v>
+        <v>1859</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="H573" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="B574" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C574" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D574" t="s">
         <v>11</v>
       </c>
       <c r="E574" t="s">
         <v>12</v>
       </c>
       <c r="F574" t="s">
-        <v>1991</v>
+        <v>1952</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="H574" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B575" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C575" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D575" t="s">
         <v>11</v>
       </c>
       <c r="E575" t="s">
         <v>12</v>
       </c>
       <c r="F575" t="s">
-        <v>1708</v>
+        <v>1997</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="H575" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="B576" t="s">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="C576" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D576" t="s">
         <v>11</v>
       </c>
       <c r="E576" t="s">
         <v>12</v>
       </c>
       <c r="F576" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="H576" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="B577" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C577" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="D577" t="s">
         <v>11</v>
       </c>
       <c r="E577" t="s">
         <v>12</v>
       </c>
       <c r="F577" t="s">
-        <v>2003</v>
+        <v>1797</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="H577" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B578" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C578" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="D578" t="s">
         <v>11</v>
       </c>
       <c r="E578" t="s">
         <v>12</v>
       </c>
       <c r="F578" t="s">
-        <v>1712</v>
+        <v>1797</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="H578" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B579" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C579" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="D579" t="s">
         <v>11</v>
       </c>
       <c r="E579" t="s">
         <v>12</v>
       </c>
       <c r="F579" t="s">
-        <v>2010</v>
+        <v>1797</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>2011</v>
       </c>
       <c r="H579" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>2013</v>
       </c>
       <c r="B580" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C580" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D580" t="s">
         <v>11</v>
       </c>
       <c r="E580" t="s">
         <v>12</v>
       </c>
       <c r="F580" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G580" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="G580" s="1" t="s">
+      <c r="H580" t="s">
         <v>2015</v>
-      </c>
-[...1 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B581" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C581" t="s">
+        <v>207</v>
+      </c>
+      <c r="D581" t="s">
+        <v>11</v>
+      </c>
+      <c r="E581" t="s">
+        <v>12</v>
+      </c>
+      <c r="F581" t="s">
         <v>2017</v>
-      </c>
-[...13 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="H581" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>2020</v>
       </c>
       <c r="B582" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C582" t="s">
-        <v>36</v>
+        <v>212</v>
       </c>
       <c r="D582" t="s">
         <v>11</v>
       </c>
       <c r="E582" t="s">
         <v>12</v>
       </c>
       <c r="F582" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>2021</v>
       </c>
       <c r="H582" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>2023</v>
       </c>
       <c r="B583" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C583" t="s">
-        <v>41</v>
+        <v>217</v>
       </c>
       <c r="D583" t="s">
         <v>11</v>
       </c>
       <c r="E583" t="s">
         <v>12</v>
       </c>
       <c r="F583" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G583" s="1" t="s">
         <v>2024</v>
       </c>
-      <c r="G583" s="1" t="s">
+      <c r="H583" t="s">
         <v>2025</v>
-      </c>
-[...1 lines deleted...]
-        <v>2026</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C584" t="s">
+        <v>221</v>
+      </c>
+      <c r="D584" t="s">
+        <v>11</v>
+      </c>
+      <c r="E584" t="s">
+        <v>12</v>
+      </c>
+      <c r="F584" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G584" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="B584" t="s">
-[...14 lines deleted...]
-      <c r="G584" s="1" t="s">
+      <c r="H584" t="s">
         <v>2028</v>
-      </c>
-[...1 lines deleted...]
-        <v>2029</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C585" t="s">
+        <v>225</v>
+      </c>
+      <c r="D585" t="s">
+        <v>11</v>
+      </c>
+      <c r="E585" t="s">
+        <v>12</v>
+      </c>
+      <c r="F585" t="s">
+        <v>131</v>
+      </c>
+      <c r="G585" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="B585" t="s">
-[...14 lines deleted...]
-      <c r="G585" s="1" t="s">
+      <c r="H585" t="s">
         <v>2031</v>
-      </c>
-[...1 lines deleted...]
-        <v>2032</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C586" t="s">
+        <v>229</v>
+      </c>
+      <c r="D586" t="s">
+        <v>11</v>
+      </c>
+      <c r="E586" t="s">
+        <v>12</v>
+      </c>
+      <c r="F586" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G586" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="B586" t="s">
-[...14 lines deleted...]
-      <c r="G586" s="1" t="s">
+      <c r="H586" t="s">
         <v>2034</v>
-      </c>
-[...1 lines deleted...]
-        <v>2035</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C587" t="s">
+        <v>233</v>
+      </c>
+      <c r="D587" t="s">
+        <v>11</v>
+      </c>
+      <c r="E587" t="s">
+        <v>12</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G587" s="1" t="s">
         <v>2036</v>
       </c>
-      <c r="B587" t="s">
-[...11 lines deleted...]
-      <c r="F587" t="s">
+      <c r="H587" t="s">
         <v>2037</v>
-      </c>
-[...4 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C588" t="s">
+        <v>238</v>
+      </c>
+      <c r="D588" t="s">
+        <v>11</v>
+      </c>
+      <c r="E588" t="s">
+        <v>12</v>
+      </c>
+      <c r="F588" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H588" t="s">
         <v>2040</v>
-      </c>
-[...19 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C589" t="s">
+        <v>242</v>
+      </c>
+      <c r="D589" t="s">
+        <v>11</v>
+      </c>
+      <c r="E589" t="s">
+        <v>12</v>
+      </c>
+      <c r="F589" t="s">
+        <v>2042</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H589" t="s">
         <v>2044</v>
-      </c>
-[...19 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
       <c r="B590" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C590" t="s">
-        <v>75</v>
+        <v>246</v>
       </c>
       <c r="D590" t="s">
         <v>11</v>
       </c>
       <c r="E590" t="s">
         <v>12</v>
       </c>
       <c r="F590" t="s">
-        <v>2045</v>
+        <v>1859</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2049</v>
+        <v>2046</v>
       </c>
       <c r="H590" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
       <c r="B591" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C591" t="s">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="D591" t="s">
         <v>11</v>
       </c>
       <c r="E591" t="s">
         <v>12</v>
       </c>
       <c r="F591" t="s">
-        <v>669</v>
+        <v>1859</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
       <c r="H591" t="s">
-        <v>2053</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2054</v>
+        <v>2051</v>
       </c>
       <c r="B592" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C592" t="s">
-        <v>85</v>
+        <v>254</v>
       </c>
       <c r="D592" t="s">
         <v>11</v>
       </c>
       <c r="E592" t="s">
         <v>12</v>
       </c>
       <c r="F592" t="s">
-        <v>2055</v>
+        <v>921</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="H592" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2058</v>
+        <v>2054</v>
       </c>
       <c r="B593" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C593" t="s">
-        <v>89</v>
+        <v>259</v>
       </c>
       <c r="D593" t="s">
         <v>11</v>
       </c>
       <c r="E593" t="s">
         <v>12</v>
       </c>
       <c r="F593" t="s">
-        <v>2037</v>
+        <v>131</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2059</v>
+        <v>2055</v>
       </c>
       <c r="H593" t="s">
-        <v>2060</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="B594" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C594" t="s">
-        <v>93</v>
+        <v>263</v>
       </c>
       <c r="D594" t="s">
         <v>11</v>
       </c>
       <c r="E594" t="s">
         <v>12</v>
       </c>
       <c r="F594" t="s">
-        <v>2062</v>
+        <v>1797</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2063</v>
+        <v>2058</v>
       </c>
       <c r="H594" t="s">
-        <v>2064</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2065</v>
+        <v>2060</v>
       </c>
       <c r="B595" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C595" t="s">
-        <v>98</v>
+        <v>267</v>
       </c>
       <c r="D595" t="s">
         <v>11</v>
       </c>
       <c r="E595" t="s">
         <v>12</v>
       </c>
       <c r="F595" t="s">
-        <v>2066</v>
+        <v>1797</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2067</v>
+        <v>2061</v>
       </c>
       <c r="H595" t="s">
-        <v>2068</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2069</v>
+        <v>2063</v>
       </c>
       <c r="B596" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C596" t="s">
-        <v>101</v>
+        <v>271</v>
       </c>
       <c r="D596" t="s">
         <v>11</v>
       </c>
       <c r="E596" t="s">
         <v>12</v>
       </c>
       <c r="F596" t="s">
-        <v>2070</v>
+        <v>131</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2071</v>
+        <v>2064</v>
       </c>
       <c r="H596" t="s">
-        <v>2072</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2073</v>
+        <v>2066</v>
       </c>
       <c r="B597" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C597" t="s">
-        <v>105</v>
+        <v>275</v>
       </c>
       <c r="D597" t="s">
         <v>11</v>
       </c>
       <c r="E597" t="s">
         <v>12</v>
       </c>
       <c r="F597" t="s">
-        <v>1774</v>
+        <v>1952</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2074</v>
+        <v>2067</v>
       </c>
       <c r="H597" t="s">
-        <v>2075</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2076</v>
+        <v>2069</v>
       </c>
       <c r="B598" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C598" t="s">
-        <v>110</v>
+        <v>279</v>
       </c>
       <c r="D598" t="s">
         <v>11</v>
       </c>
       <c r="E598" t="s">
         <v>12</v>
       </c>
       <c r="F598" t="s">
-        <v>2077</v>
+        <v>131</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2078</v>
+        <v>2070</v>
       </c>
       <c r="H598" t="s">
-        <v>2079</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2080</v>
+        <v>2072</v>
       </c>
       <c r="B599" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C599" t="s">
-        <v>114</v>
+        <v>283</v>
       </c>
       <c r="D599" t="s">
         <v>11</v>
       </c>
       <c r="E599" t="s">
         <v>12</v>
       </c>
       <c r="F599" t="s">
-        <v>1867</v>
+        <v>1797</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2081</v>
+        <v>2073</v>
       </c>
       <c r="H599" t="s">
-        <v>2082</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2083</v>
+        <v>2075</v>
       </c>
       <c r="B600" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C600" t="s">
-        <v>118</v>
+        <v>287</v>
       </c>
       <c r="D600" t="s">
         <v>11</v>
       </c>
       <c r="E600" t="s">
         <v>12</v>
       </c>
       <c r="F600" t="s">
-        <v>1704</v>
+        <v>2076</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2084</v>
+        <v>2077</v>
       </c>
       <c r="H600" t="s">
-        <v>2085</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2086</v>
+        <v>2079</v>
       </c>
       <c r="B601" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C601" t="s">
-        <v>122</v>
+        <v>291</v>
       </c>
       <c r="D601" t="s">
         <v>11</v>
       </c>
       <c r="E601" t="s">
         <v>12</v>
       </c>
       <c r="F601" t="s">
-        <v>2087</v>
+        <v>1793</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2088</v>
+        <v>2080</v>
       </c>
       <c r="H601" t="s">
-        <v>2089</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="B602" t="s">
-        <v>2002</v>
+        <v>1936</v>
       </c>
       <c r="C602" t="s">
-        <v>126</v>
+        <v>295</v>
       </c>
       <c r="D602" t="s">
         <v>11</v>
       </c>
       <c r="E602" t="s">
         <v>12</v>
       </c>
       <c r="F602" t="s">
-        <v>669</v>
+        <v>2083</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2091</v>
+        <v>2084</v>
       </c>
       <c r="H602" t="s">
-        <v>2092</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2093</v>
+        <v>2086</v>
       </c>
       <c r="B603" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C603" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D603" t="s">
         <v>11</v>
       </c>
       <c r="E603" t="s">
         <v>12</v>
       </c>
       <c r="F603" t="s">
-        <v>2094</v>
+        <v>2088</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2095</v>
+        <v>2089</v>
       </c>
       <c r="H603" t="s">
-        <v>2096</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2097</v>
+        <v>2091</v>
       </c>
       <c r="B604" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C604" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D604" t="s">
         <v>11</v>
       </c>
       <c r="E604" t="s">
         <v>12</v>
       </c>
       <c r="F604" t="s">
-        <v>1704</v>
+        <v>1797</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2098</v>
+        <v>2092</v>
       </c>
       <c r="H604" t="s">
-        <v>2099</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2100</v>
+        <v>2094</v>
       </c>
       <c r="B605" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C605" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D605" t="s">
         <v>11</v>
       </c>
       <c r="E605" t="s">
         <v>12</v>
       </c>
       <c r="F605" t="s">
-        <v>1712</v>
+        <v>2095</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="H605" t="s">
-        <v>2102</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2103</v>
+        <v>2098</v>
       </c>
       <c r="B606" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C606" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D606" t="s">
         <v>11</v>
       </c>
       <c r="E606" t="s">
         <v>12</v>
       </c>
       <c r="F606" t="s">
-        <v>1712</v>
+        <v>2099</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2104</v>
+        <v>2100</v>
       </c>
       <c r="H606" t="s">
-        <v>2105</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2106</v>
+        <v>2102</v>
       </c>
       <c r="B607" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C607" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D607" t="s">
         <v>11</v>
       </c>
       <c r="E607" t="s">
         <v>12</v>
       </c>
       <c r="F607" t="s">
-        <v>1708</v>
+        <v>1859</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2107</v>
+        <v>2103</v>
       </c>
       <c r="H607" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2109</v>
+        <v>2105</v>
       </c>
       <c r="B608" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C608" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D608" t="s">
         <v>11</v>
       </c>
       <c r="E608" t="s">
         <v>12</v>
       </c>
       <c r="F608" t="s">
-        <v>2110</v>
+        <v>1859</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2111</v>
+        <v>2106</v>
       </c>
       <c r="H608" t="s">
-        <v>2112</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2113</v>
+        <v>2108</v>
       </c>
       <c r="B609" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C609" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D609" t="s">
         <v>11</v>
       </c>
       <c r="E609" t="s">
         <v>12</v>
       </c>
       <c r="F609" t="s">
-        <v>2114</v>
+        <v>2109</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2115</v>
+        <v>2110</v>
       </c>
       <c r="H609" t="s">
-        <v>2116</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2117</v>
+        <v>2112</v>
       </c>
       <c r="B610" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C610" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D610" t="s">
         <v>11</v>
       </c>
       <c r="E610" t="s">
         <v>12</v>
       </c>
       <c r="F610" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2118</v>
+        <v>2113</v>
       </c>
       <c r="H610" t="s">
-        <v>2119</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="B611" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C611" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D611" t="s">
         <v>11</v>
       </c>
       <c r="E611" t="s">
         <v>12</v>
       </c>
       <c r="F611" t="s">
-        <v>669</v>
+        <v>1859</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="H611" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="B612" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C612" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D612" t="s">
         <v>11</v>
       </c>
       <c r="E612" t="s">
         <v>12</v>
       </c>
       <c r="F612" t="s">
-        <v>669</v>
+        <v>1859</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2124</v>
+        <v>2119</v>
       </c>
       <c r="H612" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="B613" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C613" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D613" t="s">
         <v>11</v>
       </c>
       <c r="E613" t="s">
         <v>12</v>
       </c>
       <c r="F613" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
       <c r="H613" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2130</v>
+        <v>2125</v>
       </c>
       <c r="B614" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C614" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D614" t="s">
         <v>11</v>
       </c>
       <c r="E614" t="s">
         <v>12</v>
       </c>
       <c r="F614" t="s">
-        <v>2114</v>
+        <v>2126</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2131</v>
+        <v>2127</v>
       </c>
       <c r="H614" t="s">
-        <v>2132</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2133</v>
+        <v>2129</v>
       </c>
       <c r="B615" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C615" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D615" t="s">
         <v>11</v>
       </c>
       <c r="E615" t="s">
         <v>12</v>
       </c>
       <c r="F615" t="s">
-        <v>2055</v>
+        <v>2130</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2134</v>
+        <v>2131</v>
       </c>
       <c r="H615" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2136</v>
+        <v>2133</v>
       </c>
       <c r="B616" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C616" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D616" t="s">
         <v>11</v>
       </c>
       <c r="E616" t="s">
         <v>12</v>
       </c>
       <c r="F616" t="s">
-        <v>2137</v>
+        <v>2130</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2138</v>
+        <v>2134</v>
       </c>
       <c r="H616" t="s">
-        <v>2139</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2140</v>
+        <v>2136</v>
       </c>
       <c r="B617" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C617" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D617" t="s">
         <v>11</v>
       </c>
       <c r="E617" t="s">
         <v>12</v>
       </c>
       <c r="F617" t="s">
-        <v>2141</v>
+        <v>754</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2142</v>
+        <v>2137</v>
       </c>
       <c r="H617" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="B618" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C618" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D618" t="s">
         <v>11</v>
       </c>
       <c r="E618" t="s">
         <v>12</v>
       </c>
       <c r="F618" t="s">
+        <v>2140</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="G618" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H618" t="s">
-        <v>2146</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="B619" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C619" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D619" t="s">
         <v>11</v>
       </c>
       <c r="E619" t="s">
         <v>12</v>
       </c>
       <c r="F619" t="s">
-        <v>2148</v>
+        <v>2122</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2149</v>
+        <v>2144</v>
       </c>
       <c r="H619" t="s">
-        <v>2150</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2151</v>
+        <v>2146</v>
       </c>
       <c r="B620" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C620" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D620" t="s">
         <v>11</v>
       </c>
       <c r="E620" t="s">
         <v>12</v>
       </c>
       <c r="F620" t="s">
-        <v>2110</v>
+        <v>2147</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
       <c r="H620" t="s">
-        <v>2153</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2154</v>
+        <v>2150</v>
       </c>
       <c r="B621" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C621" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D621" t="s">
         <v>11</v>
       </c>
       <c r="E621" t="s">
         <v>12</v>
       </c>
       <c r="F621" t="s">
-        <v>1712</v>
+        <v>2151</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2155</v>
+        <v>2152</v>
       </c>
       <c r="H621" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B622" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C622" t="s">
+        <v>97</v>
+      </c>
+      <c r="D622" t="s">
+        <v>11</v>
+      </c>
+      <c r="E622" t="s">
+        <v>12</v>
+      </c>
+      <c r="F622" t="s">
+        <v>2155</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H622" t="s">
         <v>2157</v>
-      </c>
-[...19 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="B623" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C623" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D623" t="s">
         <v>11</v>
       </c>
       <c r="E623" t="s">
         <v>12</v>
       </c>
       <c r="F623" t="s">
-        <v>2162</v>
+        <v>1859</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2163</v>
+        <v>2159</v>
       </c>
       <c r="H623" t="s">
-        <v>2164</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="B624" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C624" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D624" t="s">
         <v>11</v>
       </c>
       <c r="E624" t="s">
         <v>12</v>
       </c>
       <c r="F624" t="s">
-        <v>1774</v>
+        <v>2162</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
       <c r="H624" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="B625" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C625" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D625" t="s">
         <v>11</v>
       </c>
       <c r="E625" t="s">
         <v>12</v>
       </c>
       <c r="F625" t="s">
-        <v>1774</v>
+        <v>1952</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2169</v>
+        <v>2166</v>
       </c>
       <c r="H625" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="B626" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C626" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D626" t="s">
         <v>11</v>
       </c>
       <c r="E626" t="s">
         <v>12</v>
       </c>
       <c r="F626" t="s">
-        <v>1774</v>
+        <v>1789</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="H626" t="s">
-        <v>2173</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B627" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C627" t="s">
+        <v>120</v>
+      </c>
+      <c r="D627" t="s">
+        <v>11</v>
+      </c>
+      <c r="E627" t="s">
+        <v>12</v>
+      </c>
+      <c r="F627" t="s">
+        <v>2172</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H627" t="s">
         <v>2174</v>
-      </c>
-[...19 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
       <c r="B628" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C628" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D628" t="s">
         <v>11</v>
       </c>
       <c r="E628" t="s">
         <v>12</v>
       </c>
       <c r="F628" t="s">
-        <v>1774</v>
+        <v>754</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="H628" t="s">
-        <v>2180</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B629" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C629" t="s">
+        <v>212</v>
+      </c>
+      <c r="D629" t="s">
+        <v>11</v>
+      </c>
+      <c r="E629" t="s">
+        <v>12</v>
+      </c>
+      <c r="F629" t="s">
+        <v>2179</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H629" t="s">
         <v>2181</v>
-      </c>
-[...19 lines deleted...]
-        <v>2183</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B630" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C630" t="s">
+        <v>217</v>
+      </c>
+      <c r="D630" t="s">
+        <v>11</v>
+      </c>
+      <c r="E630" t="s">
+        <v>12</v>
+      </c>
+      <c r="F630" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H630" t="s">
         <v>2184</v>
-      </c>
-[...19 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B631" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C631" t="s">
+        <v>221</v>
+      </c>
+      <c r="D631" t="s">
+        <v>11</v>
+      </c>
+      <c r="E631" t="s">
+        <v>12</v>
+      </c>
+      <c r="F631" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H631" t="s">
         <v>2187</v>
-      </c>
-[...19 lines deleted...]
-        <v>2189</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B632" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C632" t="s">
+        <v>225</v>
+      </c>
+      <c r="D632" t="s">
+        <v>11</v>
+      </c>
+      <c r="E632" t="s">
+        <v>12</v>
+      </c>
+      <c r="F632" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H632" t="s">
         <v>2190</v>
-      </c>
-[...19 lines deleted...]
-        <v>2192</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B633" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C633" t="s">
+        <v>229</v>
+      </c>
+      <c r="D633" t="s">
+        <v>11</v>
+      </c>
+      <c r="E633" t="s">
+        <v>12</v>
+      </c>
+      <c r="F633" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H633" t="s">
         <v>2193</v>
-      </c>
-[...19 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B634" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C634" t="s">
+        <v>233</v>
+      </c>
+      <c r="D634" t="s">
+        <v>11</v>
+      </c>
+      <c r="E634" t="s">
+        <v>12</v>
+      </c>
+      <c r="F634" t="s">
+        <v>2195</v>
+      </c>
+      <c r="G634" s="1" t="s">
         <v>2196</v>
       </c>
-      <c r="B634" t="s">
-[...14 lines deleted...]
-      <c r="G634" s="1" t="s">
+      <c r="H634" t="s">
         <v>2197</v>
-      </c>
-[...1 lines deleted...]
-        <v>2198</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B635" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C635" t="s">
+        <v>238</v>
+      </c>
+      <c r="D635" t="s">
+        <v>11</v>
+      </c>
+      <c r="E635" t="s">
+        <v>12</v>
+      </c>
+      <c r="F635" t="s">
         <v>2199</v>
-      </c>
-[...13 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>2200</v>
       </c>
       <c r="H635" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>2202</v>
       </c>
       <c r="B636" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C636" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D636" t="s">
         <v>11</v>
       </c>
       <c r="E636" t="s">
         <v>12</v>
       </c>
       <c r="F636" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G636" s="1" t="s">
         <v>2203</v>
       </c>
       <c r="H636" t="s">
         <v>2204</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>2205</v>
       </c>
       <c r="B637" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C637" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D637" t="s">
         <v>11</v>
       </c>
       <c r="E637" t="s">
         <v>12</v>
       </c>
       <c r="F637" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G637" s="1" t="s">
         <v>2206</v>
       </c>
       <c r="H637" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>2208</v>
       </c>
       <c r="B638" t="s">
-        <v>2002</v>
+        <v>2087</v>
       </c>
       <c r="C638" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D638" t="s">
         <v>11</v>
       </c>
       <c r="E638" t="s">
         <v>12</v>
       </c>
       <c r="F638" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
       <c r="G638" s="1" t="s">
         <v>2209</v>
       </c>
       <c r="H638" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>2211</v>
       </c>
       <c r="B639" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C639" t="s">
+        <v>254</v>
+      </c>
+      <c r="D639" t="s">
+        <v>11</v>
+      </c>
+      <c r="E639" t="s">
+        <v>12</v>
+      </c>
+      <c r="F639" t="s">
         <v>2212</v>
-      </c>
-[...10 lines deleted...]
-        <v>1708</v>
       </c>
       <c r="G639" s="1" t="s">
         <v>2213</v>
       </c>
       <c r="H639" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>2215</v>
       </c>
       <c r="B640" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C640" t="s">
-        <v>17</v>
+        <v>259</v>
       </c>
       <c r="D640" t="s">
         <v>11</v>
       </c>
       <c r="E640" t="s">
         <v>12</v>
       </c>
       <c r="F640" t="s">
-        <v>2062</v>
+        <v>2199</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>2216</v>
       </c>
       <c r="H640" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>2218</v>
       </c>
       <c r="B641" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C641" t="s">
-        <v>22</v>
+        <v>263</v>
       </c>
       <c r="D641" t="s">
         <v>11</v>
       </c>
       <c r="E641" t="s">
         <v>12</v>
       </c>
       <c r="F641" t="s">
-        <v>2045</v>
+        <v>2140</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>2219</v>
       </c>
       <c r="H641" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>2221</v>
       </c>
       <c r="B642" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C642" t="s">
-        <v>27</v>
+        <v>267</v>
       </c>
       <c r="D642" t="s">
         <v>11</v>
       </c>
       <c r="E642" t="s">
         <v>12</v>
       </c>
       <c r="F642" t="s">
-        <v>1867</v>
+        <v>2222</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="H642" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="B643" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C643" t="s">
-        <v>32</v>
+        <v>271</v>
       </c>
       <c r="D643" t="s">
         <v>11</v>
       </c>
       <c r="E643" t="s">
         <v>12</v>
       </c>
       <c r="F643" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="H643" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="B644" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C644" t="s">
-        <v>36</v>
+        <v>275</v>
       </c>
       <c r="D644" t="s">
         <v>11</v>
       </c>
       <c r="E644" t="s">
         <v>12</v>
       </c>
       <c r="F644" t="s">
-        <v>1708</v>
+        <v>2226</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="H644" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="B645" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C645" t="s">
-        <v>41</v>
+        <v>279</v>
       </c>
       <c r="D645" t="s">
         <v>11</v>
       </c>
       <c r="E645" t="s">
         <v>12</v>
       </c>
       <c r="F645" t="s">
-        <v>1712</v>
+        <v>2233</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="H645" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="B646" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C646" t="s">
-        <v>46</v>
+        <v>283</v>
       </c>
       <c r="D646" t="s">
         <v>11</v>
       </c>
       <c r="E646" t="s">
         <v>12</v>
       </c>
       <c r="F646" t="s">
-        <v>2062</v>
+        <v>2195</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="H646" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="B647" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C647" t="s">
-        <v>51</v>
+        <v>287</v>
       </c>
       <c r="D647" t="s">
         <v>11</v>
       </c>
       <c r="E647" t="s">
         <v>12</v>
       </c>
       <c r="F647" t="s">
-        <v>2238</v>
+        <v>1797</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="H647" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B648" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C648" t="s">
-        <v>55</v>
+        <v>291</v>
       </c>
       <c r="D648" t="s">
         <v>11</v>
       </c>
       <c r="E648" t="s">
         <v>12</v>
       </c>
       <c r="F648" t="s">
-        <v>1708</v>
+        <v>2243</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="H648" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="B649" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C649" t="s">
-        <v>60</v>
+        <v>295</v>
       </c>
       <c r="D649" t="s">
         <v>11</v>
       </c>
       <c r="E649" t="s">
         <v>12</v>
       </c>
       <c r="F649" t="s">
-        <v>2062</v>
+        <v>2247</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
       <c r="H649" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="B650" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C650" t="s">
-        <v>65</v>
+        <v>299</v>
       </c>
       <c r="D650" t="s">
         <v>11</v>
       </c>
       <c r="E650" t="s">
         <v>12</v>
       </c>
       <c r="F650" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="H650" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="B651" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C651" t="s">
-        <v>70</v>
+        <v>304</v>
       </c>
       <c r="D651" t="s">
         <v>11</v>
       </c>
       <c r="E651" t="s">
         <v>12</v>
       </c>
       <c r="F651" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="H651" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="B652" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C652" t="s">
-        <v>75</v>
+        <v>308</v>
       </c>
       <c r="D652" t="s">
         <v>11</v>
       </c>
       <c r="E652" t="s">
         <v>12</v>
       </c>
       <c r="F652" t="s">
-        <v>669</v>
+        <v>1859</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="H652" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="B653" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C653" t="s">
-        <v>80</v>
+        <v>312</v>
       </c>
       <c r="D653" t="s">
         <v>11</v>
       </c>
       <c r="E653" t="s">
         <v>12</v>
       </c>
       <c r="F653" t="s">
-        <v>1774</v>
+        <v>2260</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="H653" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="B654" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C654" t="s">
-        <v>85</v>
+        <v>316</v>
       </c>
       <c r="D654" t="s">
         <v>11</v>
       </c>
       <c r="E654" t="s">
         <v>12</v>
       </c>
       <c r="F654" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="H654" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="B655" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C655" t="s">
-        <v>89</v>
+        <v>320</v>
       </c>
       <c r="D655" t="s">
         <v>11</v>
       </c>
       <c r="E655" t="s">
         <v>12</v>
       </c>
       <c r="F655" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2263</v>
+        <v>2267</v>
       </c>
       <c r="H655" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="B656" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C656" t="s">
-        <v>93</v>
+        <v>325</v>
       </c>
       <c r="D656" t="s">
         <v>11</v>
       </c>
       <c r="E656" t="s">
         <v>12</v>
       </c>
       <c r="F656" t="s">
-        <v>2266</v>
+        <v>1793</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
       <c r="H656" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="B657" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C657" t="s">
-        <v>98</v>
+        <v>329</v>
       </c>
       <c r="D657" t="s">
         <v>11</v>
       </c>
       <c r="E657" t="s">
         <v>12</v>
       </c>
       <c r="F657" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="H657" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="B658" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C658" t="s">
-        <v>101</v>
+        <v>333</v>
       </c>
       <c r="D658" t="s">
         <v>11</v>
       </c>
       <c r="E658" t="s">
         <v>12</v>
       </c>
       <c r="F658" t="s">
-        <v>2273</v>
+        <v>1859</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="H658" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="B659" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C659" t="s">
-        <v>105</v>
+        <v>338</v>
       </c>
       <c r="D659" t="s">
         <v>11</v>
       </c>
       <c r="E659" t="s">
         <v>12</v>
       </c>
       <c r="F659" t="s">
-        <v>2041</v>
+        <v>1859</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="H659" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="B660" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C660" t="s">
-        <v>110</v>
+        <v>342</v>
       </c>
       <c r="D660" t="s">
         <v>11</v>
       </c>
       <c r="E660" t="s">
         <v>12</v>
       </c>
       <c r="F660" t="s">
-        <v>2062</v>
+        <v>1797</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="H660" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="B661" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C661" t="s">
-        <v>114</v>
+        <v>346</v>
       </c>
       <c r="D661" t="s">
         <v>11</v>
       </c>
       <c r="E661" t="s">
         <v>12</v>
       </c>
       <c r="F661" t="s">
-        <v>2283</v>
+        <v>1859</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="H661" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="B662" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C662" t="s">
-        <v>118</v>
+        <v>350</v>
       </c>
       <c r="D662" t="s">
         <v>11</v>
       </c>
       <c r="E662" t="s">
         <v>12</v>
       </c>
       <c r="F662" t="s">
-        <v>2062</v>
+        <v>1859</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="H662" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="B663" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C663" t="s">
-        <v>122</v>
+        <v>355</v>
       </c>
       <c r="D663" t="s">
         <v>11</v>
       </c>
       <c r="E663" t="s">
         <v>12</v>
       </c>
       <c r="F663" t="s">
-        <v>1708</v>
+        <v>131</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="H663" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="B664" t="s">
-        <v>2212</v>
+        <v>2087</v>
       </c>
       <c r="C664" t="s">
-        <v>126</v>
+        <v>359</v>
       </c>
       <c r="D664" t="s">
         <v>11</v>
       </c>
       <c r="E664" t="s">
         <v>12</v>
       </c>
       <c r="F664" t="s">
-        <v>2062</v>
+        <v>131</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="H664" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B665" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C665" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D665" t="s">
         <v>11</v>
       </c>
       <c r="E665" t="s">
         <v>12</v>
       </c>
       <c r="F665" t="s">
-        <v>2296</v>
+        <v>1793</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="H665" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="B666" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C666" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D666" t="s">
         <v>11</v>
       </c>
       <c r="E666" t="s">
         <v>12</v>
       </c>
       <c r="F666" t="s">
-        <v>18</v>
+        <v>2147</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="H666" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="B667" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C667" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D667" t="s">
         <v>11</v>
       </c>
       <c r="E667" t="s">
         <v>12</v>
       </c>
       <c r="F667" t="s">
-        <v>836</v>
+        <v>2130</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="H667" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="B668" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C668" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D668" t="s">
         <v>11</v>
       </c>
       <c r="E668" t="s">
         <v>12</v>
       </c>
       <c r="F668" t="s">
-        <v>1704</v>
+        <v>1952</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="H668" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="B669" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C669" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D669" t="s">
         <v>11</v>
       </c>
       <c r="E669" t="s">
         <v>12</v>
       </c>
       <c r="F669" t="s">
-        <v>2003</v>
+        <v>2310</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="H669" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="B670" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C670" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D670" t="s">
         <v>11</v>
       </c>
       <c r="E670" t="s">
         <v>12</v>
       </c>
       <c r="F670" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="H670" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="B671" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C671" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D671" t="s">
         <v>11</v>
       </c>
       <c r="E671" t="s">
         <v>12</v>
       </c>
       <c r="F671" t="s">
-        <v>836</v>
+        <v>1797</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="H671" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="B672" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C672" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D672" t="s">
         <v>11</v>
       </c>
       <c r="E672" t="s">
         <v>12</v>
       </c>
       <c r="F672" t="s">
-        <v>669</v>
+        <v>2147</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="H672" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="B673" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C673" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D673" t="s">
         <v>11</v>
       </c>
       <c r="E673" t="s">
         <v>12</v>
       </c>
       <c r="F673" t="s">
-        <v>1712</v>
+        <v>2323</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="H673" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
       <c r="B674" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C674" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D674" t="s">
         <v>11</v>
       </c>
       <c r="E674" t="s">
         <v>12</v>
       </c>
       <c r="F674" t="s">
-        <v>2062</v>
+        <v>1793</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="H674" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="B675" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C675" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D675" t="s">
         <v>11</v>
       </c>
       <c r="E675" t="s">
         <v>12</v>
       </c>
       <c r="F675" t="s">
-        <v>1867</v>
+        <v>2147</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="H675" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="B676" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C676" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D676" t="s">
         <v>11</v>
       </c>
       <c r="E676" t="s">
         <v>12</v>
       </c>
       <c r="F676" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="H676" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
       <c r="B677" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C677" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D677" t="s">
         <v>11</v>
       </c>
       <c r="E677" t="s">
         <v>12</v>
       </c>
       <c r="F677" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="H677" t="s">
-        <v>2334</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="B678" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C678" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D678" t="s">
         <v>11</v>
       </c>
       <c r="E678" t="s">
         <v>12</v>
       </c>
       <c r="F678" t="s">
-        <v>1774</v>
+        <v>754</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2336</v>
+        <v>2339</v>
       </c>
       <c r="H678" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="B679" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C679" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D679" t="s">
         <v>11</v>
       </c>
       <c r="E679" t="s">
         <v>12</v>
       </c>
       <c r="F679" t="s">
-        <v>2041</v>
+        <v>1859</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="H679" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="B680" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C680" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D680" t="s">
         <v>11</v>
       </c>
       <c r="E680" t="s">
         <v>12</v>
       </c>
       <c r="F680" t="s">
-        <v>1708</v>
+        <v>1952</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="H680" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="B681" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C681" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D681" t="s">
         <v>11</v>
       </c>
       <c r="E681" t="s">
         <v>12</v>
       </c>
       <c r="F681" t="s">
-        <v>1774</v>
+        <v>1952</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="H681" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="B682" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C682" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D682" t="s">
         <v>11</v>
       </c>
       <c r="E682" t="s">
         <v>12</v>
       </c>
       <c r="F682" t="s">
-        <v>1774</v>
+        <v>2351</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2348</v>
+        <v>2352</v>
       </c>
       <c r="H682" t="s">
-        <v>2349</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2350</v>
+        <v>2354</v>
       </c>
       <c r="B683" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C683" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D683" t="s">
         <v>11</v>
       </c>
       <c r="E683" t="s">
         <v>12</v>
       </c>
       <c r="F683" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
       <c r="H683" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="B684" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C684" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D684" t="s">
         <v>11</v>
       </c>
       <c r="E684" t="s">
         <v>12</v>
       </c>
       <c r="F684" t="s">
-        <v>1774</v>
+        <v>2358</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2354</v>
+        <v>2359</v>
       </c>
       <c r="H684" t="s">
-        <v>2355</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2356</v>
+        <v>2361</v>
       </c>
       <c r="B685" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C685" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D685" t="s">
         <v>11</v>
       </c>
       <c r="E685" t="s">
         <v>12</v>
       </c>
       <c r="F685" t="s">
-        <v>1774</v>
+        <v>2126</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2357</v>
+        <v>2362</v>
       </c>
       <c r="H685" t="s">
-        <v>2358</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2359</v>
+        <v>2364</v>
       </c>
       <c r="B686" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C686" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D686" t="s">
         <v>11</v>
       </c>
       <c r="E686" t="s">
         <v>12</v>
       </c>
       <c r="F686" t="s">
-        <v>2360</v>
+        <v>2147</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="H686" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="B687" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C687" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D687" t="s">
         <v>11</v>
       </c>
       <c r="E687" t="s">
         <v>12</v>
       </c>
       <c r="F687" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="H687" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="B688" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C688" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D688" t="s">
         <v>11</v>
       </c>
       <c r="E688" t="s">
         <v>12</v>
       </c>
       <c r="F688" t="s">
-        <v>1712</v>
+        <v>2147</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="H688" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B689" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C689" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D689" t="s">
         <v>11</v>
       </c>
       <c r="E689" t="s">
         <v>12</v>
       </c>
       <c r="F689" t="s">
-        <v>2062</v>
+        <v>1793</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="H689" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="B690" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C690" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D690" t="s">
         <v>11</v>
       </c>
       <c r="E690" t="s">
         <v>12</v>
       </c>
       <c r="F690" t="s">
-        <v>2374</v>
+        <v>2147</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="H690" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="B691" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C691" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D691" t="s">
         <v>11</v>
       </c>
       <c r="E691" t="s">
         <v>12</v>
       </c>
       <c r="F691" t="s">
-        <v>1774</v>
+        <v>2381</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="H691" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="B692" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C692" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D692" t="s">
         <v>11</v>
       </c>
       <c r="E692" t="s">
         <v>12</v>
       </c>
       <c r="F692" t="s">
-        <v>1774</v>
+        <v>131</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="H692" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="B693" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C693" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D693" t="s">
         <v>11</v>
       </c>
       <c r="E693" t="s">
         <v>12</v>
       </c>
       <c r="F693" t="s">
-        <v>1774</v>
+        <v>921</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="H693" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="B694" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C694" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D694" t="s">
         <v>11</v>
       </c>
       <c r="E694" t="s">
         <v>12</v>
       </c>
       <c r="F694" t="s">
-        <v>2387</v>
+        <v>1789</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
       <c r="H694" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="B695" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C695" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D695" t="s">
         <v>11</v>
       </c>
       <c r="E695" t="s">
         <v>12</v>
       </c>
       <c r="F695" t="s">
-        <v>2391</v>
+        <v>2088</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="H695" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="B696" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C696" t="s">
-        <v>262</v>
+        <v>233</v>
       </c>
       <c r="D696" t="s">
         <v>11</v>
       </c>
       <c r="E696" t="s">
         <v>12</v>
       </c>
       <c r="F696" t="s">
-        <v>18</v>
+        <v>1859</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="H696" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="B697" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C697" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="D697" t="s">
         <v>11</v>
       </c>
       <c r="E697" t="s">
         <v>12</v>
       </c>
       <c r="F697" t="s">
-        <v>2398</v>
+        <v>921</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="H697" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="B698" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C698" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D698" t="s">
         <v>11</v>
       </c>
       <c r="E698" t="s">
         <v>12</v>
       </c>
       <c r="F698" t="s">
-        <v>2041</v>
+        <v>754</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="H698" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="B699" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C699" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D699" t="s">
         <v>11</v>
       </c>
       <c r="E699" t="s">
         <v>12</v>
       </c>
       <c r="F699" t="s">
-        <v>1998</v>
+        <v>1797</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="H699" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="B700" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C700" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D700" t="s">
         <v>11</v>
       </c>
       <c r="E700" t="s">
         <v>12</v>
       </c>
       <c r="F700" t="s">
-        <v>2387</v>
+        <v>2147</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="H700" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="B701" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C701" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="D701" t="s">
         <v>11</v>
       </c>
       <c r="E701" t="s">
         <v>12</v>
       </c>
       <c r="F701" t="s">
-        <v>1712</v>
+        <v>1952</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="H701" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="B702" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C702" t="s">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="D702" t="s">
         <v>11</v>
       </c>
       <c r="E702" t="s">
         <v>12</v>
       </c>
       <c r="F702" t="s">
-        <v>1712</v>
+        <v>1859</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="H702" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="B703" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C703" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="D703" t="s">
         <v>11</v>
       </c>
       <c r="E703" t="s">
         <v>12</v>
       </c>
       <c r="F703" t="s">
-        <v>1704</v>
+        <v>1859</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="H703" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="B704" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C704" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="D704" t="s">
         <v>11</v>
       </c>
       <c r="E704" t="s">
         <v>12</v>
       </c>
       <c r="F704" t="s">
-        <v>18</v>
+        <v>1859</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="H704" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="B705" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C705" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="D705" t="s">
         <v>11</v>
       </c>
       <c r="E705" t="s">
         <v>12</v>
       </c>
       <c r="F705" t="s">
-        <v>1774</v>
+        <v>2126</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="H705" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="B706" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C706" t="s">
-        <v>304</v>
+        <v>275</v>
       </c>
       <c r="D706" t="s">
         <v>11</v>
       </c>
       <c r="E706" t="s">
         <v>12</v>
       </c>
       <c r="F706" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="H706" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="B707" t="s">
-        <v>2212</v>
+        <v>2297</v>
       </c>
       <c r="C707" t="s">
-        <v>308</v>
+        <v>279</v>
       </c>
       <c r="D707" t="s">
         <v>11</v>
       </c>
       <c r="E707" t="s">
         <v>12</v>
       </c>
       <c r="F707" t="s">
-        <v>18</v>
+        <v>1859</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="H707" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B708" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C708" t="s">
-        <v>10</v>
+        <v>283</v>
       </c>
       <c r="D708" t="s">
         <v>11</v>
       </c>
       <c r="E708" t="s">
         <v>12</v>
       </c>
       <c r="F708" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>2433</v>
       </c>
       <c r="H708" t="s">
         <v>2434</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>2435</v>
       </c>
       <c r="B709" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C709" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="D709" t="s">
         <v>11</v>
       </c>
       <c r="E709" t="s">
         <v>12</v>
       </c>
       <c r="F709" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>2436</v>
       </c>
       <c r="H709" t="s">
         <v>2437</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>2438</v>
       </c>
       <c r="B710" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C710" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="D710" t="s">
         <v>11</v>
       </c>
       <c r="E710" t="s">
         <v>12</v>
       </c>
       <c r="F710" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2439</v>
       </c>
       <c r="H710" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2441</v>
       </c>
       <c r="B711" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C711" t="s">
-        <v>27</v>
+        <v>295</v>
       </c>
       <c r="D711" t="s">
         <v>11</v>
       </c>
       <c r="E711" t="s">
         <v>12</v>
       </c>
       <c r="F711" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G711" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="G711" s="1" t="s">
+      <c r="H711" t="s">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B712" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C712" t="s">
+        <v>299</v>
+      </c>
+      <c r="D712" t="s">
+        <v>11</v>
+      </c>
+      <c r="E712" t="s">
+        <v>12</v>
+      </c>
+      <c r="F712" t="s">
         <v>2445</v>
-      </c>
-[...13 lines deleted...]
-        <v>2442</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>2446</v>
       </c>
       <c r="H712" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>2448</v>
       </c>
       <c r="B713" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C713" t="s">
-        <v>36</v>
+        <v>304</v>
       </c>
       <c r="D713" t="s">
         <v>11</v>
       </c>
       <c r="E713" t="s">
         <v>12</v>
       </c>
       <c r="F713" t="s">
         <v>2449</v>
       </c>
       <c r="G713" s="1" t="s">
         <v>2450</v>
       </c>
       <c r="H713" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>2452</v>
       </c>
       <c r="B714" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C714" t="s">
-        <v>41</v>
+        <v>308</v>
       </c>
       <c r="D714" t="s">
         <v>11</v>
       </c>
       <c r="E714" t="s">
         <v>12</v>
       </c>
       <c r="F714" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G714" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="G714" s="1" t="s">
+      <c r="H714" t="s">
         <v>2454</v>
-      </c>
-[...1 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B715" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C715" t="s">
+        <v>312</v>
+      </c>
+      <c r="D715" t="s">
+        <v>11</v>
+      </c>
+      <c r="E715" t="s">
+        <v>12</v>
+      </c>
+      <c r="F715" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G715" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="B715" t="s">
-[...14 lines deleted...]
-      <c r="G715" s="1" t="s">
+      <c r="H715" t="s">
         <v>2457</v>
-      </c>
-[...1 lines deleted...]
-        <v>2458</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B716" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C716" t="s">
+        <v>316</v>
+      </c>
+      <c r="D716" t="s">
+        <v>11</v>
+      </c>
+      <c r="E716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F716" t="s">
         <v>2459</v>
       </c>
-      <c r="B716" t="s">
-[...11 lines deleted...]
-      <c r="F716" t="s">
+      <c r="G716" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="G716" s="1" t="s">
+      <c r="H716" t="s">
         <v>2461</v>
-      </c>
-[...1 lines deleted...]
-        <v>2462</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B717" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C717" t="s">
+        <v>320</v>
+      </c>
+      <c r="D717" t="s">
+        <v>11</v>
+      </c>
+      <c r="E717" t="s">
+        <v>12</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G717" s="1" t="s">
         <v>2463</v>
       </c>
-      <c r="B717" t="s">
-[...11 lines deleted...]
-      <c r="F717" t="s">
+      <c r="H717" t="s">
         <v>2464</v>
-      </c>
-[...4 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B718" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C718" t="s">
+        <v>325</v>
+      </c>
+      <c r="D718" t="s">
+        <v>11</v>
+      </c>
+      <c r="E718" t="s">
+        <v>12</v>
+      </c>
+      <c r="F718" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H718" t="s">
         <v>2467</v>
-      </c>
-[...19 lines deleted...]
-        <v>2469</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B719" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C719" t="s">
+        <v>329</v>
+      </c>
+      <c r="D719" t="s">
+        <v>11</v>
+      </c>
+      <c r="E719" t="s">
+        <v>12</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H719" t="s">
         <v>2470</v>
-      </c>
-[...19 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B720" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C720" t="s">
+        <v>333</v>
+      </c>
+      <c r="D720" t="s">
+        <v>11</v>
+      </c>
+      <c r="E720" t="s">
+        <v>12</v>
+      </c>
+      <c r="F720" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H720" t="s">
         <v>2474</v>
-      </c>
-[...19 lines deleted...]
-        <v>2476</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B721" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C721" t="s">
+        <v>338</v>
+      </c>
+      <c r="D721" t="s">
+        <v>11</v>
+      </c>
+      <c r="E721" t="s">
+        <v>12</v>
+      </c>
+      <c r="F721" t="s">
+        <v>2476</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="B721" t="s">
-[...11 lines deleted...]
-      <c r="F721" t="s">
+      <c r="H721" t="s">
         <v>2478</v>
-      </c>
-[...4 lines deleted...]
-        <v>2480</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B722" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C722" t="s">
+        <v>342</v>
+      </c>
+      <c r="D722" t="s">
+        <v>11</v>
+      </c>
+      <c r="E722" t="s">
+        <v>12</v>
+      </c>
+      <c r="F722" t="s">
+        <v>131</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="H722" t="s">
         <v>2481</v>
-      </c>
-[...19 lines deleted...]
-        <v>2484</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B723" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C723" t="s">
+        <v>346</v>
+      </c>
+      <c r="D723" t="s">
+        <v>11</v>
+      </c>
+      <c r="E723" t="s">
+        <v>12</v>
+      </c>
+      <c r="F723" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="H723" t="s">
         <v>2485</v>
-      </c>
-[...19 lines deleted...]
-        <v>2488</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2489</v>
+        <v>2486</v>
       </c>
       <c r="B724" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C724" t="s">
-        <v>89</v>
+        <v>350</v>
       </c>
       <c r="D724" t="s">
         <v>11</v>
       </c>
       <c r="E724" t="s">
         <v>12</v>
       </c>
       <c r="F724" t="s">
-        <v>2490</v>
+        <v>2126</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="H724" t="s">
-        <v>2492</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="B725" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C725" t="s">
-        <v>93</v>
+        <v>355</v>
       </c>
       <c r="D725" t="s">
         <v>11</v>
       </c>
       <c r="E725" t="s">
         <v>12</v>
       </c>
       <c r="F725" t="s">
-        <v>2494</v>
+        <v>2083</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2495</v>
+        <v>2490</v>
       </c>
       <c r="H725" t="s">
-        <v>2496</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2497</v>
+        <v>2492</v>
       </c>
       <c r="B726" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C726" t="s">
-        <v>98</v>
+        <v>359</v>
       </c>
       <c r="D726" t="s">
         <v>11</v>
       </c>
       <c r="E726" t="s">
         <v>12</v>
       </c>
       <c r="F726" t="s">
-        <v>2442</v>
+        <v>2472</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2498</v>
+        <v>2493</v>
       </c>
       <c r="H726" t="s">
-        <v>2499</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2500</v>
+        <v>2495</v>
       </c>
       <c r="B727" t="s">
-        <v>2432</v>
+        <v>2297</v>
       </c>
       <c r="C727" t="s">
-        <v>101</v>
+        <v>363</v>
       </c>
       <c r="D727" t="s">
         <v>11</v>
       </c>
       <c r="E727" t="s">
         <v>12</v>
       </c>
       <c r="F727" t="s">
-        <v>2442</v>
+        <v>1797</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2501</v>
+        <v>2496</v>
       </c>
       <c r="H727" t="s">
-        <v>2502</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2503</v>
+        <v>2498</v>
       </c>
       <c r="B728" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C728" t="s">
-        <v>10</v>
+        <v>367</v>
       </c>
       <c r="D728" t="s">
         <v>11</v>
       </c>
       <c r="E728" t="s">
         <v>12</v>
       </c>
       <c r="F728" t="s">
-        <v>2505</v>
+        <v>1797</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2506</v>
+        <v>2499</v>
       </c>
       <c r="H728" t="s">
-        <v>2507</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2508</v>
+        <v>2501</v>
       </c>
       <c r="B729" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C729" t="s">
-        <v>17</v>
+        <v>371</v>
       </c>
       <c r="D729" t="s">
         <v>11</v>
       </c>
       <c r="E729" t="s">
         <v>12</v>
       </c>
       <c r="F729" t="s">
-        <v>2509</v>
+        <v>1789</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2510</v>
+        <v>2502</v>
       </c>
       <c r="H729" t="s">
-        <v>2511</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2512</v>
+        <v>2504</v>
       </c>
       <c r="B730" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C730" t="s">
-        <v>22</v>
+        <v>376</v>
       </c>
       <c r="D730" t="s">
         <v>11</v>
       </c>
       <c r="E730" t="s">
         <v>12</v>
       </c>
       <c r="F730" t="s">
-        <v>2513</v>
+        <v>131</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2514</v>
+        <v>2505</v>
       </c>
       <c r="H730" t="s">
-        <v>2515</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2516</v>
+        <v>2507</v>
       </c>
       <c r="B731" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C731" t="s">
-        <v>27</v>
+        <v>380</v>
       </c>
       <c r="D731" t="s">
         <v>11</v>
       </c>
       <c r="E731" t="s">
         <v>12</v>
       </c>
       <c r="F731" t="s">
-        <v>2513</v>
+        <v>1859</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2517</v>
+        <v>2508</v>
       </c>
       <c r="H731" t="s">
-        <v>2518</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2519</v>
+        <v>2510</v>
       </c>
       <c r="B732" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C732" t="s">
-        <v>32</v>
+        <v>384</v>
       </c>
       <c r="D732" t="s">
         <v>11</v>
       </c>
       <c r="E732" t="s">
         <v>12</v>
       </c>
       <c r="F732" t="s">
-        <v>2513</v>
+        <v>1859</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2520</v>
+        <v>2511</v>
       </c>
       <c r="H732" t="s">
-        <v>2521</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2522</v>
+        <v>2513</v>
       </c>
       <c r="B733" t="s">
-        <v>2504</v>
+        <v>2297</v>
       </c>
       <c r="C733" t="s">
-        <v>36</v>
+        <v>388</v>
       </c>
       <c r="D733" t="s">
         <v>11</v>
       </c>
       <c r="E733" t="s">
         <v>12</v>
       </c>
+      <c r="F733" t="s">
+        <v>131</v>
+      </c>
       <c r="G733" s="1" t="s">
-        <v>2523</v>
+        <v>2514</v>
       </c>
       <c r="H733" t="s">
-        <v>2524</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2525</v>
+        <v>2516</v>
       </c>
       <c r="B734" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C734" t="s">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="D734" t="s">
         <v>11</v>
       </c>
       <c r="E734" t="s">
         <v>12</v>
       </c>
       <c r="F734" t="s">
-        <v>2513</v>
+        <v>1859</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2526</v>
+        <v>2518</v>
       </c>
       <c r="H734" t="s">
-        <v>2527</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2528</v>
+        <v>2520</v>
       </c>
       <c r="B735" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C735" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D735" t="s">
         <v>11</v>
       </c>
       <c r="E735" t="s">
         <v>12</v>
       </c>
       <c r="F735" t="s">
-        <v>2529</v>
+        <v>1859</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2530</v>
+        <v>2521</v>
       </c>
       <c r="H735" t="s">
-        <v>2531</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2532</v>
+        <v>2523</v>
       </c>
       <c r="B736" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C736" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="D736" t="s">
         <v>11</v>
       </c>
       <c r="E736" t="s">
         <v>12</v>
       </c>
       <c r="F736" t="s">
-        <v>2533</v>
+        <v>1859</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2534</v>
+        <v>2524</v>
       </c>
       <c r="H736" t="s">
-        <v>2535</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2536</v>
+        <v>2526</v>
       </c>
       <c r="B737" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C737" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="D737" t="s">
         <v>11</v>
       </c>
       <c r="E737" t="s">
         <v>12</v>
       </c>
       <c r="F737" t="s">
-        <v>2513</v>
+        <v>2527</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2537</v>
+        <v>2528</v>
       </c>
       <c r="H737" t="s">
-        <v>2538</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2539</v>
+        <v>2530</v>
       </c>
       <c r="B738" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C738" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="D738" t="s">
         <v>11</v>
       </c>
       <c r="E738" t="s">
         <v>12</v>
       </c>
       <c r="F738" t="s">
-        <v>2540</v>
+        <v>2527</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2541</v>
+        <v>2531</v>
       </c>
       <c r="H738" t="s">
-        <v>2542</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2543</v>
+        <v>2533</v>
       </c>
       <c r="B739" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C739" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="D739" t="s">
         <v>11</v>
       </c>
       <c r="E739" t="s">
         <v>12</v>
       </c>
       <c r="F739" t="s">
-        <v>2544</v>
+        <v>2534</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2545</v>
+        <v>2535</v>
       </c>
       <c r="H739" t="s">
-        <v>2546</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2547</v>
+        <v>2537</v>
       </c>
       <c r="B740" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C740" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="D740" t="s">
         <v>11</v>
       </c>
       <c r="E740" t="s">
         <v>12</v>
       </c>
       <c r="F740" t="s">
+        <v>2538</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="H740" t="s">
         <v>2540</v>
-      </c>
-[...4 lines deleted...]
-        <v>2549</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2550</v>
+        <v>2541</v>
       </c>
       <c r="B741" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C741" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="D741" t="s">
         <v>11</v>
       </c>
       <c r="E741" t="s">
         <v>12</v>
       </c>
       <c r="F741" t="s">
-        <v>2551</v>
+        <v>2527</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2552</v>
+        <v>2542</v>
       </c>
       <c r="H741" t="s">
-        <v>2553</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2554</v>
+        <v>2544</v>
       </c>
       <c r="B742" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C742" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="D742" t="s">
         <v>11</v>
       </c>
       <c r="E742" t="s">
         <v>12</v>
       </c>
       <c r="F742" t="s">
-        <v>2555</v>
+        <v>2545</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2556</v>
+        <v>2546</v>
       </c>
       <c r="H742" t="s">
-        <v>2557</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2558</v>
+        <v>2548</v>
       </c>
       <c r="B743" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C743" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="D743" t="s">
         <v>11</v>
       </c>
       <c r="E743" t="s">
         <v>12</v>
       </c>
       <c r="F743" t="s">
-        <v>2513</v>
+        <v>2549</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2559</v>
+        <v>2550</v>
       </c>
       <c r="H743" t="s">
-        <v>2560</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2561</v>
+        <v>2552</v>
       </c>
       <c r="B744" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C744" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="D744" t="s">
         <v>11</v>
       </c>
       <c r="E744" t="s">
         <v>12</v>
       </c>
       <c r="F744" t="s">
-        <v>2141</v>
+        <v>2534</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2562</v>
+        <v>2553</v>
       </c>
       <c r="H744" t="s">
-        <v>2563</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2564</v>
+        <v>2555</v>
       </c>
       <c r="B745" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C745" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="D745" t="s">
         <v>11</v>
       </c>
       <c r="E745" t="s">
         <v>12</v>
       </c>
       <c r="F745" t="s">
-        <v>1774</v>
+        <v>2556</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2565</v>
+        <v>2557</v>
       </c>
       <c r="H745" t="s">
-        <v>2566</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2567</v>
+        <v>2559</v>
       </c>
       <c r="B746" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C746" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="D746" t="s">
         <v>11</v>
       </c>
       <c r="E746" t="s">
         <v>12</v>
       </c>
       <c r="F746" t="s">
-        <v>1774</v>
+        <v>2226</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2568</v>
+        <v>2560</v>
       </c>
       <c r="H746" t="s">
-        <v>2569</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2570</v>
+        <v>2562</v>
       </c>
       <c r="B747" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C747" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="D747" t="s">
         <v>11</v>
       </c>
       <c r="E747" t="s">
         <v>12</v>
       </c>
       <c r="F747" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2572</v>
+        <v>2564</v>
       </c>
       <c r="H747" t="s">
-        <v>2573</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2574</v>
+        <v>2566</v>
       </c>
       <c r="B748" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C748" t="s">
-        <v>105</v>
+        <v>74</v>
       </c>
       <c r="D748" t="s">
         <v>11</v>
       </c>
       <c r="E748" t="s">
         <v>12</v>
       </c>
       <c r="F748" t="s">
-        <v>2575</v>
+        <v>2567</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2576</v>
+        <v>2568</v>
       </c>
       <c r="H748" t="s">
-        <v>2577</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2578</v>
+        <v>2570</v>
       </c>
       <c r="B749" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C749" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
       <c r="D749" t="s">
         <v>11</v>
       </c>
       <c r="E749" t="s">
         <v>12</v>
       </c>
       <c r="F749" t="s">
-        <v>2555</v>
+        <v>2571</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2579</v>
+        <v>2572</v>
       </c>
       <c r="H749" t="s">
-        <v>2580</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2581</v>
+        <v>2574</v>
       </c>
       <c r="B750" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C750" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="D750" t="s">
         <v>11</v>
       </c>
       <c r="E750" t="s">
         <v>12</v>
       </c>
       <c r="F750" t="s">
-        <v>47</v>
+        <v>2575</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2582</v>
+        <v>2576</v>
       </c>
       <c r="H750" t="s">
-        <v>2583</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2584</v>
+        <v>2578</v>
       </c>
       <c r="B751" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C751" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="D751" t="s">
         <v>11</v>
       </c>
       <c r="E751" t="s">
         <v>12</v>
       </c>
       <c r="F751" t="s">
-        <v>2585</v>
+        <v>2579</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2586</v>
+        <v>2580</v>
       </c>
       <c r="H751" t="s">
-        <v>2587</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2588</v>
+        <v>2582</v>
       </c>
       <c r="B752" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C752" t="s">
-        <v>122</v>
+        <v>93</v>
       </c>
       <c r="D752" t="s">
         <v>11</v>
       </c>
       <c r="E752" t="s">
         <v>12</v>
       </c>
       <c r="F752" t="s">
-        <v>2589</v>
+        <v>2527</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2590</v>
+        <v>2583</v>
       </c>
       <c r="H752" t="s">
-        <v>2591</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2592</v>
+        <v>2585</v>
       </c>
       <c r="B753" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C753" t="s">
-        <v>126</v>
+        <v>97</v>
       </c>
       <c r="D753" t="s">
         <v>11</v>
       </c>
       <c r="E753" t="s">
         <v>12</v>
       </c>
       <c r="F753" t="s">
-        <v>2540</v>
+        <v>2527</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2593</v>
+        <v>2586</v>
       </c>
       <c r="H753" t="s">
-        <v>2594</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2595</v>
+        <v>2588</v>
       </c>
       <c r="B754" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C754" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D754" t="s">
         <v>11</v>
       </c>
       <c r="E754" t="s">
         <v>12</v>
       </c>
       <c r="F754" t="s">
-        <v>2513</v>
+        <v>2590</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2596</v>
+        <v>2591</v>
       </c>
       <c r="H754" t="s">
-        <v>2597</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2598</v>
+        <v>2593</v>
       </c>
       <c r="B755" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C755" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D755" t="s">
         <v>11</v>
       </c>
       <c r="E755" t="s">
         <v>12</v>
       </c>
       <c r="F755" t="s">
-        <v>2551</v>
+        <v>2594</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2599</v>
+        <v>2595</v>
       </c>
       <c r="H755" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="B756" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C756" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D756" t="s">
         <v>11</v>
       </c>
       <c r="E756" t="s">
         <v>12</v>
       </c>
       <c r="F756" t="s">
-        <v>2505</v>
+        <v>2598</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2602</v>
+        <v>2599</v>
       </c>
       <c r="H756" t="s">
-        <v>2603</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2604</v>
+        <v>2601</v>
       </c>
       <c r="B757" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C757" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D757" t="s">
         <v>11</v>
       </c>
       <c r="E757" t="s">
         <v>12</v>
       </c>
       <c r="F757" t="s">
-        <v>2505</v>
+        <v>2598</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2605</v>
+        <v>2602</v>
       </c>
       <c r="H757" t="s">
-        <v>2606</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2607</v>
+        <v>2604</v>
       </c>
       <c r="B758" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C758" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D758" t="s">
         <v>11</v>
       </c>
       <c r="E758" t="s">
         <v>12</v>
       </c>
       <c r="F758" t="s">
-        <v>2513</v>
+        <v>2598</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2608</v>
+        <v>2605</v>
       </c>
       <c r="H758" t="s">
-        <v>2609</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2610</v>
+        <v>2607</v>
       </c>
       <c r="B759" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C759" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D759" t="s">
         <v>11</v>
       </c>
       <c r="E759" t="s">
         <v>12</v>
       </c>
-      <c r="F759" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G759" s="1" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="H759" t="s">
-        <v>2613</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2614</v>
+        <v>2610</v>
       </c>
       <c r="B760" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C760" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D760" t="s">
         <v>11</v>
       </c>
       <c r="E760" t="s">
         <v>12</v>
       </c>
       <c r="F760" t="s">
-        <v>2551</v>
+        <v>2598</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2615</v>
+        <v>2611</v>
       </c>
       <c r="H760" t="s">
-        <v>2616</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2617</v>
+        <v>2613</v>
       </c>
       <c r="B761" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C761" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D761" t="s">
         <v>11</v>
       </c>
       <c r="E761" t="s">
         <v>12</v>
       </c>
       <c r="F761" t="s">
-        <v>2505</v>
+        <v>2614</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2618</v>
+        <v>2615</v>
       </c>
       <c r="H761" t="s">
-        <v>2619</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B762" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C762" t="s">
+        <v>46</v>
+      </c>
+      <c r="D762" t="s">
+        <v>11</v>
+      </c>
+      <c r="E762" t="s">
+        <v>12</v>
+      </c>
+      <c r="F762" t="s">
+        <v>2618</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H762" t="s">
         <v>2620</v>
-      </c>
-[...19 lines deleted...]
-        <v>2622</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B763" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C763" t="s">
+        <v>51</v>
+      </c>
+      <c r="D763" t="s">
+        <v>11</v>
+      </c>
+      <c r="E763" t="s">
+        <v>12</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2598</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H763" t="s">
         <v>2623</v>
-      </c>
-[...19 lines deleted...]
-        <v>2625</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B764" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C764" t="s">
+        <v>56</v>
+      </c>
+      <c r="D764" t="s">
+        <v>11</v>
+      </c>
+      <c r="E764" t="s">
+        <v>12</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2625</v>
+      </c>
+      <c r="G764" s="1" t="s">
         <v>2626</v>
       </c>
-      <c r="B764" t="s">
-[...14 lines deleted...]
-      <c r="G764" s="1" t="s">
+      <c r="H764" t="s">
         <v>2627</v>
-      </c>
-[...1 lines deleted...]
-        <v>2628</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B765" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C765" t="s">
+        <v>60</v>
+      </c>
+      <c r="D765" t="s">
+        <v>11</v>
+      </c>
+      <c r="E765" t="s">
+        <v>12</v>
+      </c>
+      <c r="F765" t="s">
         <v>2629</v>
       </c>
-      <c r="B765" t="s">
-[...11 lines deleted...]
-      <c r="F765" t="s">
+      <c r="G765" s="1" t="s">
         <v>2630</v>
       </c>
-      <c r="G765" s="1" t="s">
+      <c r="H765" t="s">
         <v>2631</v>
-      </c>
-[...1 lines deleted...]
-        <v>2632</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B766" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C766" t="s">
+        <v>64</v>
+      </c>
+      <c r="D766" t="s">
+        <v>11</v>
+      </c>
+      <c r="E766" t="s">
+        <v>12</v>
+      </c>
+      <c r="F766" t="s">
+        <v>2625</v>
+      </c>
+      <c r="G766" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="B766" t="s">
-[...14 lines deleted...]
-      <c r="G766" s="1" t="s">
+      <c r="H766" t="s">
         <v>2634</v>
-      </c>
-[...1 lines deleted...]
-        <v>2635</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B767" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C767" t="s">
+        <v>69</v>
+      </c>
+      <c r="D767" t="s">
+        <v>11</v>
+      </c>
+      <c r="E767" t="s">
+        <v>12</v>
+      </c>
+      <c r="F767" t="s">
         <v>2636</v>
       </c>
-      <c r="B767" t="s">
-[...11 lines deleted...]
-      <c r="F767" t="s">
+      <c r="G767" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="G767" s="1" t="s">
+      <c r="H767" t="s">
         <v>2638</v>
-      </c>
-[...1 lines deleted...]
-        <v>2639</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B768" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C768" t="s">
+        <v>74</v>
+      </c>
+      <c r="D768" t="s">
+        <v>11</v>
+      </c>
+      <c r="E768" t="s">
+        <v>12</v>
+      </c>
+      <c r="F768" t="s">
         <v>2640</v>
-      </c>
-[...13 lines deleted...]
-        <v>2505</v>
       </c>
       <c r="G768" s="1" t="s">
         <v>2641</v>
       </c>
       <c r="H768" t="s">
         <v>2642</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>2643</v>
       </c>
       <c r="B769" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C769" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D769" t="s">
         <v>11</v>
       </c>
       <c r="E769" t="s">
         <v>12</v>
       </c>
       <c r="F769" t="s">
-        <v>2505</v>
+        <v>2598</v>
       </c>
       <c r="G769" s="1" t="s">
         <v>2644</v>
       </c>
       <c r="H769" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>2646</v>
       </c>
       <c r="B770" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C770" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D770" t="s">
         <v>11</v>
       </c>
       <c r="E770" t="s">
         <v>12</v>
       </c>
       <c r="F770" t="s">
-        <v>2529</v>
+        <v>2226</v>
       </c>
       <c r="G770" s="1" t="s">
         <v>2647</v>
       </c>
       <c r="H770" t="s">
         <v>2648</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>2649</v>
       </c>
       <c r="B771" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C771" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D771" t="s">
         <v>11</v>
       </c>
       <c r="E771" t="s">
         <v>12</v>
+      </c>
+      <c r="F771" t="s">
+        <v>1859</v>
       </c>
       <c r="G771" s="1" t="s">
         <v>2650</v>
       </c>
       <c r="H771" t="s">
         <v>2651</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>2652</v>
       </c>
       <c r="B772" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C772" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D772" t="s">
         <v>11</v>
       </c>
       <c r="E772" t="s">
         <v>12</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1859</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>2653</v>
       </c>
       <c r="H772" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>2655</v>
       </c>
       <c r="B773" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C773" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D773" t="s">
         <v>11</v>
       </c>
       <c r="E773" t="s">
         <v>12</v>
       </c>
       <c r="F773" t="s">
-        <v>2505</v>
+        <v>2656</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="H773" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="B774" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C774" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D774" t="s">
         <v>11</v>
       </c>
       <c r="E774" t="s">
         <v>12</v>
       </c>
       <c r="F774" t="s">
-        <v>2505</v>
+        <v>2660</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="H774" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="B775" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C775" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D775" t="s">
         <v>11</v>
       </c>
       <c r="E775" t="s">
         <v>12</v>
       </c>
       <c r="F775" t="s">
-        <v>2662</v>
+        <v>2640</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="H775" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
       <c r="B776" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C776" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D776" t="s">
         <v>11</v>
       </c>
       <c r="E776" t="s">
         <v>12</v>
       </c>
       <c r="F776" t="s">
-        <v>2505</v>
+        <v>42</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="H776" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="B777" t="s">
-        <v>2504</v>
+        <v>2589</v>
       </c>
       <c r="C777" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D777" t="s">
         <v>11</v>
       </c>
       <c r="E777" t="s">
         <v>12</v>
       </c>
       <c r="F777" t="s">
-        <v>2630</v>
+        <v>2670</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="H777" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="B778" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C778" t="s">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="D778" t="s">
         <v>11</v>
       </c>
       <c r="E778" t="s">
         <v>12</v>
       </c>
       <c r="F778" t="s">
-        <v>2442</v>
+        <v>2674</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="H778" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
       <c r="B779" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C779" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="D779" t="s">
         <v>11</v>
       </c>
       <c r="E779" t="s">
         <v>12</v>
       </c>
       <c r="F779" t="s">
-        <v>1774</v>
+        <v>2625</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="H779" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="B780" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C780" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="D780" t="s">
         <v>11</v>
       </c>
       <c r="E780" t="s">
         <v>12</v>
       </c>
       <c r="F780" t="s">
-        <v>1774</v>
+        <v>2598</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="H780" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
       <c r="B781" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C781" t="s">
-        <v>27</v>
+        <v>217</v>
       </c>
       <c r="D781" t="s">
         <v>11</v>
       </c>
       <c r="E781" t="s">
         <v>12</v>
       </c>
       <c r="F781" t="s">
-        <v>2478</v>
+        <v>2636</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="H781" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="B782" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C782" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="D782" t="s">
         <v>11</v>
       </c>
       <c r="E782" t="s">
         <v>12</v>
       </c>
       <c r="F782" t="s">
-        <v>2505</v>
+        <v>2590</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="H782" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="B783" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C783" t="s">
-        <v>36</v>
+        <v>225</v>
       </c>
       <c r="D783" t="s">
         <v>11</v>
       </c>
       <c r="E783" t="s">
         <v>12</v>
       </c>
       <c r="F783" t="s">
-        <v>2529</v>
+        <v>2590</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="H783" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="B784" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C784" t="s">
-        <v>41</v>
+        <v>229</v>
       </c>
       <c r="D784" t="s">
         <v>11</v>
       </c>
       <c r="E784" t="s">
         <v>12</v>
       </c>
       <c r="F784" t="s">
-        <v>2691</v>
+        <v>2598</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="H784" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="B785" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C785" t="s">
-        <v>46</v>
+        <v>233</v>
       </c>
       <c r="D785" t="s">
         <v>11</v>
       </c>
       <c r="E785" t="s">
         <v>12</v>
       </c>
       <c r="F785" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="H785" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="B786" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C786" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="D786" t="s">
         <v>11</v>
       </c>
       <c r="E786" t="s">
         <v>12</v>
       </c>
       <c r="F786" t="s">
-        <v>2575</v>
+        <v>2636</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="H786" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="B787" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C787" t="s">
-        <v>55</v>
+        <v>242</v>
       </c>
       <c r="D787" t="s">
         <v>11</v>
       </c>
       <c r="E787" t="s">
         <v>12</v>
       </c>
       <c r="F787" t="s">
-        <v>2555</v>
+        <v>2590</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="H787" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="B788" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C788" t="s">
-        <v>60</v>
+        <v>246</v>
       </c>
       <c r="D788" t="s">
         <v>11</v>
       </c>
       <c r="E788" t="s">
         <v>12</v>
       </c>
       <c r="F788" t="s">
-        <v>2505</v>
+        <v>2590</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="H788" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="B789" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C789" t="s">
-        <v>65</v>
+        <v>250</v>
       </c>
       <c r="D789" t="s">
         <v>11</v>
       </c>
       <c r="E789" t="s">
         <v>12</v>
       </c>
       <c r="F789" t="s">
-        <v>2505</v>
+        <v>2618</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="H789" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="B790" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C790" t="s">
-        <v>70</v>
+        <v>254</v>
       </c>
       <c r="D790" t="s">
         <v>11</v>
       </c>
       <c r="E790" t="s">
         <v>12</v>
       </c>
       <c r="F790" t="s">
-        <v>2505</v>
+        <v>2598</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="H790" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="B791" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C791" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="D791" t="s">
         <v>11</v>
       </c>
       <c r="E791" t="s">
         <v>12</v>
       </c>
       <c r="F791" t="s">
-        <v>1704</v>
+        <v>2715</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
       <c r="H791" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="B792" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C792" t="s">
-        <v>80</v>
+        <v>263</v>
       </c>
       <c r="D792" t="s">
         <v>11</v>
       </c>
       <c r="E792" t="s">
         <v>12</v>
       </c>
       <c r="F792" t="s">
-        <v>2571</v>
+        <v>2590</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="H792" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="B793" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C793" t="s">
-        <v>85</v>
+        <v>267</v>
       </c>
       <c r="D793" t="s">
         <v>11</v>
       </c>
       <c r="E793" t="s">
         <v>12</v>
       </c>
       <c r="F793" t="s">
-        <v>2585</v>
+        <v>2722</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2719</v>
+        <v>2723</v>
       </c>
       <c r="H793" t="s">
-        <v>2720</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2721</v>
+        <v>2725</v>
       </c>
       <c r="B794" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C794" t="s">
-        <v>89</v>
+        <v>271</v>
       </c>
       <c r="D794" t="s">
         <v>11</v>
       </c>
       <c r="E794" t="s">
         <v>12</v>
       </c>
       <c r="F794" t="s">
-        <v>2585</v>
+        <v>2590</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2722</v>
+        <v>2726</v>
       </c>
       <c r="H794" t="s">
-        <v>2723</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2724</v>
+        <v>2728</v>
       </c>
       <c r="B795" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C795" t="s">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="D795" t="s">
         <v>11</v>
       </c>
       <c r="E795" t="s">
         <v>12</v>
       </c>
       <c r="F795" t="s">
-        <v>47</v>
+        <v>2590</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="H795" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
       <c r="B796" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C796" t="s">
-        <v>98</v>
+        <v>279</v>
       </c>
       <c r="D796" t="s">
         <v>11</v>
       </c>
       <c r="E796" t="s">
         <v>12</v>
       </c>
       <c r="F796" t="s">
-        <v>1774</v>
+        <v>2614</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="H796" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="B797" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C797" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="D797" t="s">
         <v>11</v>
       </c>
       <c r="E797" t="s">
         <v>12</v>
       </c>
-      <c r="F797" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G797" s="1" t="s">
-        <v>2731</v>
+        <v>2735</v>
       </c>
       <c r="H797" t="s">
-        <v>2732</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2733</v>
+        <v>2737</v>
       </c>
       <c r="B798" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C798" t="s">
-        <v>105</v>
+        <v>287</v>
       </c>
       <c r="D798" t="s">
         <v>11</v>
       </c>
       <c r="E798" t="s">
         <v>12</v>
       </c>
-      <c r="F798" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G798" s="1" t="s">
-        <v>2734</v>
+        <v>2738</v>
       </c>
       <c r="H798" t="s">
-        <v>2735</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2736</v>
+        <v>2740</v>
       </c>
       <c r="B799" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C799" t="s">
-        <v>110</v>
+        <v>291</v>
       </c>
       <c r="D799" t="s">
         <v>11</v>
       </c>
       <c r="E799" t="s">
         <v>12</v>
       </c>
       <c r="F799" t="s">
-        <v>2505</v>
+        <v>2590</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
       <c r="H799" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="B800" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C800" t="s">
-        <v>114</v>
+        <v>295</v>
       </c>
       <c r="D800" t="s">
         <v>11</v>
       </c>
       <c r="E800" t="s">
         <v>12</v>
       </c>
       <c r="F800" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
       <c r="H800" t="s">
-        <v>2741</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2742</v>
+        <v>2746</v>
       </c>
       <c r="B801" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C801" t="s">
-        <v>118</v>
+        <v>299</v>
       </c>
       <c r="D801" t="s">
         <v>11</v>
       </c>
       <c r="E801" t="s">
         <v>12</v>
       </c>
       <c r="F801" t="s">
-        <v>2551</v>
+        <v>2747</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2743</v>
+        <v>2748</v>
       </c>
       <c r="H801" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
       <c r="B802" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C802" t="s">
-        <v>122</v>
+        <v>304</v>
       </c>
       <c r="D802" t="s">
         <v>11</v>
       </c>
       <c r="E802" t="s">
         <v>12</v>
       </c>
       <c r="F802" t="s">
-        <v>2513</v>
+        <v>2590</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2746</v>
+        <v>2751</v>
       </c>
       <c r="H802" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
       <c r="B803" t="s">
-        <v>2672</v>
+        <v>2589</v>
       </c>
       <c r="C803" t="s">
-        <v>126</v>
+        <v>308</v>
       </c>
       <c r="D803" t="s">
         <v>11</v>
       </c>
       <c r="E803" t="s">
         <v>12</v>
       </c>
       <c r="F803" t="s">
-        <v>2749</v>
+        <v>2715</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="H803" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2752</v>
+        <v>2756</v>
       </c>
       <c r="B804" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C804" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D804" t="s">
         <v>11</v>
       </c>
       <c r="E804" t="s">
         <v>12</v>
       </c>
       <c r="F804" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2753</v>
+        <v>2758</v>
       </c>
       <c r="H804" t="s">
-        <v>2754</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2755</v>
+        <v>2760</v>
       </c>
       <c r="B805" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C805" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D805" t="s">
         <v>11</v>
       </c>
       <c r="E805" t="s">
         <v>12</v>
       </c>
       <c r="F805" t="s">
-        <v>2513</v>
+        <v>1859</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2756</v>
+        <v>2761</v>
       </c>
       <c r="H805" t="s">
-        <v>2757</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2758</v>
+        <v>2763</v>
       </c>
       <c r="B806" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C806" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D806" t="s">
         <v>11</v>
       </c>
       <c r="E806" t="s">
         <v>12</v>
       </c>
       <c r="F806" t="s">
-        <v>2759</v>
+        <v>1859</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
       <c r="H806" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="B807" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C807" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D807" t="s">
         <v>11</v>
       </c>
       <c r="E807" t="s">
         <v>12</v>
       </c>
       <c r="F807" t="s">
-        <v>2759</v>
+        <v>2563</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="H807" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="B808" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C808" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D808" t="s">
         <v>11</v>
       </c>
       <c r="E808" t="s">
         <v>12</v>
       </c>
       <c r="F808" t="s">
-        <v>2749</v>
+        <v>2590</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="H808" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="B809" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C809" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D809" t="s">
         <v>11</v>
       </c>
       <c r="E809" t="s">
         <v>12</v>
       </c>
       <c r="F809" t="s">
-        <v>2749</v>
+        <v>2614</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="H809" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="B810" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C810" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D810" t="s">
         <v>11</v>
       </c>
       <c r="E810" t="s">
         <v>12</v>
       </c>
       <c r="F810" t="s">
-        <v>2529</v>
+        <v>2776</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>2772</v>
+        <v>2777</v>
       </c>
       <c r="H810" t="s">
-        <v>2773</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="B811" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C811" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D811" t="s">
         <v>11</v>
       </c>
       <c r="E811" t="s">
         <v>12</v>
       </c>
       <c r="F811" t="s">
-        <v>2551</v>
+        <v>2776</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2775</v>
+        <v>2780</v>
       </c>
       <c r="H811" t="s">
-        <v>2776</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>2777</v>
+        <v>2782</v>
       </c>
       <c r="B812" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C812" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D812" t="s">
         <v>11</v>
       </c>
       <c r="E812" t="s">
         <v>12</v>
       </c>
       <c r="F812" t="s">
-        <v>2529</v>
+        <v>2660</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>2778</v>
+        <v>2783</v>
       </c>
       <c r="H812" t="s">
-        <v>2779</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2780</v>
+        <v>2785</v>
       </c>
       <c r="B813" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C813" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D813" t="s">
         <v>11</v>
       </c>
       <c r="E813" t="s">
         <v>12</v>
       </c>
       <c r="F813" t="s">
-        <v>2533</v>
+        <v>2640</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2781</v>
+        <v>2786</v>
       </c>
       <c r="H813" t="s">
-        <v>2782</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2783</v>
+        <v>2788</v>
       </c>
       <c r="B814" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C814" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D814" t="s">
         <v>11</v>
       </c>
       <c r="E814" t="s">
         <v>12</v>
       </c>
       <c r="F814" t="s">
-        <v>2759</v>
+        <v>2590</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2784</v>
+        <v>2789</v>
       </c>
       <c r="H814" t="s">
-        <v>2785</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2786</v>
+        <v>2791</v>
       </c>
       <c r="B815" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C815" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D815" t="s">
         <v>11</v>
       </c>
       <c r="E815" t="s">
         <v>12</v>
       </c>
       <c r="F815" t="s">
-        <v>2551</v>
+        <v>2590</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2787</v>
+        <v>2792</v>
       </c>
       <c r="H815" t="s">
-        <v>2788</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2789</v>
+        <v>2794</v>
       </c>
       <c r="B816" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C816" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D816" t="s">
         <v>11</v>
       </c>
       <c r="E816" t="s">
         <v>12</v>
       </c>
       <c r="F816" t="s">
-        <v>2513</v>
+        <v>2590</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2790</v>
+        <v>2795</v>
       </c>
       <c r="H816" t="s">
-        <v>2791</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2792</v>
+        <v>2797</v>
       </c>
       <c r="B817" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C817" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D817" t="s">
         <v>11</v>
       </c>
       <c r="E817" t="s">
         <v>12</v>
       </c>
       <c r="F817" t="s">
-        <v>2529</v>
+        <v>1789</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2793</v>
+        <v>2798</v>
       </c>
       <c r="H817" t="s">
-        <v>2794</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2795</v>
+        <v>2800</v>
       </c>
       <c r="B818" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C818" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D818" t="s">
         <v>11</v>
       </c>
       <c r="E818" t="s">
         <v>12</v>
       </c>
       <c r="F818" t="s">
-        <v>2513</v>
+        <v>2656</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2796</v>
+        <v>2801</v>
       </c>
       <c r="H818" t="s">
-        <v>2797</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>2798</v>
+        <v>2803</v>
       </c>
       <c r="B819" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C819" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D819" t="s">
         <v>11</v>
       </c>
       <c r="E819" t="s">
         <v>12</v>
       </c>
       <c r="F819" t="s">
-        <v>2529</v>
+        <v>2670</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2799</v>
+        <v>2804</v>
       </c>
       <c r="H819" t="s">
-        <v>2800</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>2801</v>
+        <v>2806</v>
       </c>
       <c r="B820" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C820" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D820" t="s">
         <v>11</v>
       </c>
       <c r="E820" t="s">
         <v>12</v>
       </c>
       <c r="F820" t="s">
-        <v>2513</v>
+        <v>2670</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2802</v>
+        <v>2807</v>
       </c>
       <c r="H820" t="s">
-        <v>2803</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>2804</v>
+        <v>2809</v>
       </c>
       <c r="B821" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C821" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D821" t="s">
         <v>11</v>
       </c>
       <c r="E821" t="s">
         <v>12</v>
       </c>
       <c r="F821" t="s">
-        <v>2513</v>
+        <v>42</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>2805</v>
+        <v>2810</v>
       </c>
       <c r="H821" t="s">
-        <v>2806</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>2807</v>
+        <v>2812</v>
       </c>
       <c r="B822" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C822" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D822" t="s">
         <v>11</v>
       </c>
       <c r="E822" t="s">
         <v>12</v>
       </c>
       <c r="F822" t="s">
-        <v>2529</v>
+        <v>1859</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>2808</v>
+        <v>2813</v>
       </c>
       <c r="H822" t="s">
-        <v>2809</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>2810</v>
+        <v>2815</v>
       </c>
       <c r="B823" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C823" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D823" t="s">
         <v>11</v>
       </c>
       <c r="E823" t="s">
         <v>12</v>
       </c>
       <c r="F823" t="s">
-        <v>2551</v>
+        <v>2618</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>2811</v>
+        <v>2816</v>
       </c>
       <c r="H823" t="s">
-        <v>2812</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>2813</v>
+        <v>2818</v>
       </c>
       <c r="B824" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C824" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D824" t="s">
         <v>11</v>
       </c>
       <c r="E824" t="s">
         <v>12</v>
       </c>
       <c r="F824" t="s">
-        <v>2551</v>
+        <v>2614</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2814</v>
+        <v>2819</v>
       </c>
       <c r="H824" t="s">
-        <v>2815</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>2816</v>
+        <v>2821</v>
       </c>
       <c r="B825" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C825" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D825" t="s">
         <v>11</v>
       </c>
       <c r="E825" t="s">
         <v>12</v>
       </c>
       <c r="F825" t="s">
-        <v>2505</v>
+        <v>2590</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2817</v>
+        <v>2822</v>
       </c>
       <c r="H825" t="s">
-        <v>2818</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>2819</v>
+        <v>2824</v>
       </c>
       <c r="B826" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C826" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D826" t="s">
         <v>11</v>
       </c>
       <c r="E826" t="s">
         <v>12</v>
       </c>
       <c r="F826" t="s">
-        <v>2529</v>
+        <v>2660</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2820</v>
+        <v>2825</v>
       </c>
       <c r="H826" t="s">
-        <v>2821</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>2822</v>
+        <v>2827</v>
       </c>
       <c r="B827" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C827" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D827" t="s">
         <v>11</v>
       </c>
       <c r="E827" t="s">
         <v>12</v>
       </c>
       <c r="F827" t="s">
-        <v>2529</v>
+        <v>2636</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2823</v>
+        <v>2828</v>
       </c>
       <c r="H827" t="s">
-        <v>2824</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>2825</v>
+        <v>2830</v>
       </c>
       <c r="B828" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C828" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D828" t="s">
         <v>11</v>
       </c>
       <c r="E828" t="s">
         <v>12</v>
       </c>
       <c r="F828" t="s">
-        <v>2529</v>
+        <v>2598</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2826</v>
+        <v>2831</v>
       </c>
       <c r="H828" t="s">
-        <v>2827</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>2828</v>
+        <v>2833</v>
       </c>
       <c r="B829" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C829" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D829" t="s">
         <v>11</v>
       </c>
       <c r="E829" t="s">
         <v>12</v>
       </c>
       <c r="F829" t="s">
-        <v>2533</v>
+        <v>2834</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>2829</v>
+        <v>2835</v>
       </c>
       <c r="H829" t="s">
-        <v>2830</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>2831</v>
+        <v>2837</v>
       </c>
       <c r="B830" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C830" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D830" t="s">
         <v>11</v>
       </c>
       <c r="E830" t="s">
         <v>12</v>
       </c>
       <c r="F830" t="s">
-        <v>2505</v>
+        <v>2614</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>2832</v>
+        <v>2838</v>
       </c>
       <c r="H830" t="s">
-        <v>2833</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>2834</v>
+        <v>2840</v>
       </c>
       <c r="B831" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C831" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D831" t="s">
         <v>11</v>
       </c>
       <c r="E831" t="s">
         <v>12</v>
       </c>
       <c r="F831" t="s">
-        <v>2533</v>
+        <v>2598</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>2835</v>
+        <v>2841</v>
       </c>
       <c r="H831" t="s">
-        <v>2836</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2837</v>
+        <v>2843</v>
       </c>
       <c r="B832" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C832" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D832" t="s">
         <v>11</v>
       </c>
       <c r="E832" t="s">
         <v>12</v>
       </c>
       <c r="F832" t="s">
-        <v>2533</v>
+        <v>2844</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
       <c r="H832" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="B833" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C833" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D833" t="s">
         <v>11</v>
       </c>
       <c r="E833" t="s">
         <v>12</v>
       </c>
       <c r="F833" t="s">
-        <v>2513</v>
+        <v>2844</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
       <c r="H833" t="s">
-        <v>2842</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>2843</v>
+        <v>2850</v>
       </c>
       <c r="B834" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C834" t="s">
-        <v>262</v>
+        <v>229</v>
       </c>
       <c r="D834" t="s">
         <v>11</v>
       </c>
       <c r="E834" t="s">
         <v>12</v>
       </c>
+      <c r="F834" t="s">
+        <v>2834</v>
+      </c>
       <c r="G834" s="1" t="s">
-        <v>2844</v>
+        <v>2851</v>
       </c>
       <c r="H834" t="s">
-        <v>2845</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>2846</v>
+        <v>2853</v>
       </c>
       <c r="B835" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C835" t="s">
-        <v>266</v>
+        <v>233</v>
       </c>
       <c r="D835" t="s">
         <v>11</v>
       </c>
       <c r="E835" t="s">
         <v>12</v>
       </c>
       <c r="F835" t="s">
-        <v>2533</v>
+        <v>2834</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
       <c r="H835" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
       <c r="B836" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C836" t="s">
-        <v>270</v>
+        <v>238</v>
       </c>
       <c r="D836" t="s">
         <v>11</v>
       </c>
       <c r="E836" t="s">
         <v>12</v>
       </c>
       <c r="F836" t="s">
-        <v>2513</v>
+        <v>2614</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="H836" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="B837" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C837" t="s">
-        <v>275</v>
+        <v>242</v>
       </c>
       <c r="D837" t="s">
         <v>11</v>
       </c>
       <c r="E837" t="s">
         <v>12</v>
       </c>
       <c r="F837" t="s">
-        <v>2513</v>
+        <v>2636</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="H837" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
       <c r="B838" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C838" t="s">
-        <v>279</v>
+        <v>246</v>
       </c>
       <c r="D838" t="s">
         <v>11</v>
       </c>
       <c r="E838" t="s">
         <v>12</v>
       </c>
       <c r="F838" t="s">
-        <v>2513</v>
+        <v>2614</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
       <c r="H838" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
       <c r="B839" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C839" t="s">
-        <v>283</v>
+        <v>250</v>
       </c>
       <c r="D839" t="s">
         <v>11</v>
       </c>
       <c r="E839" t="s">
         <v>12</v>
       </c>
       <c r="F839" t="s">
-        <v>2513</v>
+        <v>2618</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="H839" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
       <c r="B840" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C840" t="s">
-        <v>287</v>
+        <v>254</v>
       </c>
       <c r="D840" t="s">
         <v>11</v>
       </c>
       <c r="E840" t="s">
         <v>12</v>
       </c>
       <c r="F840" t="s">
-        <v>2513</v>
+        <v>2844</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="H840" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
       <c r="B841" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C841" t="s">
-        <v>291</v>
+        <v>259</v>
       </c>
       <c r="D841" t="s">
         <v>11</v>
       </c>
       <c r="E841" t="s">
         <v>12</v>
       </c>
       <c r="F841" t="s">
-        <v>2529</v>
+        <v>2636</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
       <c r="H841" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
       <c r="B842" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C842" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="D842" t="s">
         <v>11</v>
       </c>
       <c r="E842" t="s">
         <v>12</v>
       </c>
       <c r="F842" t="s">
-        <v>2551</v>
+        <v>2598</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="H842" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="B843" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C843" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
       <c r="D843" t="s">
         <v>11</v>
       </c>
       <c r="E843" t="s">
         <v>12</v>
       </c>
       <c r="F843" t="s">
-        <v>2513</v>
+        <v>2614</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="H843" t="s">
-        <v>2872</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>2873</v>
+        <v>2880</v>
       </c>
       <c r="B844" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C844" t="s">
-        <v>304</v>
+        <v>271</v>
       </c>
       <c r="D844" t="s">
         <v>11</v>
       </c>
       <c r="E844" t="s">
         <v>12</v>
       </c>
       <c r="F844" t="s">
-        <v>2513</v>
+        <v>2598</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>2874</v>
+        <v>2881</v>
       </c>
       <c r="H844" t="s">
-        <v>2875</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>2876</v>
+        <v>2883</v>
       </c>
       <c r="B845" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C845" t="s">
-        <v>308</v>
+        <v>275</v>
       </c>
       <c r="D845" t="s">
         <v>11</v>
       </c>
       <c r="E845" t="s">
         <v>12</v>
       </c>
       <c r="F845" t="s">
-        <v>2513</v>
+        <v>2614</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>2877</v>
+        <v>2884</v>
       </c>
       <c r="H845" t="s">
-        <v>2878</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
       <c r="B846" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C846" t="s">
-        <v>312</v>
+        <v>279</v>
       </c>
       <c r="D846" t="s">
         <v>11</v>
       </c>
       <c r="E846" t="s">
         <v>12</v>
       </c>
       <c r="F846" t="s">
-        <v>2513</v>
+        <v>2598</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>2880</v>
+        <v>2887</v>
       </c>
       <c r="H846" t="s">
-        <v>2881</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>2882</v>
+        <v>2889</v>
       </c>
       <c r="B847" t="s">
-        <v>2672</v>
+        <v>2757</v>
       </c>
       <c r="C847" t="s">
-        <v>316</v>
+        <v>283</v>
       </c>
       <c r="D847" t="s">
         <v>11</v>
       </c>
       <c r="E847" t="s">
         <v>12</v>
       </c>
       <c r="F847" t="s">
-        <v>2513</v>
+        <v>2598</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>2883</v>
+        <v>2890</v>
       </c>
       <c r="H847" t="s">
-        <v>2884</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>2885</v>
+        <v>2892</v>
       </c>
       <c r="B848" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C848" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="D848" t="s">
         <v>11</v>
       </c>
       <c r="E848" t="s">
         <v>12</v>
       </c>
       <c r="F848" t="s">
-        <v>2478</v>
+        <v>2614</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>2887</v>
+        <v>2893</v>
       </c>
       <c r="H848" t="s">
-        <v>2888</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="B849" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C849" t="s">
-        <v>17</v>
+        <v>291</v>
       </c>
       <c r="D849" t="s">
         <v>11</v>
       </c>
       <c r="E849" t="s">
         <v>12</v>
       </c>
       <c r="F849" t="s">
-        <v>2442</v>
+        <v>2636</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
       <c r="H849" t="s">
-        <v>2891</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>2892</v>
+        <v>2898</v>
       </c>
       <c r="B850" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C850" t="s">
-        <v>22</v>
+        <v>295</v>
       </c>
       <c r="D850" t="s">
         <v>11</v>
       </c>
       <c r="E850" t="s">
         <v>12</v>
       </c>
       <c r="F850" t="s">
-        <v>1708</v>
+        <v>2636</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>2893</v>
+        <v>2899</v>
       </c>
       <c r="H850" t="s">
-        <v>2894</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>2895</v>
+        <v>2901</v>
       </c>
       <c r="B851" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C851" t="s">
-        <v>27</v>
+        <v>299</v>
       </c>
       <c r="D851" t="s">
         <v>11</v>
       </c>
       <c r="E851" t="s">
         <v>12</v>
       </c>
       <c r="F851" t="s">
-        <v>2478</v>
+        <v>2590</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>2896</v>
+        <v>2902</v>
       </c>
       <c r="H851" t="s">
-        <v>2897</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>2898</v>
+        <v>2904</v>
       </c>
       <c r="B852" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C852" t="s">
-        <v>32</v>
+        <v>304</v>
       </c>
       <c r="D852" t="s">
         <v>11</v>
       </c>
       <c r="E852" t="s">
         <v>12</v>
       </c>
       <c r="F852" t="s">
-        <v>2759</v>
+        <v>2614</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>2899</v>
+        <v>2905</v>
       </c>
       <c r="H852" t="s">
-        <v>2900</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>2901</v>
+        <v>2907</v>
       </c>
       <c r="B853" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C853" t="s">
-        <v>36</v>
+        <v>308</v>
       </c>
       <c r="D853" t="s">
         <v>11</v>
       </c>
       <c r="E853" t="s">
         <v>12</v>
       </c>
       <c r="F853" t="s">
-        <v>2442</v>
+        <v>2614</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>2902</v>
+        <v>2908</v>
       </c>
       <c r="H853" t="s">
-        <v>2903</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>2904</v>
+        <v>2910</v>
       </c>
       <c r="B854" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C854" t="s">
-        <v>41</v>
+        <v>312</v>
       </c>
       <c r="D854" t="s">
         <v>11</v>
       </c>
       <c r="E854" t="s">
         <v>12</v>
       </c>
       <c r="F854" t="s">
-        <v>1774</v>
+        <v>2614</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>2905</v>
+        <v>2911</v>
       </c>
       <c r="H854" t="s">
-        <v>2906</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>2907</v>
+        <v>2913</v>
       </c>
       <c r="B855" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C855" t="s">
-        <v>46</v>
+        <v>316</v>
       </c>
       <c r="D855" t="s">
         <v>11</v>
       </c>
       <c r="E855" t="s">
         <v>12</v>
       </c>
       <c r="F855" t="s">
-        <v>2759</v>
+        <v>2618</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>2908</v>
+        <v>2914</v>
       </c>
       <c r="H855" t="s">
-        <v>2909</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>2910</v>
+        <v>2916</v>
       </c>
       <c r="B856" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C856" t="s">
-        <v>51</v>
+        <v>320</v>
       </c>
       <c r="D856" t="s">
         <v>11</v>
       </c>
       <c r="E856" t="s">
         <v>12</v>
       </c>
       <c r="F856" t="s">
-        <v>2759</v>
+        <v>2590</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>2911</v>
+        <v>2917</v>
       </c>
       <c r="H856" t="s">
-        <v>2912</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>2913</v>
+        <v>2919</v>
       </c>
       <c r="B857" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C857" t="s">
-        <v>55</v>
+        <v>325</v>
       </c>
       <c r="D857" t="s">
         <v>11</v>
       </c>
       <c r="E857" t="s">
         <v>12</v>
       </c>
       <c r="F857" t="s">
-        <v>2914</v>
+        <v>2618</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>2915</v>
+        <v>2920</v>
       </c>
       <c r="H857" t="s">
-        <v>2916</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>2917</v>
+        <v>2922</v>
       </c>
       <c r="B858" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C858" t="s">
-        <v>60</v>
+        <v>329</v>
       </c>
       <c r="D858" t="s">
         <v>11</v>
       </c>
       <c r="E858" t="s">
         <v>12</v>
       </c>
       <c r="F858" t="s">
-        <v>2571</v>
+        <v>2618</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>2918</v>
+        <v>2923</v>
       </c>
       <c r="H858" t="s">
-        <v>2919</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>2920</v>
+        <v>2925</v>
       </c>
       <c r="B859" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C859" t="s">
-        <v>65</v>
+        <v>333</v>
       </c>
       <c r="D859" t="s">
         <v>11</v>
       </c>
       <c r="E859" t="s">
         <v>12</v>
       </c>
       <c r="F859" t="s">
-        <v>2555</v>
+        <v>2598</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>2921</v>
+        <v>2926</v>
       </c>
       <c r="H859" t="s">
-        <v>2922</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>2923</v>
+        <v>2928</v>
       </c>
       <c r="B860" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C860" t="s">
-        <v>70</v>
+        <v>342</v>
       </c>
       <c r="D860" t="s">
         <v>11</v>
       </c>
       <c r="E860" t="s">
         <v>12</v>
       </c>
-      <c r="F860" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G860" s="1" t="s">
-        <v>2924</v>
+        <v>2929</v>
       </c>
       <c r="H860" t="s">
-        <v>2925</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>2926</v>
+        <v>2931</v>
       </c>
       <c r="B861" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C861" t="s">
-        <v>75</v>
+        <v>346</v>
       </c>
       <c r="D861" t="s">
         <v>11</v>
       </c>
       <c r="E861" t="s">
         <v>12</v>
       </c>
       <c r="F861" t="s">
-        <v>1704</v>
+        <v>2618</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>2927</v>
+        <v>2932</v>
       </c>
       <c r="H861" t="s">
-        <v>2928</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>2929</v>
+        <v>2934</v>
       </c>
       <c r="B862" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C862" t="s">
-        <v>80</v>
+        <v>350</v>
       </c>
       <c r="D862" t="s">
         <v>11</v>
       </c>
       <c r="E862" t="s">
         <v>12</v>
       </c>
       <c r="F862" t="s">
-        <v>1774</v>
+        <v>2598</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>2930</v>
+        <v>2935</v>
       </c>
       <c r="H862" t="s">
-        <v>2931</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>2932</v>
+        <v>2937</v>
       </c>
       <c r="B863" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C863" t="s">
-        <v>85</v>
+        <v>355</v>
       </c>
       <c r="D863" t="s">
         <v>11</v>
       </c>
       <c r="E863" t="s">
         <v>12</v>
       </c>
       <c r="F863" t="s">
-        <v>1774</v>
+        <v>2598</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>2933</v>
+        <v>2938</v>
       </c>
       <c r="H863" t="s">
-        <v>2934</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>2935</v>
+        <v>2940</v>
       </c>
       <c r="B864" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C864" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="D864" t="s">
         <v>11</v>
       </c>
       <c r="E864" t="s">
         <v>12</v>
       </c>
       <c r="F864" t="s">
-        <v>47</v>
+        <v>2598</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>2936</v>
+        <v>2941</v>
       </c>
       <c r="H864" t="s">
-        <v>2937</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>2938</v>
+        <v>2943</v>
       </c>
       <c r="B865" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C865" t="s">
-        <v>93</v>
+        <v>363</v>
       </c>
       <c r="D865" t="s">
         <v>11</v>
       </c>
       <c r="E865" t="s">
         <v>12</v>
       </c>
       <c r="F865" t="s">
-        <v>2939</v>
+        <v>2598</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="H865" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
       <c r="B866" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C866" t="s">
-        <v>98</v>
+        <v>367</v>
       </c>
       <c r="D866" t="s">
         <v>11</v>
       </c>
       <c r="E866" t="s">
         <v>12</v>
       </c>
       <c r="F866" t="s">
-        <v>2939</v>
+        <v>2598</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
       <c r="H866" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="B867" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C867" t="s">
-        <v>101</v>
+        <v>371</v>
       </c>
       <c r="D867" t="s">
         <v>11</v>
       </c>
       <c r="E867" t="s">
         <v>12</v>
       </c>
       <c r="F867" t="s">
-        <v>2585</v>
+        <v>2614</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
       <c r="H867" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
       <c r="B868" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C868" t="s">
-        <v>105</v>
+        <v>376</v>
       </c>
       <c r="D868" t="s">
         <v>11</v>
       </c>
       <c r="E868" t="s">
         <v>12</v>
       </c>
       <c r="F868" t="s">
-        <v>2453</v>
+        <v>2636</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
       <c r="H868" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="B869" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C869" t="s">
-        <v>110</v>
+        <v>380</v>
       </c>
       <c r="D869" t="s">
         <v>11</v>
       </c>
       <c r="E869" t="s">
         <v>12</v>
       </c>
       <c r="F869" t="s">
-        <v>2442</v>
+        <v>2598</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="H869" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="B870" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C870" t="s">
-        <v>114</v>
+        <v>384</v>
       </c>
       <c r="D870" t="s">
         <v>11</v>
       </c>
       <c r="E870" t="s">
         <v>12</v>
       </c>
       <c r="F870" t="s">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="H870" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="B871" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C871" t="s">
-        <v>118</v>
+        <v>388</v>
       </c>
       <c r="D871" t="s">
         <v>11</v>
       </c>
       <c r="E871" t="s">
         <v>12</v>
       </c>
       <c r="F871" t="s">
-        <v>1774</v>
+        <v>2598</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
       <c r="H871" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="B872" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C872" t="s">
-        <v>122</v>
+        <v>392</v>
       </c>
       <c r="D872" t="s">
         <v>11</v>
       </c>
       <c r="E872" t="s">
         <v>12</v>
       </c>
       <c r="F872" t="s">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="H872" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="B873" t="s">
-        <v>2886</v>
+        <v>2757</v>
       </c>
       <c r="C873" t="s">
-        <v>126</v>
+        <v>396</v>
       </c>
       <c r="D873" t="s">
         <v>11</v>
       </c>
       <c r="E873" t="s">
         <v>12</v>
       </c>
       <c r="F873" t="s">
-        <v>1774</v>
+        <v>2598</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="H873" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>2966</v>
+        <v>2970</v>
       </c>
       <c r="B874" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C874" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D874" t="s">
         <v>11</v>
       </c>
       <c r="E874" t="s">
         <v>12</v>
       </c>
       <c r="F874" t="s">
-        <v>2914</v>
+        <v>2563</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>2967</v>
+        <v>2972</v>
       </c>
       <c r="H874" t="s">
-        <v>2968</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>2969</v>
+        <v>2974</v>
       </c>
       <c r="B875" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C875" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D875" t="s">
         <v>11</v>
       </c>
       <c r="E875" t="s">
         <v>12</v>
       </c>
       <c r="F875" t="s">
-        <v>2914</v>
+        <v>2527</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>2970</v>
+        <v>2975</v>
       </c>
       <c r="H875" t="s">
-        <v>2971</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>2972</v>
+        <v>2977</v>
       </c>
       <c r="B876" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C876" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D876" t="s">
         <v>11</v>
       </c>
       <c r="E876" t="s">
         <v>12</v>
       </c>
       <c r="F876" t="s">
-        <v>2973</v>
+        <v>1793</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="H876" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
       <c r="B877" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C877" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D877" t="s">
         <v>11</v>
       </c>
       <c r="E877" t="s">
         <v>12</v>
       </c>
       <c r="F877" t="s">
-        <v>2977</v>
+        <v>2563</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
       <c r="H877" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
       <c r="B878" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C878" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D878" t="s">
         <v>11</v>
       </c>
       <c r="E878" t="s">
         <v>12</v>
       </c>
       <c r="F878" t="s">
-        <v>1774</v>
+        <v>2844</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
       <c r="H878" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
       <c r="B879" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C879" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D879" t="s">
         <v>11</v>
       </c>
       <c r="E879" t="s">
         <v>12</v>
       </c>
       <c r="F879" t="s">
-        <v>1774</v>
+        <v>2527</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>2984</v>
+        <v>2987</v>
       </c>
       <c r="H879" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="B880" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C880" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D880" t="s">
         <v>11</v>
       </c>
       <c r="E880" t="s">
         <v>12</v>
       </c>
       <c r="F880" t="s">
-        <v>1774</v>
+        <v>1859</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="H880" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
       <c r="B881" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C881" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D881" t="s">
         <v>11</v>
       </c>
       <c r="E881" t="s">
         <v>12</v>
       </c>
       <c r="F881" t="s">
-        <v>2585</v>
+        <v>2844</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="H881" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="B882" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C882" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D882" t="s">
         <v>11</v>
       </c>
       <c r="E882" t="s">
         <v>12</v>
       </c>
       <c r="F882" t="s">
-        <v>2555</v>
+        <v>2844</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
       <c r="H882" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="B883" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C883" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D883" t="s">
         <v>11</v>
       </c>
       <c r="E883" t="s">
         <v>12</v>
       </c>
       <c r="F883" t="s">
-        <v>1708</v>
+        <v>2999</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
       <c r="H883" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
       <c r="B884" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C884" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D884" t="s">
         <v>11</v>
       </c>
       <c r="E884" t="s">
         <v>12</v>
       </c>
       <c r="F884" t="s">
-        <v>2999</v>
+        <v>2656</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>679</v>
+        <v>3003</v>
       </c>
       <c r="H884" t="s">
-        <v>3000</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3001</v>
+        <v>3005</v>
       </c>
       <c r="B885" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C885" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D885" t="s">
         <v>11</v>
       </c>
       <c r="E885" t="s">
         <v>12</v>
       </c>
       <c r="F885" t="s">
-        <v>2555</v>
+        <v>2640</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3002</v>
+        <v>3006</v>
       </c>
       <c r="H885" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
       <c r="B886" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C886" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D886" t="s">
         <v>11</v>
       </c>
       <c r="E886" t="s">
         <v>12</v>
       </c>
       <c r="F886" t="s">
-        <v>2585</v>
+        <v>2660</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="H886" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
       <c r="B887" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C887" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D887" t="s">
         <v>11</v>
       </c>
       <c r="E887" t="s">
         <v>12</v>
       </c>
       <c r="F887" t="s">
-        <v>2585</v>
+        <v>1789</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>679</v>
+        <v>3012</v>
       </c>
       <c r="H887" t="s">
-        <v>3008</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3009</v>
+        <v>3014</v>
       </c>
       <c r="B888" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C888" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D888" t="s">
         <v>11</v>
       </c>
       <c r="E888" t="s">
         <v>12</v>
       </c>
       <c r="F888" t="s">
-        <v>2585</v>
+        <v>1859</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>679</v>
+        <v>3015</v>
       </c>
       <c r="H888" t="s">
-        <v>3010</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3011</v>
+        <v>3017</v>
       </c>
       <c r="B889" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C889" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D889" t="s">
         <v>11</v>
       </c>
       <c r="E889" t="s">
         <v>12</v>
       </c>
       <c r="F889" t="s">
-        <v>2478</v>
+        <v>1859</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
       <c r="H889" t="s">
-        <v>3013</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3014</v>
+        <v>3020</v>
       </c>
       <c r="B890" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C890" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D890" t="s">
         <v>11</v>
       </c>
       <c r="E890" t="s">
         <v>12</v>
       </c>
       <c r="F890" t="s">
-        <v>2555</v>
+        <v>42</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="H890" t="s">
-        <v>3016</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3017</v>
+        <v>3023</v>
       </c>
       <c r="B891" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C891" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D891" t="s">
         <v>11</v>
       </c>
       <c r="E891" t="s">
         <v>12</v>
       </c>
       <c r="F891" t="s">
-        <v>2555</v>
+        <v>3024</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>3018</v>
+        <v>3025</v>
       </c>
       <c r="H891" t="s">
-        <v>3019</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3020</v>
+        <v>3027</v>
       </c>
       <c r="B892" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C892" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D892" t="s">
         <v>11</v>
       </c>
       <c r="E892" t="s">
         <v>12</v>
       </c>
       <c r="F892" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>3022</v>
+        <v>3028</v>
       </c>
       <c r="H892" t="s">
-        <v>3023</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3024</v>
+        <v>3030</v>
       </c>
       <c r="B893" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C893" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D893" t="s">
         <v>11</v>
       </c>
       <c r="E893" t="s">
         <v>12</v>
       </c>
       <c r="F893" t="s">
-        <v>3025</v>
+        <v>2670</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>3026</v>
+        <v>3031</v>
       </c>
       <c r="H893" t="s">
-        <v>3027</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3028</v>
+        <v>3033</v>
       </c>
       <c r="B894" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C894" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D894" t="s">
         <v>11</v>
       </c>
       <c r="E894" t="s">
         <v>12</v>
       </c>
+      <c r="F894" t="s">
+        <v>2538</v>
+      </c>
       <c r="G894" s="1" t="s">
-        <v>3029</v>
+        <v>3034</v>
       </c>
       <c r="H894" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="B895" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C895" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D895" t="s">
         <v>11</v>
       </c>
       <c r="E895" t="s">
         <v>12</v>
       </c>
       <c r="F895" t="s">
-        <v>2555</v>
+        <v>2527</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3032</v>
+        <v>3037</v>
       </c>
       <c r="H895" t="s">
-        <v>3033</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3034</v>
+        <v>3039</v>
       </c>
       <c r="B896" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C896" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D896" t="s">
         <v>11</v>
       </c>
       <c r="E896" t="s">
         <v>12</v>
       </c>
       <c r="F896" t="s">
-        <v>2478</v>
+        <v>2670</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>3035</v>
+        <v>3040</v>
       </c>
       <c r="H896" t="s">
-        <v>3036</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>3037</v>
+        <v>3042</v>
       </c>
       <c r="B897" t="s">
-        <v>2886</v>
+        <v>2971</v>
       </c>
       <c r="C897" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D897" t="s">
         <v>11</v>
       </c>
       <c r="E897" t="s">
         <v>12</v>
       </c>
       <c r="F897" t="s">
-        <v>2442</v>
+        <v>1859</v>
       </c>
       <c r="G897" s="1" t="s">
-        <v>3038</v>
+        <v>3043</v>
       </c>
       <c r="H897" t="s">
-        <v>3039</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3040</v>
+        <v>3045</v>
       </c>
       <c r="B898" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C898" t="s">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="D898" t="s">
         <v>11</v>
       </c>
       <c r="E898" t="s">
         <v>12</v>
       </c>
       <c r="F898" t="s">
-        <v>3042</v>
+        <v>2670</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
       <c r="H898" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3045</v>
+        <v>3048</v>
       </c>
       <c r="B899" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C899" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="D899" t="s">
         <v>11</v>
       </c>
       <c r="E899" t="s">
         <v>12</v>
       </c>
       <c r="F899" t="s">
-        <v>3046</v>
+        <v>1859</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="H899" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="B900" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C900" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="D900" t="s">
         <v>11</v>
       </c>
       <c r="E900" t="s">
         <v>12</v>
       </c>
       <c r="F900" t="s">
-        <v>3046</v>
+        <v>2999</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="H900" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="B901" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C901" t="s">
-        <v>27</v>
+        <v>217</v>
       </c>
       <c r="D901" t="s">
         <v>11</v>
       </c>
       <c r="E901" t="s">
         <v>12</v>
       </c>
       <c r="F901" t="s">
-        <v>1712</v>
+        <v>2999</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
       <c r="H901" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="B902" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C902" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="D902" t="s">
         <v>11</v>
       </c>
       <c r="E902" t="s">
         <v>12</v>
       </c>
       <c r="F902" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
       <c r="H902" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
       <c r="B903" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C903" t="s">
-        <v>36</v>
+        <v>225</v>
       </c>
       <c r="D903" t="s">
         <v>11</v>
       </c>
       <c r="E903" t="s">
         <v>12</v>
       </c>
       <c r="F903" t="s">
-        <v>2575</v>
+        <v>3062</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
       <c r="H903" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="B904" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C904" t="s">
-        <v>41</v>
+        <v>229</v>
       </c>
       <c r="D904" t="s">
         <v>11</v>
       </c>
       <c r="E904" t="s">
         <v>12</v>
       </c>
       <c r="F904" t="s">
-        <v>2575</v>
+        <v>1859</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="H904" t="s">
-        <v>3063</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3064</v>
+        <v>3068</v>
       </c>
       <c r="B905" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C905" t="s">
-        <v>46</v>
+        <v>233</v>
       </c>
       <c r="D905" t="s">
         <v>11</v>
       </c>
       <c r="E905" t="s">
         <v>12</v>
       </c>
       <c r="F905" t="s">
-        <v>3065</v>
+        <v>1859</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="H905" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3068</v>
+        <v>3071</v>
       </c>
       <c r="B906" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C906" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="D906" t="s">
         <v>11</v>
       </c>
       <c r="E906" t="s">
         <v>12</v>
       </c>
       <c r="F906" t="s">
-        <v>3042</v>
+        <v>1859</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
       <c r="H906" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
       <c r="B907" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C907" t="s">
-        <v>55</v>
+        <v>242</v>
       </c>
       <c r="D907" t="s">
         <v>11</v>
       </c>
       <c r="E907" t="s">
         <v>12</v>
       </c>
       <c r="F907" t="s">
-        <v>3065</v>
+        <v>2670</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
       <c r="H907" t="s">
-        <v>3073</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>3074</v>
+        <v>3077</v>
       </c>
       <c r="B908" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C908" t="s">
-        <v>60</v>
+        <v>246</v>
       </c>
       <c r="D908" t="s">
         <v>11</v>
       </c>
       <c r="E908" t="s">
         <v>12</v>
       </c>
       <c r="F908" t="s">
-        <v>47</v>
+        <v>2640</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>3075</v>
+        <v>3078</v>
       </c>
       <c r="H908" t="s">
-        <v>3076</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>3077</v>
+        <v>3080</v>
       </c>
       <c r="B909" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C909" t="s">
-        <v>65</v>
+        <v>250</v>
       </c>
       <c r="D909" t="s">
         <v>11</v>
       </c>
       <c r="E909" t="s">
         <v>12</v>
       </c>
       <c r="F909" t="s">
-        <v>3065</v>
+        <v>1793</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>3078</v>
+        <v>3081</v>
       </c>
       <c r="H909" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
       <c r="B910" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C910" t="s">
-        <v>70</v>
+        <v>254</v>
       </c>
       <c r="D910" t="s">
         <v>11</v>
       </c>
       <c r="E910" t="s">
         <v>12</v>
       </c>
       <c r="F910" t="s">
-        <v>2571</v>
+        <v>3084</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>3081</v>
+        <v>764</v>
       </c>
       <c r="H910" t="s">
-        <v>3082</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
       <c r="B911" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C911" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="D911" t="s">
         <v>11</v>
       </c>
       <c r="E911" t="s">
         <v>12</v>
       </c>
       <c r="F911" t="s">
-        <v>2571</v>
+        <v>2640</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>3084</v>
+        <v>3087</v>
       </c>
       <c r="H911" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
       <c r="B912" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C912" t="s">
-        <v>80</v>
+        <v>263</v>
       </c>
       <c r="D912" t="s">
         <v>11</v>
       </c>
       <c r="E912" t="s">
         <v>12</v>
       </c>
       <c r="F912" t="s">
-        <v>2571</v>
+        <v>2670</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="H912" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="B913" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C913" t="s">
-        <v>85</v>
+        <v>267</v>
       </c>
       <c r="D913" t="s">
         <v>11</v>
       </c>
       <c r="E913" t="s">
         <v>12</v>
       </c>
       <c r="F913" t="s">
-        <v>47</v>
+        <v>2670</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>3090</v>
+        <v>764</v>
       </c>
       <c r="H913" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="B914" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C914" t="s">
-        <v>89</v>
+        <v>271</v>
       </c>
       <c r="D914" t="s">
         <v>11</v>
       </c>
       <c r="E914" t="s">
         <v>12</v>
       </c>
       <c r="F914" t="s">
-        <v>2062</v>
+        <v>2670</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3093</v>
+        <v>764</v>
       </c>
       <c r="H914" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="B915" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C915" t="s">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="D915" t="s">
         <v>11</v>
       </c>
       <c r="E915" t="s">
         <v>12</v>
       </c>
       <c r="F915" t="s">
-        <v>3096</v>
+        <v>2563</v>
       </c>
       <c r="G915" s="1" t="s">
         <v>3097</v>
       </c>
       <c r="H915" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>3099</v>
       </c>
       <c r="B916" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C916" t="s">
-        <v>98</v>
+        <v>279</v>
       </c>
       <c r="D916" t="s">
         <v>11</v>
       </c>
       <c r="E916" t="s">
         <v>12</v>
       </c>
       <c r="F916" t="s">
-        <v>1708</v>
+        <v>2640</v>
       </c>
       <c r="G916" s="1" t="s">
         <v>3100</v>
       </c>
       <c r="H916" t="s">
         <v>3101</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>3102</v>
       </c>
       <c r="B917" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C917" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="D917" t="s">
         <v>11</v>
       </c>
       <c r="E917" t="s">
         <v>12</v>
       </c>
       <c r="F917" t="s">
-        <v>3046</v>
+        <v>2640</v>
       </c>
       <c r="G917" s="1" t="s">
         <v>3103</v>
       </c>
       <c r="H917" t="s">
         <v>3104</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
         <v>3105</v>
       </c>
       <c r="B918" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C918" t="s">
-        <v>105</v>
+        <v>287</v>
       </c>
       <c r="D918" t="s">
         <v>11</v>
       </c>
       <c r="E918" t="s">
         <v>12</v>
       </c>
       <c r="F918" t="s">
-        <v>3065</v>
+        <v>3106</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="H918" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="B919" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C919" t="s">
-        <v>110</v>
+        <v>291</v>
       </c>
       <c r="D919" t="s">
         <v>11</v>
       </c>
       <c r="E919" t="s">
         <v>12</v>
       </c>
       <c r="F919" t="s">
-        <v>1712</v>
+        <v>3110</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3109</v>
+        <v>3111</v>
       </c>
       <c r="H919" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="B920" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C920" t="s">
-        <v>114</v>
+        <v>295</v>
       </c>
       <c r="D920" t="s">
         <v>11</v>
       </c>
       <c r="E920" t="s">
         <v>12</v>
       </c>
-      <c r="F920" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G920" s="1" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
       <c r="H920" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="B921" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C921" t="s">
-        <v>118</v>
+        <v>299</v>
       </c>
       <c r="D921" t="s">
         <v>11</v>
       </c>
       <c r="E921" t="s">
         <v>12</v>
       </c>
       <c r="F921" t="s">
-        <v>2062</v>
+        <v>2640</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="H921" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="B922" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C922" t="s">
-        <v>122</v>
+        <v>304</v>
       </c>
       <c r="D922" t="s">
         <v>11</v>
       </c>
       <c r="E922" t="s">
         <v>12</v>
       </c>
       <c r="F922" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="H922" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="B923" t="s">
-        <v>3041</v>
+        <v>2971</v>
       </c>
       <c r="C923" t="s">
-        <v>126</v>
+        <v>308</v>
       </c>
       <c r="D923" t="s">
         <v>11</v>
       </c>
       <c r="E923" t="s">
         <v>12</v>
       </c>
       <c r="F923" t="s">
-        <v>3121</v>
+        <v>2527</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3122</v>
+        <v>3123</v>
       </c>
       <c r="H923" t="s">
-        <v>3123</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="B924" t="s">
-        <v>3041</v>
+        <v>3126</v>
       </c>
       <c r="C924" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D924" t="s">
         <v>11</v>
       </c>
       <c r="E924" t="s">
         <v>12</v>
       </c>
       <c r="F924" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
       <c r="H924" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="B925" t="s">
-        <v>3041</v>
+        <v>3126</v>
       </c>
       <c r="C925" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D925" t="s">
         <v>11</v>
       </c>
       <c r="E925" t="s">
         <v>12</v>
       </c>
       <c r="F925" t="s">
-        <v>2571</v>
+        <v>3131</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="H925" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="B926" t="s">
-        <v>3041</v>
+        <v>3126</v>
       </c>
       <c r="C926" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D926" t="s">
         <v>11</v>
       </c>
       <c r="E926" t="s">
         <v>12</v>
       </c>
       <c r="F926" t="s">
-        <v>1708</v>
+        <v>3131</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
       <c r="H926" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
       <c r="B927" t="s">
-        <v>3041</v>
+        <v>3126</v>
       </c>
       <c r="C927" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="D927" t="s">
         <v>11</v>
       </c>
       <c r="E927" t="s">
         <v>12</v>
       </c>
       <c r="F927" t="s">
-        <v>2571</v>
+        <v>1797</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="H927" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="B928" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C928" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D928" t="s">
         <v>11</v>
       </c>
       <c r="E928" t="s">
         <v>12</v>
       </c>
       <c r="F928" t="s">
-        <v>3046</v>
+        <v>3131</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="H928" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="B929" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C929" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D929" t="s">
         <v>11</v>
       </c>
       <c r="E929" t="s">
         <v>12</v>
       </c>
       <c r="F929" t="s">
-        <v>3141</v>
+        <v>2660</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="H929" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="B930" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C930" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D930" t="s">
         <v>11</v>
       </c>
       <c r="E930" t="s">
         <v>12</v>
       </c>
       <c r="F930" t="s">
-        <v>3145</v>
+        <v>2660</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>3146</v>
+        <v>3147</v>
       </c>
       <c r="H930" t="s">
-        <v>3147</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3148</v>
+        <v>3149</v>
       </c>
       <c r="B931" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C931" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="D931" t="s">
         <v>11</v>
       </c>
       <c r="E931" t="s">
         <v>12</v>
       </c>
       <c r="F931" t="s">
-        <v>47</v>
+        <v>3150</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="H931" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="B932" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C932" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="D932" t="s">
         <v>11</v>
       </c>
       <c r="E932" t="s">
         <v>12</v>
       </c>
       <c r="F932" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
       <c r="H932" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="B933" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C933" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D933" t="s">
         <v>11</v>
       </c>
       <c r="E933" t="s">
         <v>12</v>
       </c>
       <c r="F933" t="s">
-        <v>3155</v>
+        <v>3150</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="H933" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="B934" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C934" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="D934" t="s">
         <v>11</v>
       </c>
       <c r="E934" t="s">
         <v>12</v>
       </c>
       <c r="F934" t="s">
-        <v>3042</v>
+        <v>42</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="H934" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="B935" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C935" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D935" t="s">
         <v>11</v>
       </c>
       <c r="E935" t="s">
         <v>12</v>
       </c>
       <c r="F935" t="s">
-        <v>2571</v>
+        <v>3150</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
       <c r="H935" t="s">
-        <v>3163</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>3164</v>
+        <v>3165</v>
       </c>
       <c r="B936" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C936" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="D936" t="s">
         <v>11</v>
       </c>
       <c r="E936" t="s">
         <v>12</v>
       </c>
       <c r="F936" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="H936" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>3167</v>
+        <v>3168</v>
       </c>
       <c r="B937" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C937" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="D937" t="s">
         <v>11</v>
       </c>
       <c r="E937" t="s">
         <v>12</v>
       </c>
       <c r="F937" t="s">
-        <v>3065</v>
+        <v>2656</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>3168</v>
+        <v>3169</v>
       </c>
       <c r="H937" t="s">
-        <v>3169</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>3170</v>
+        <v>3171</v>
       </c>
       <c r="B938" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C938" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="D938" t="s">
         <v>11</v>
       </c>
       <c r="E938" t="s">
         <v>12</v>
       </c>
       <c r="F938" t="s">
-        <v>1708</v>
+        <v>2656</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>3171</v>
+        <v>3172</v>
       </c>
       <c r="H938" t="s">
-        <v>3172</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="B939" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C939" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="D939" t="s">
         <v>11</v>
       </c>
       <c r="E939" t="s">
         <v>12</v>
       </c>
       <c r="F939" t="s">
-        <v>3046</v>
+        <v>42</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>3174</v>
+        <v>3175</v>
       </c>
       <c r="H939" t="s">
-        <v>3175</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>3176</v>
+        <v>3177</v>
       </c>
       <c r="B940" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C940" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="D940" t="s">
         <v>11</v>
       </c>
       <c r="E940" t="s">
         <v>12</v>
       </c>
       <c r="F940" t="s">
-        <v>3046</v>
+        <v>2147</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
       <c r="H940" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>3179</v>
+        <v>3180</v>
       </c>
       <c r="B941" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C941" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="D941" t="s">
         <v>11</v>
       </c>
       <c r="E941" t="s">
         <v>12</v>
       </c>
       <c r="F941" t="s">
-        <v>2575</v>
+        <v>3181</v>
       </c>
       <c r="G941" s="1" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
       <c r="H941" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="B942" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C942" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="D942" t="s">
         <v>11</v>
       </c>
       <c r="E942" t="s">
         <v>12</v>
       </c>
       <c r="F942" t="s">
-        <v>3145</v>
+        <v>1793</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="H942" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
       <c r="B943" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C943" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="D943" t="s">
         <v>11</v>
       </c>
       <c r="E943" t="s">
         <v>12</v>
       </c>
       <c r="F943" t="s">
-        <v>3186</v>
+        <v>3131</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="H943" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
       <c r="B944" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C944" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="D944" t="s">
         <v>11</v>
       </c>
       <c r="E944" t="s">
         <v>12</v>
       </c>
       <c r="F944" t="s">
-        <v>3190</v>
+        <v>3150</v>
       </c>
       <c r="G944" s="1" t="s">
         <v>3191</v>
       </c>
       <c r="H944" t="s">
         <v>3192</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
         <v>3193</v>
       </c>
       <c r="B945" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C945" t="s">
         <v>105</v>
       </c>
       <c r="D945" t="s">
         <v>11</v>
       </c>
       <c r="E945" t="s">
         <v>12</v>
       </c>
       <c r="F945" t="s">
-        <v>3042</v>
+        <v>1797</v>
       </c>
       <c r="G945" s="1" t="s">
         <v>3194</v>
       </c>
       <c r="H945" t="s">
         <v>3195</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
         <v>3196</v>
       </c>
       <c r="B946" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C946" t="s">
         <v>110</v>
       </c>
       <c r="D946" t="s">
         <v>11</v>
       </c>
       <c r="E946" t="s">
         <v>12</v>
       </c>
       <c r="F946" t="s">
-        <v>3046</v>
+        <v>2147</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>3197</v>
       </c>
       <c r="H946" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>3199</v>
       </c>
       <c r="B947" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C947" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D947" t="s">
         <v>11</v>
       </c>
       <c r="E947" t="s">
         <v>12</v>
       </c>
       <c r="F947" t="s">
-        <v>1712</v>
+        <v>2147</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>3200</v>
       </c>
       <c r="H947" t="s">
         <v>3201</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
         <v>3202</v>
       </c>
       <c r="B948" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C948" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D948" t="s">
         <v>11</v>
       </c>
       <c r="E948" t="s">
         <v>12</v>
       </c>
       <c r="F948" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>3203</v>
       </c>
       <c r="H948" t="s">
         <v>3204</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
         <v>3205</v>
       </c>
       <c r="B949" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C949" t="s">
-        <v>122</v>
+        <v>207</v>
       </c>
       <c r="D949" t="s">
         <v>11</v>
       </c>
       <c r="E949" t="s">
         <v>12</v>
       </c>
       <c r="F949" t="s">
-        <v>3046</v>
+        <v>3206</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
       <c r="H949" t="s">
-        <v>3207</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>3208</v>
+        <v>3209</v>
       </c>
       <c r="B950" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C950" t="s">
-        <v>126</v>
+        <v>212</v>
       </c>
       <c r="D950" t="s">
         <v>11</v>
       </c>
       <c r="E950" t="s">
         <v>12</v>
       </c>
       <c r="F950" t="s">
-        <v>47</v>
+        <v>2656</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>3209</v>
+        <v>3210</v>
       </c>
       <c r="H950" t="s">
-        <v>3210</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>3211</v>
+        <v>3212</v>
       </c>
       <c r="B951" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C951" t="s">
-        <v>131</v>
+        <v>217</v>
       </c>
       <c r="D951" t="s">
         <v>11</v>
       </c>
       <c r="E951" t="s">
         <v>12</v>
       </c>
       <c r="F951" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>3212</v>
+        <v>3213</v>
       </c>
       <c r="H951" t="s">
-        <v>3213</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>3214</v>
+        <v>3215</v>
       </c>
       <c r="B952" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C952" t="s">
-        <v>136</v>
+        <v>225</v>
       </c>
       <c r="D952" t="s">
         <v>11</v>
       </c>
       <c r="E952" t="s">
         <v>12</v>
       </c>
       <c r="F952" t="s">
-        <v>3145</v>
+        <v>1793</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>679</v>
+        <v>3216</v>
       </c>
       <c r="H952" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
       <c r="B953" t="s">
-        <v>3137</v>
+        <v>3126</v>
       </c>
       <c r="C953" t="s">
-        <v>140</v>
+        <v>229</v>
       </c>
       <c r="D953" t="s">
         <v>11</v>
       </c>
       <c r="E953" t="s">
         <v>12</v>
       </c>
+      <c r="F953" t="s">
+        <v>2656</v>
+      </c>
       <c r="G953" s="1" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="H953" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="B954" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C954" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="D954" t="s">
         <v>11</v>
       </c>
       <c r="E954" t="s">
         <v>12</v>
       </c>
       <c r="F954" t="s">
-        <v>3220</v>
+        <v>3131</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
       <c r="H954" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="B955" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C955" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="D955" t="s">
         <v>11</v>
       </c>
       <c r="E955" t="s">
         <v>12</v>
       </c>
       <c r="F955" t="s">
-        <v>3042</v>
+        <v>3226</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>3224</v>
+        <v>3227</v>
       </c>
       <c r="H955" t="s">
-        <v>3225</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>3226</v>
+        <v>3229</v>
       </c>
       <c r="B956" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C956" t="s">
-        <v>153</v>
+        <v>17</v>
       </c>
       <c r="D956" t="s">
         <v>11</v>
       </c>
       <c r="E956" t="s">
         <v>12</v>
       </c>
       <c r="F956" t="s">
-        <v>2571</v>
+        <v>3230</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
       <c r="H956" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
       <c r="B957" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C957" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="D957" t="s">
         <v>11</v>
       </c>
       <c r="E957" t="s">
         <v>12</v>
       </c>
       <c r="F957" t="s">
-        <v>2571</v>
+        <v>42</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
       <c r="H957" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
       <c r="B958" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C958" t="s">
-        <v>162</v>
+        <v>27</v>
       </c>
       <c r="D958" t="s">
         <v>11</v>
       </c>
       <c r="E958" t="s">
         <v>12</v>
       </c>
       <c r="F958" t="s">
-        <v>1708</v>
+        <v>2656</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
       <c r="H958" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="B959" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C959" t="s">
-        <v>166</v>
+        <v>32</v>
       </c>
       <c r="D959" t="s">
         <v>11</v>
       </c>
       <c r="E959" t="s">
         <v>12</v>
       </c>
       <c r="F959" t="s">
-        <v>2571</v>
+        <v>3240</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>3236</v>
+        <v>3241</v>
       </c>
       <c r="H959" t="s">
-        <v>3237</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>3238</v>
+        <v>3243</v>
       </c>
       <c r="B960" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C960" t="s">
-        <v>170</v>
+        <v>37</v>
       </c>
       <c r="D960" t="s">
         <v>11</v>
       </c>
       <c r="E960" t="s">
         <v>12</v>
       </c>
       <c r="F960" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>3239</v>
+        <v>3244</v>
       </c>
       <c r="H960" t="s">
-        <v>3240</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>3241</v>
+        <v>3246</v>
       </c>
       <c r="B961" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C961" t="s">
-        <v>174</v>
+        <v>41</v>
       </c>
       <c r="D961" t="s">
         <v>11</v>
       </c>
       <c r="E961" t="s">
         <v>12</v>
       </c>
       <c r="F961" t="s">
-        <v>1712</v>
+        <v>2656</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>3242</v>
+        <v>3247</v>
       </c>
       <c r="H961" t="s">
-        <v>3243</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>3244</v>
+        <v>3249</v>
       </c>
       <c r="B962" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C962" t="s">
-        <v>179</v>
+        <v>46</v>
       </c>
       <c r="D962" t="s">
         <v>11</v>
       </c>
       <c r="E962" t="s">
         <v>12</v>
       </c>
       <c r="F962" t="s">
-        <v>2062</v>
+        <v>2656</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>3245</v>
+        <v>3250</v>
       </c>
       <c r="H962" t="s">
-        <v>3246</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>3247</v>
+        <v>3252</v>
       </c>
       <c r="B963" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C963" t="s">
-        <v>183</v>
+        <v>51</v>
       </c>
       <c r="D963" t="s">
         <v>11</v>
       </c>
       <c r="E963" t="s">
         <v>12</v>
       </c>
       <c r="F963" t="s">
-        <v>2571</v>
+        <v>3150</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>3248</v>
+        <v>3253</v>
       </c>
       <c r="H963" t="s">
-        <v>3249</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>3250</v>
+        <v>3255</v>
       </c>
       <c r="B964" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C964" t="s">
-        <v>187</v>
+        <v>60</v>
       </c>
       <c r="D964" t="s">
         <v>11</v>
       </c>
       <c r="E964" t="s">
         <v>12</v>
       </c>
       <c r="F964" t="s">
-        <v>2571</v>
+        <v>1793</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>3251</v>
+        <v>3256</v>
       </c>
       <c r="H964" t="s">
-        <v>3252</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>3253</v>
+        <v>3258</v>
       </c>
       <c r="B965" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C965" t="s">
-        <v>191</v>
+        <v>64</v>
       </c>
       <c r="D965" t="s">
         <v>11</v>
       </c>
       <c r="E965" t="s">
         <v>12</v>
       </c>
       <c r="F965" t="s">
-        <v>3254</v>
+        <v>3131</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="H965" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
       <c r="B966" t="s">
-        <v>3137</v>
+        <v>3222</v>
       </c>
       <c r="C966" t="s">
-        <v>195</v>
+        <v>69</v>
       </c>
       <c r="D966" t="s">
         <v>11</v>
       </c>
       <c r="E966" t="s">
         <v>12</v>
       </c>
       <c r="F966" t="s">
-        <v>2062</v>
+        <v>3131</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="H966" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
       <c r="B967" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C967" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D967" t="s">
         <v>11</v>
       </c>
       <c r="E967" t="s">
         <v>12</v>
       </c>
       <c r="F967" t="s">
-        <v>3042</v>
+        <v>2660</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>3262</v>
+        <v>3265</v>
       </c>
       <c r="H967" t="s">
-        <v>3263</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>3264</v>
+        <v>3267</v>
       </c>
       <c r="B968" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C968" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="D968" t="s">
         <v>11</v>
       </c>
       <c r="E968" t="s">
         <v>12</v>
       </c>
       <c r="F968" t="s">
-        <v>3042</v>
+        <v>3230</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>3265</v>
+        <v>3268</v>
       </c>
       <c r="H968" t="s">
-        <v>3266</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>3267</v>
+        <v>3270</v>
       </c>
       <c r="B969" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C969" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="D969" t="s">
         <v>11</v>
       </c>
       <c r="E969" t="s">
         <v>12</v>
       </c>
       <c r="F969" t="s">
-        <v>3042</v>
+        <v>3271</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>3268</v>
+        <v>3272</v>
       </c>
       <c r="H969" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>3270</v>
+        <v>3274</v>
       </c>
       <c r="B970" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C970" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="D970" t="s">
         <v>11</v>
       </c>
       <c r="E970" t="s">
         <v>12</v>
       </c>
       <c r="F970" t="s">
-        <v>3271</v>
+        <v>3275</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>3272</v>
+        <v>3276</v>
       </c>
       <c r="H970" t="s">
-        <v>3273</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
       <c r="B971" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C971" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="D971" t="s">
         <v>11</v>
       </c>
       <c r="E971" t="s">
         <v>12</v>
       </c>
       <c r="F971" t="s">
-        <v>3046</v>
+        <v>3127</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
       <c r="H971" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
       <c r="B972" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C972" t="s">
-        <v>36</v>
+        <v>105</v>
       </c>
       <c r="D972" t="s">
         <v>11</v>
       </c>
       <c r="E972" t="s">
         <v>12</v>
       </c>
       <c r="F972" t="s">
-        <v>3278</v>
+        <v>3131</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>3279</v>
+        <v>3282</v>
       </c>
       <c r="H972" t="s">
-        <v>3280</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>3281</v>
+        <v>3284</v>
       </c>
       <c r="B973" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C973" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="D973" t="s">
         <v>11</v>
       </c>
       <c r="E973" t="s">
         <v>12</v>
       </c>
       <c r="F973" t="s">
-        <v>2571</v>
+        <v>1797</v>
       </c>
       <c r="G973" s="1" t="s">
-        <v>3282</v>
+        <v>3285</v>
       </c>
       <c r="H973" t="s">
-        <v>3283</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>3284</v>
+        <v>3287</v>
       </c>
       <c r="B974" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C974" t="s">
-        <v>46</v>
+        <v>115</v>
       </c>
       <c r="D974" t="s">
         <v>11</v>
       </c>
       <c r="E974" t="s">
         <v>12</v>
       </c>
       <c r="F974" t="s">
-        <v>3046</v>
+        <v>3127</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>3285</v>
+        <v>3288</v>
       </c>
       <c r="H974" t="s">
-        <v>3286</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>3287</v>
+        <v>3290</v>
       </c>
       <c r="B975" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C975" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
       <c r="D975" t="s">
         <v>11</v>
       </c>
       <c r="E975" t="s">
         <v>12</v>
       </c>
       <c r="F975" t="s">
-        <v>47</v>
+        <v>3131</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>3288</v>
+        <v>3291</v>
       </c>
       <c r="H975" t="s">
-        <v>3289</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>3290</v>
+        <v>3293</v>
       </c>
       <c r="B976" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C976" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="D976" t="s">
         <v>11</v>
       </c>
       <c r="E976" t="s">
         <v>12</v>
       </c>
       <c r="F976" t="s">
-        <v>3046</v>
+        <v>42</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>3291</v>
+        <v>3294</v>
       </c>
       <c r="H976" t="s">
-        <v>3292</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>3293</v>
+        <v>3296</v>
       </c>
       <c r="B977" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C977" t="s">
-        <v>60</v>
+        <v>212</v>
       </c>
       <c r="D977" t="s">
         <v>11</v>
       </c>
       <c r="E977" t="s">
         <v>12</v>
       </c>
       <c r="F977" t="s">
-        <v>3294</v>
+        <v>3127</v>
       </c>
       <c r="G977" s="1" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="H977" t="s">
-        <v>3296</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>3297</v>
+        <v>3299</v>
       </c>
       <c r="B978" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C978" t="s">
-        <v>65</v>
+        <v>217</v>
       </c>
       <c r="D978" t="s">
         <v>11</v>
       </c>
       <c r="E978" t="s">
         <v>12</v>
       </c>
       <c r="F978" t="s">
-        <v>47</v>
+        <v>3230</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>3298</v>
+        <v>764</v>
       </c>
       <c r="H978" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="B979" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C979" t="s">
-        <v>70</v>
+        <v>221</v>
       </c>
       <c r="D979" t="s">
         <v>11</v>
       </c>
       <c r="E979" t="s">
         <v>12</v>
       </c>
-      <c r="F979" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G979" s="1" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="H979" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="B980" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C980" t="s">
-        <v>75</v>
+        <v>225</v>
       </c>
       <c r="D980" t="s">
         <v>11</v>
       </c>
       <c r="E980" t="s">
         <v>12</v>
       </c>
       <c r="F980" t="s">
-        <v>2575</v>
+        <v>3305</v>
       </c>
       <c r="G980" s="1" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
       <c r="H980" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>3306</v>
+        <v>3308</v>
       </c>
       <c r="B981" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C981" t="s">
-        <v>80</v>
+        <v>229</v>
       </c>
       <c r="D981" t="s">
         <v>11</v>
       </c>
       <c r="E981" t="s">
         <v>12</v>
       </c>
       <c r="F981" t="s">
-        <v>3145</v>
+        <v>3127</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>679</v>
+        <v>3309</v>
       </c>
       <c r="H981" t="s">
-        <v>3307</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>3308</v>
+        <v>3311</v>
       </c>
       <c r="B982" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C982" t="s">
-        <v>85</v>
+        <v>233</v>
       </c>
       <c r="D982" t="s">
         <v>11</v>
       </c>
       <c r="E982" t="s">
         <v>12</v>
       </c>
       <c r="F982" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>3309</v>
+        <v>3312</v>
       </c>
       <c r="H982" t="s">
-        <v>3310</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>3311</v>
+        <v>3314</v>
       </c>
       <c r="B983" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C983" t="s">
-        <v>89</v>
+        <v>238</v>
       </c>
       <c r="D983" t="s">
         <v>11</v>
       </c>
       <c r="E983" t="s">
         <v>12</v>
       </c>
       <c r="F983" t="s">
-        <v>1712</v>
+        <v>2656</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>3312</v>
+        <v>3315</v>
       </c>
       <c r="H983" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>3314</v>
+        <v>3317</v>
       </c>
       <c r="B984" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C984" t="s">
-        <v>93</v>
+        <v>242</v>
       </c>
       <c r="D984" t="s">
         <v>11</v>
       </c>
       <c r="E984" t="s">
         <v>12</v>
       </c>
       <c r="F984" t="s">
-        <v>3042</v>
+        <v>1793</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>3315</v>
+        <v>3318</v>
       </c>
       <c r="H984" t="s">
-        <v>3316</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>3317</v>
+        <v>3320</v>
       </c>
       <c r="B985" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C985" t="s">
-        <v>98</v>
+        <v>246</v>
       </c>
       <c r="D985" t="s">
         <v>11</v>
       </c>
       <c r="E985" t="s">
         <v>12</v>
       </c>
       <c r="F985" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>3318</v>
+        <v>3321</v>
       </c>
       <c r="H985" t="s">
-        <v>3319</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>3320</v>
+        <v>3323</v>
       </c>
       <c r="B986" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C986" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
       <c r="D986" t="s">
         <v>11</v>
       </c>
       <c r="E986" t="s">
         <v>12</v>
       </c>
       <c r="F986" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>3321</v>
+        <v>3324</v>
       </c>
       <c r="H986" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>3323</v>
+        <v>3326</v>
       </c>
       <c r="B987" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C987" t="s">
-        <v>105</v>
+        <v>254</v>
       </c>
       <c r="D987" t="s">
         <v>11</v>
       </c>
       <c r="E987" t="s">
         <v>12</v>
       </c>
       <c r="F987" t="s">
-        <v>3046</v>
+        <v>1797</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>3324</v>
+        <v>3327</v>
       </c>
       <c r="H987" t="s">
-        <v>3325</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
       <c r="B988" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C988" t="s">
-        <v>110</v>
+        <v>259</v>
       </c>
       <c r="D988" t="s">
         <v>11</v>
       </c>
       <c r="E988" t="s">
         <v>12</v>
       </c>
+      <c r="F988" t="s">
+        <v>2147</v>
+      </c>
       <c r="G988" s="1" t="s">
-        <v>679</v>
+        <v>3330</v>
       </c>
       <c r="H988" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
       <c r="B989" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C989" t="s">
-        <v>114</v>
+        <v>263</v>
       </c>
       <c r="D989" t="s">
         <v>11</v>
       </c>
       <c r="E989" t="s">
         <v>12</v>
       </c>
       <c r="F989" t="s">
-        <v>3065</v>
+        <v>2656</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>3329</v>
+        <v>3333</v>
       </c>
       <c r="H989" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3331</v>
+        <v>3335</v>
       </c>
       <c r="B990" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C990" t="s">
-        <v>118</v>
+        <v>267</v>
       </c>
       <c r="D990" t="s">
         <v>11</v>
       </c>
       <c r="E990" t="s">
         <v>12</v>
       </c>
       <c r="F990" t="s">
-        <v>1708</v>
+        <v>2656</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>3332</v>
+        <v>3336</v>
       </c>
       <c r="H990" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="B991" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C991" t="s">
-        <v>122</v>
+        <v>271</v>
       </c>
       <c r="D991" t="s">
         <v>11</v>
       </c>
       <c r="E991" t="s">
         <v>12</v>
       </c>
       <c r="F991" t="s">
-        <v>3042</v>
+        <v>3339</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>3335</v>
+        <v>3340</v>
       </c>
       <c r="H991" t="s">
-        <v>3336</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>3337</v>
+        <v>3342</v>
       </c>
       <c r="B992" t="s">
-        <v>3261</v>
+        <v>3222</v>
       </c>
       <c r="C992" t="s">
-        <v>126</v>
+        <v>275</v>
       </c>
       <c r="D992" t="s">
         <v>11</v>
       </c>
       <c r="E992" t="s">
         <v>12</v>
       </c>
       <c r="F992" t="s">
-        <v>1712</v>
+        <v>2147</v>
       </c>
       <c r="G992" s="1" t="s">
-        <v>3338</v>
+        <v>3343</v>
       </c>
       <c r="H992" t="s">
-        <v>3339</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>3340</v>
+        <v>3345</v>
       </c>
       <c r="B993" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C993" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D993" t="s">
         <v>11</v>
       </c>
       <c r="E993" t="s">
         <v>12</v>
       </c>
       <c r="F993" t="s">
-        <v>2062</v>
+        <v>3127</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>3341</v>
+        <v>3347</v>
       </c>
       <c r="H993" t="s">
-        <v>3342</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3343</v>
+        <v>3349</v>
       </c>
       <c r="B994" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C994" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D994" t="s">
         <v>11</v>
       </c>
       <c r="E994" t="s">
         <v>12</v>
       </c>
       <c r="F994" t="s">
-        <v>2589</v>
+        <v>3127</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>3344</v>
+        <v>3350</v>
       </c>
       <c r="H994" t="s">
-        <v>3345</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B995" t="s">
         <v>3346</v>
       </c>
-      <c r="B995" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C995" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="D995" t="s">
         <v>11</v>
       </c>
       <c r="E995" t="s">
         <v>12</v>
       </c>
       <c r="F995" t="s">
-        <v>1712</v>
+        <v>3127</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>3347</v>
+        <v>3353</v>
       </c>
       <c r="H995" t="s">
-        <v>3348</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>3349</v>
+        <v>3355</v>
       </c>
       <c r="B996" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C996" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D996" t="s">
         <v>11</v>
       </c>
       <c r="E996" t="s">
         <v>12</v>
       </c>
       <c r="F996" t="s">
-        <v>1708</v>
+        <v>3356</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>3350</v>
+        <v>3357</v>
       </c>
       <c r="H996" t="s">
-        <v>3351</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>3352</v>
+        <v>3359</v>
       </c>
       <c r="B997" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C997" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D997" t="s">
         <v>11</v>
       </c>
       <c r="E997" t="s">
         <v>12</v>
       </c>
       <c r="F997" t="s">
-        <v>3046</v>
+        <v>3131</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>3353</v>
+        <v>3360</v>
       </c>
       <c r="H997" t="s">
-        <v>3354</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
-        <v>3355</v>
+        <v>3362</v>
       </c>
       <c r="B998" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C998" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="D998" t="s">
         <v>11</v>
       </c>
       <c r="E998" t="s">
         <v>12</v>
       </c>
       <c r="F998" t="s">
-        <v>3042</v>
+        <v>3363</v>
       </c>
       <c r="G998" s="1" t="s">
-        <v>3356</v>
+        <v>3364</v>
       </c>
       <c r="H998" t="s">
-        <v>3357</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
-        <v>3358</v>
+        <v>3366</v>
       </c>
       <c r="B999" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C999" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="D999" t="s">
         <v>11</v>
       </c>
       <c r="E999" t="s">
         <v>12</v>
       </c>
       <c r="F999" t="s">
-        <v>2062</v>
+        <v>2656</v>
       </c>
       <c r="G999" s="1" t="s">
-        <v>3359</v>
+        <v>3367</v>
       </c>
       <c r="H999" t="s">
-        <v>3360</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>3361</v>
+        <v>3369</v>
       </c>
       <c r="B1000" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C1000" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="D1000" t="s">
         <v>11</v>
       </c>
       <c r="E1000" t="s">
         <v>12</v>
       </c>
       <c r="F1000" t="s">
-        <v>2062</v>
+        <v>3131</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>3362</v>
+        <v>3370</v>
       </c>
       <c r="H1000" t="s">
-        <v>3363</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>3364</v>
+        <v>3372</v>
       </c>
       <c r="B1001" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C1001" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D1001" t="s">
         <v>11</v>
       </c>
       <c r="E1001" t="s">
         <v>12</v>
       </c>
       <c r="F1001" t="s">
-        <v>3042</v>
+        <v>42</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>3365</v>
+        <v>3373</v>
       </c>
       <c r="H1001" t="s">
-        <v>3366</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>3367</v>
+        <v>3375</v>
       </c>
       <c r="B1002" t="s">
-        <v>3261</v>
+        <v>3346</v>
       </c>
       <c r="C1002" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D1002" t="s">
         <v>11</v>
       </c>
       <c r="E1002" t="s">
         <v>12</v>
       </c>
       <c r="F1002" t="s">
-        <v>1712</v>
+        <v>3131</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>3368</v>
+        <v>3376</v>
       </c>
       <c r="H1002" t="s">
-        <v>3369</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>3370</v>
+        <v>3378</v>
       </c>
       <c r="B1003" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1003" t="s">
-        <v>3372</v>
+        <v>56</v>
       </c>
       <c r="D1003" t="s">
         <v>11</v>
       </c>
       <c r="E1003" t="s">
         <v>12</v>
       </c>
       <c r="F1003" t="s">
-        <v>3373</v>
+        <v>3379</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>3374</v>
+        <v>3380</v>
       </c>
       <c r="H1003" t="s">
-        <v>3375</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>3376</v>
+        <v>3382</v>
       </c>
       <c r="B1004" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1004" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D1004" t="s">
         <v>11</v>
       </c>
       <c r="E1004" t="s">
         <v>12</v>
       </c>
       <c r="F1004" t="s">
-        <v>3373</v>
+        <v>42</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>3377</v>
+        <v>3383</v>
       </c>
       <c r="H1004" t="s">
-        <v>3378</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>3379</v>
+        <v>3385</v>
       </c>
       <c r="B1005" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1005" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="D1005" t="s">
         <v>11</v>
       </c>
       <c r="E1005" t="s">
         <v>12</v>
       </c>
       <c r="F1005" t="s">
-        <v>2759</v>
+        <v>1797</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>3380</v>
+        <v>3386</v>
       </c>
       <c r="H1005" t="s">
-        <v>3381</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
-        <v>3382</v>
+        <v>3388</v>
       </c>
       <c r="B1006" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1006" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="D1006" t="s">
         <v>11</v>
       </c>
       <c r="E1006" t="s">
         <v>12</v>
       </c>
       <c r="F1006" t="s">
-        <v>2571</v>
+        <v>2660</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>3383</v>
+        <v>3389</v>
       </c>
       <c r="H1006" t="s">
-        <v>3384</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>3385</v>
+        <v>3391</v>
       </c>
       <c r="B1007" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1007" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="D1007" t="s">
         <v>11</v>
       </c>
       <c r="E1007" t="s">
         <v>12</v>
       </c>
       <c r="F1007" t="s">
-        <v>2571</v>
+        <v>3230</v>
       </c>
       <c r="G1007" s="1" t="s">
-        <v>3386</v>
+        <v>764</v>
       </c>
       <c r="H1007" t="s">
-        <v>3387</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
-        <v>3388</v>
+        <v>3393</v>
       </c>
       <c r="B1008" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1008" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="D1008" t="s">
         <v>11</v>
       </c>
       <c r="E1008" t="s">
         <v>12</v>
       </c>
       <c r="F1008" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>3389</v>
+        <v>3394</v>
       </c>
       <c r="H1008" t="s">
-        <v>3390</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>3391</v>
+        <v>3396</v>
       </c>
       <c r="B1009" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1009" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="D1009" t="s">
         <v>11</v>
       </c>
       <c r="E1009" t="s">
         <v>12</v>
       </c>
       <c r="F1009" t="s">
-        <v>2571</v>
+        <v>1797</v>
       </c>
       <c r="G1009" s="1" t="s">
-        <v>3392</v>
+        <v>3397</v>
       </c>
       <c r="H1009" t="s">
-        <v>3393</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
-        <v>3394</v>
+        <v>3399</v>
       </c>
       <c r="B1010" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1010" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D1010" t="s">
         <v>11</v>
       </c>
       <c r="E1010" t="s">
         <v>12</v>
       </c>
       <c r="F1010" t="s">
-        <v>3278</v>
+        <v>3127</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>3395</v>
+        <v>3400</v>
       </c>
       <c r="H1010" t="s">
-        <v>3396</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
-        <v>3397</v>
+        <v>3402</v>
       </c>
       <c r="B1011" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1011" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="D1011" t="s">
         <v>11</v>
       </c>
       <c r="E1011" t="s">
         <v>12</v>
       </c>
       <c r="F1011" t="s">
-        <v>3065</v>
+        <v>3127</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>3398</v>
+        <v>3403</v>
       </c>
       <c r="H1011" t="s">
-        <v>3399</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>3400</v>
+        <v>3405</v>
       </c>
       <c r="B1012" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1012" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="D1012" t="s">
         <v>11</v>
       </c>
       <c r="E1012" t="s">
         <v>12</v>
       </c>
       <c r="F1012" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>3401</v>
+        <v>3406</v>
       </c>
       <c r="H1012" t="s">
-        <v>3402</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
-        <v>3403</v>
+        <v>3408</v>
       </c>
       <c r="B1013" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1013" t="s">
-        <v>60</v>
+        <v>101</v>
       </c>
       <c r="D1013" t="s">
         <v>11</v>
       </c>
       <c r="E1013" t="s">
         <v>12</v>
       </c>
       <c r="F1013" t="s">
-        <v>3278</v>
+        <v>3131</v>
       </c>
       <c r="G1013" s="1" t="s">
-        <v>3404</v>
+        <v>3409</v>
       </c>
       <c r="H1013" t="s">
-        <v>3405</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
-        <v>3406</v>
+        <v>3411</v>
       </c>
       <c r="B1014" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1014" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
       <c r="D1014" t="s">
         <v>11</v>
       </c>
       <c r="E1014" t="s">
         <v>12</v>
       </c>
-      <c r="F1014" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1014" s="1" t="s">
-        <v>3407</v>
+        <v>764</v>
       </c>
       <c r="H1014" t="s">
-        <v>3408</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
-        <v>3409</v>
+        <v>3413</v>
       </c>
       <c r="B1015" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1015" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="D1015" t="s">
         <v>11</v>
       </c>
       <c r="E1015" t="s">
         <v>12</v>
       </c>
       <c r="F1015" t="s">
-        <v>2571</v>
+        <v>3150</v>
       </c>
       <c r="G1015" s="1" t="s">
-        <v>3410</v>
+        <v>3414</v>
       </c>
       <c r="H1015" t="s">
-        <v>3411</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
-        <v>3412</v>
+        <v>3416</v>
       </c>
       <c r="B1016" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1016" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="D1016" t="s">
         <v>11</v>
       </c>
       <c r="E1016" t="s">
         <v>12</v>
       </c>
       <c r="F1016" t="s">
-        <v>2571</v>
+        <v>1793</v>
       </c>
       <c r="G1016" s="1" t="s">
-        <v>3413</v>
+        <v>3417</v>
       </c>
       <c r="H1016" t="s">
-        <v>3414</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
-        <v>3415</v>
+        <v>3419</v>
       </c>
       <c r="B1017" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1017" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="D1017" t="s">
         <v>11</v>
       </c>
       <c r="E1017" t="s">
         <v>12</v>
       </c>
       <c r="F1017" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G1017" s="1" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="H1017" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="B1018" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1018" t="s">
-        <v>85</v>
+        <v>207</v>
       </c>
       <c r="D1018" t="s">
         <v>11</v>
       </c>
       <c r="E1018" t="s">
         <v>12</v>
       </c>
       <c r="F1018" t="s">
-        <v>2571</v>
+        <v>1797</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="H1018" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
       <c r="B1019" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1019" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
       <c r="D1019" t="s">
         <v>11</v>
       </c>
       <c r="E1019" t="s">
         <v>12</v>
       </c>
       <c r="F1019" t="s">
-        <v>47</v>
+        <v>2147</v>
       </c>
       <c r="G1019" s="1" t="s">
-        <v>3422</v>
+        <v>3426</v>
       </c>
       <c r="H1019" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
       <c r="B1020" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1020" t="s">
-        <v>93</v>
+        <v>217</v>
       </c>
       <c r="D1020" t="s">
         <v>11</v>
       </c>
       <c r="E1020" t="s">
         <v>12</v>
       </c>
       <c r="F1020" t="s">
-        <v>2759</v>
+        <v>2674</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="H1020" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
       <c r="B1021" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1021" t="s">
-        <v>98</v>
+        <v>221</v>
       </c>
       <c r="D1021" t="s">
         <v>11</v>
       </c>
       <c r="E1021" t="s">
         <v>12</v>
       </c>
       <c r="F1021" t="s">
-        <v>3373</v>
+        <v>1797</v>
       </c>
       <c r="G1021" s="1" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
       <c r="H1021" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
       <c r="B1022" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1022" t="s">
-        <v>101</v>
+        <v>225</v>
       </c>
       <c r="D1022" t="s">
         <v>11</v>
       </c>
       <c r="E1022" t="s">
         <v>12</v>
       </c>
       <c r="F1022" t="s">
-        <v>3373</v>
+        <v>1793</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
       <c r="H1022" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
       <c r="B1023" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1023" t="s">
-        <v>105</v>
+        <v>229</v>
       </c>
       <c r="D1023" t="s">
         <v>11</v>
       </c>
       <c r="E1023" t="s">
         <v>12</v>
       </c>
       <c r="F1023" t="s">
-        <v>1712</v>
+        <v>3131</v>
       </c>
       <c r="G1023" s="1" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="H1023" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
       <c r="B1024" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1024" t="s">
-        <v>110</v>
+        <v>233</v>
       </c>
       <c r="D1024" t="s">
         <v>11</v>
       </c>
       <c r="E1024" t="s">
         <v>12</v>
       </c>
       <c r="F1024" t="s">
-        <v>2571</v>
+        <v>3127</v>
       </c>
       <c r="G1024" s="1" t="s">
-        <v>3437</v>
+        <v>3441</v>
       </c>
       <c r="H1024" t="s">
-        <v>3438</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
-        <v>3439</v>
+        <v>3443</v>
       </c>
       <c r="B1025" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1025" t="s">
-        <v>114</v>
+        <v>238</v>
       </c>
       <c r="D1025" t="s">
         <v>11</v>
       </c>
       <c r="E1025" t="s">
         <v>12</v>
       </c>
       <c r="F1025" t="s">
-        <v>3440</v>
+        <v>2147</v>
       </c>
       <c r="G1025" s="1" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
       <c r="H1025" t="s">
-        <v>3442</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
-        <v>3443</v>
+        <v>3446</v>
       </c>
       <c r="B1026" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1026" t="s">
-        <v>118</v>
+        <v>242</v>
       </c>
       <c r="D1026" t="s">
         <v>11</v>
       </c>
       <c r="E1026" t="s">
         <v>12</v>
       </c>
       <c r="F1026" t="s">
-        <v>3440</v>
+        <v>2147</v>
       </c>
       <c r="G1026" s="1" t="s">
-        <v>3444</v>
+        <v>3447</v>
       </c>
       <c r="H1026" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
       <c r="B1027" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1027" t="s">
-        <v>122</v>
+        <v>246</v>
       </c>
       <c r="D1027" t="s">
         <v>11</v>
       </c>
       <c r="E1027" t="s">
         <v>12</v>
       </c>
       <c r="F1027" t="s">
-        <v>3440</v>
+        <v>3127</v>
       </c>
       <c r="G1027" s="1" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="H1027" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
       <c r="B1028" t="s">
-        <v>3371</v>
+        <v>3346</v>
       </c>
       <c r="C1028" t="s">
-        <v>126</v>
+        <v>250</v>
       </c>
       <c r="D1028" t="s">
         <v>11</v>
       </c>
       <c r="E1028" t="s">
         <v>12</v>
       </c>
       <c r="F1028" t="s">
-        <v>3440</v>
+        <v>1797</v>
       </c>
       <c r="G1028" s="1" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="H1028" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="B1029" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1029" t="s">
-        <v>131</v>
+        <v>3457</v>
       </c>
       <c r="D1029" t="s">
         <v>11</v>
       </c>
       <c r="E1029" t="s">
         <v>12</v>
       </c>
       <c r="F1029" t="s">
-        <v>3440</v>
+        <v>3458</v>
       </c>
       <c r="G1029" s="1" t="s">
-        <v>3453</v>
+        <v>3459</v>
       </c>
       <c r="H1029" t="s">
-        <v>3454</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
-        <v>3455</v>
+        <v>3461</v>
       </c>
       <c r="B1030" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1030" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="D1030" t="s">
         <v>11</v>
       </c>
       <c r="E1030" t="s">
         <v>12</v>
       </c>
       <c r="F1030" t="s">
-        <v>3373</v>
+        <v>3458</v>
       </c>
       <c r="G1030" s="1" t="s">
-        <v>679</v>
+        <v>3462</v>
       </c>
       <c r="H1030" t="s">
-        <v>3456</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
-        <v>3457</v>
+        <v>3464</v>
       </c>
       <c r="B1031" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1031" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="D1031" t="s">
         <v>11</v>
       </c>
       <c r="E1031" t="s">
         <v>12</v>
       </c>
       <c r="F1031" t="s">
-        <v>3373</v>
+        <v>2844</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>3458</v>
+        <v>3465</v>
       </c>
       <c r="H1031" t="s">
-        <v>3459</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
-        <v>3460</v>
+        <v>3467</v>
       </c>
       <c r="B1032" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1032" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D1032" t="s">
         <v>11</v>
       </c>
       <c r="E1032" t="s">
         <v>12</v>
       </c>
       <c r="F1032" t="s">
-        <v>3278</v>
+        <v>2656</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>3461</v>
+        <v>3468</v>
       </c>
       <c r="H1032" t="s">
-        <v>3462</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>3463</v>
+        <v>3470</v>
       </c>
       <c r="B1033" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1033" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="D1033" t="s">
         <v>11</v>
       </c>
       <c r="E1033" t="s">
         <v>12</v>
       </c>
       <c r="F1033" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>3464</v>
+        <v>3471</v>
       </c>
       <c r="H1033" t="s">
-        <v>3465</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>3466</v>
+        <v>3473</v>
       </c>
       <c r="B1034" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1034" t="s">
-        <v>153</v>
+        <v>27</v>
       </c>
       <c r="D1034" t="s">
         <v>11</v>
       </c>
       <c r="E1034" t="s">
         <v>12</v>
       </c>
       <c r="F1034" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1034" s="1" t="s">
-        <v>3467</v>
+        <v>3474</v>
       </c>
       <c r="H1034" t="s">
-        <v>3468</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
-        <v>3469</v>
+        <v>3476</v>
       </c>
       <c r="B1035" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1035" t="s">
-        <v>158</v>
+        <v>32</v>
       </c>
       <c r="D1035" t="s">
         <v>11</v>
       </c>
       <c r="E1035" t="s">
         <v>12</v>
       </c>
       <c r="F1035" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1035" s="1" t="s">
-        <v>3470</v>
+        <v>3477</v>
       </c>
       <c r="H1035" t="s">
-        <v>3471</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
-        <v>3472</v>
+        <v>3479</v>
       </c>
       <c r="B1036" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1036" t="s">
-        <v>162</v>
+        <v>37</v>
       </c>
       <c r="D1036" t="s">
         <v>11</v>
       </c>
       <c r="E1036" t="s">
         <v>12</v>
       </c>
       <c r="F1036" t="s">
-        <v>3373</v>
+        <v>3363</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>3473</v>
+        <v>3480</v>
       </c>
       <c r="H1036" t="s">
-        <v>3474</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>3475</v>
+        <v>3482</v>
       </c>
       <c r="B1037" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1037" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="D1037" t="s">
         <v>11</v>
       </c>
       <c r="E1037" t="s">
         <v>12</v>
       </c>
       <c r="F1037" t="s">
-        <v>2571</v>
+        <v>3150</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>3476</v>
+        <v>3483</v>
       </c>
       <c r="H1037" t="s">
-        <v>3477</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>3478</v>
+        <v>3485</v>
       </c>
       <c r="B1038" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1038" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D1038" t="s">
         <v>11</v>
       </c>
       <c r="E1038" t="s">
         <v>12</v>
       </c>
       <c r="F1038" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>3479</v>
+        <v>3486</v>
       </c>
       <c r="H1038" t="s">
-        <v>3480</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>3481</v>
+        <v>3488</v>
       </c>
       <c r="B1039" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1039" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="D1039" t="s">
         <v>11</v>
       </c>
       <c r="E1039" t="s">
         <v>12</v>
       </c>
       <c r="F1039" t="s">
-        <v>3065</v>
+        <v>3363</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>3482</v>
+        <v>3489</v>
       </c>
       <c r="H1039" t="s">
-        <v>3483</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>3484</v>
+        <v>3491</v>
       </c>
       <c r="B1040" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1040" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="D1040" t="s">
         <v>11</v>
       </c>
       <c r="E1040" t="s">
         <v>12</v>
       </c>
       <c r="F1040" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>3485</v>
+        <v>3492</v>
       </c>
       <c r="H1040" t="s">
-        <v>3486</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>3487</v>
+        <v>3494</v>
       </c>
       <c r="B1041" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1041" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D1041" t="s">
         <v>11</v>
       </c>
       <c r="E1041" t="s">
         <v>12</v>
       </c>
       <c r="F1041" t="s">
-        <v>3373</v>
+        <v>2656</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>3488</v>
+        <v>3495</v>
       </c>
       <c r="H1041" t="s">
-        <v>3489</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>3490</v>
+        <v>3497</v>
       </c>
       <c r="B1042" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1042" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
       <c r="D1042" t="s">
         <v>11</v>
       </c>
       <c r="E1042" t="s">
         <v>12</v>
       </c>
       <c r="F1042" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>679</v>
+        <v>3498</v>
       </c>
       <c r="H1042" t="s">
-        <v>3491</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>3492</v>
+        <v>3500</v>
       </c>
       <c r="B1043" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1043" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="D1043" t="s">
         <v>11</v>
       </c>
       <c r="E1043" t="s">
         <v>12</v>
       </c>
       <c r="F1043" t="s">
-        <v>2571</v>
+        <v>2656</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>3493</v>
+        <v>3501</v>
       </c>
       <c r="H1043" t="s">
-        <v>3494</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>3495</v>
+        <v>3503</v>
       </c>
       <c r="B1044" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1044" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D1044" t="s">
         <v>11</v>
       </c>
       <c r="E1044" t="s">
         <v>12</v>
       </c>
       <c r="F1044" t="s">
-        <v>3373</v>
+        <v>2656</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>3496</v>
+        <v>3504</v>
       </c>
       <c r="H1044" t="s">
-        <v>3497</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>3498</v>
+        <v>3506</v>
       </c>
       <c r="B1045" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1045" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="D1045" t="s">
         <v>11</v>
       </c>
       <c r="E1045" t="s">
         <v>12</v>
       </c>
       <c r="F1045" t="s">
-        <v>3046</v>
+        <v>42</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>3499</v>
+        <v>3507</v>
       </c>
       <c r="H1045" t="s">
-        <v>3500</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>3501</v>
+        <v>3509</v>
       </c>
       <c r="B1046" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1046" t="s">
-        <v>203</v>
+        <v>89</v>
       </c>
       <c r="D1046" t="s">
         <v>11</v>
       </c>
       <c r="E1046" t="s">
         <v>12</v>
       </c>
       <c r="F1046" t="s">
-        <v>3046</v>
+        <v>2844</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>3502</v>
+        <v>3510</v>
       </c>
       <c r="H1046" t="s">
-        <v>3503</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>3504</v>
+        <v>3512</v>
       </c>
       <c r="B1047" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1047" t="s">
-        <v>207</v>
+        <v>93</v>
       </c>
       <c r="D1047" t="s">
         <v>11</v>
       </c>
       <c r="E1047" t="s">
         <v>12</v>
       </c>
       <c r="F1047" t="s">
-        <v>3046</v>
+        <v>3458</v>
       </c>
       <c r="G1047" s="1" t="s">
-        <v>3505</v>
+        <v>3513</v>
       </c>
       <c r="H1047" t="s">
-        <v>3506</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>3507</v>
+        <v>3515</v>
       </c>
       <c r="B1048" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1048" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D1048" t="s">
         <v>11</v>
       </c>
       <c r="E1048" t="s">
         <v>12</v>
       </c>
       <c r="F1048" t="s">
-        <v>3046</v>
+        <v>3458</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>3508</v>
+        <v>3516</v>
       </c>
       <c r="H1048" t="s">
-        <v>3509</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>3510</v>
+        <v>3518</v>
       </c>
       <c r="B1049" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1049" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D1049" t="s">
         <v>11</v>
       </c>
       <c r="E1049" t="s">
         <v>12</v>
       </c>
       <c r="F1049" t="s">
-        <v>3373</v>
+        <v>1797</v>
       </c>
       <c r="G1049" s="1" t="s">
-        <v>3511</v>
+        <v>3519</v>
       </c>
       <c r="H1049" t="s">
-        <v>3512</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>3513</v>
+        <v>3521</v>
       </c>
       <c r="B1050" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1050" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="D1050" t="s">
         <v>11</v>
       </c>
       <c r="E1050" t="s">
         <v>12</v>
       </c>
       <c r="F1050" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>3514</v>
+        <v>3522</v>
       </c>
       <c r="H1050" t="s">
-        <v>3515</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
-        <v>3516</v>
+        <v>3524</v>
       </c>
       <c r="B1051" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1051" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="D1051" t="s">
         <v>11</v>
       </c>
       <c r="E1051" t="s">
         <v>12</v>
       </c>
       <c r="F1051" t="s">
-        <v>3042</v>
+        <v>3525</v>
       </c>
       <c r="G1051" s="1" t="s">
-        <v>679</v>
+        <v>3526</v>
       </c>
       <c r="H1051" t="s">
-        <v>3517</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
-        <v>3518</v>
+        <v>3528</v>
       </c>
       <c r="B1052" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1052" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="D1052" t="s">
         <v>11</v>
       </c>
       <c r="E1052" t="s">
         <v>12</v>
       </c>
       <c r="F1052" t="s">
-        <v>3519</v>
+        <v>3525</v>
       </c>
       <c r="G1052" s="1" t="s">
-        <v>679</v>
+        <v>3529</v>
       </c>
       <c r="H1052" t="s">
-        <v>3520</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
-        <v>3521</v>
+        <v>3531</v>
       </c>
       <c r="B1053" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1053" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="D1053" t="s">
         <v>11</v>
       </c>
       <c r="E1053" t="s">
         <v>12</v>
       </c>
       <c r="F1053" t="s">
-        <v>47</v>
+        <v>3525</v>
       </c>
       <c r="G1053" s="1" t="s">
-        <v>679</v>
+        <v>3532</v>
       </c>
       <c r="H1053" t="s">
-        <v>3522</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
-        <v>3523</v>
+        <v>3534</v>
       </c>
       <c r="B1054" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1054" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="D1054" t="s">
         <v>11</v>
       </c>
       <c r="E1054" t="s">
         <v>12</v>
       </c>
       <c r="F1054" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="G1054" s="1" t="s">
-        <v>3525</v>
+        <v>3535</v>
       </c>
       <c r="H1054" t="s">
-        <v>3526</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
-        <v>3527</v>
+        <v>3537</v>
       </c>
       <c r="B1055" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1055" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D1055" t="s">
         <v>11</v>
       </c>
       <c r="E1055" t="s">
         <v>12</v>
       </c>
       <c r="F1055" t="s">
-        <v>3042</v>
+        <v>3525</v>
       </c>
       <c r="G1055" s="1" t="s">
-        <v>3528</v>
+        <v>3538</v>
       </c>
       <c r="H1055" t="s">
-        <v>3529</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
-        <v>3530</v>
+        <v>3540</v>
       </c>
       <c r="B1056" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1056" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="D1056" t="s">
         <v>11</v>
       </c>
       <c r="E1056" t="s">
         <v>12</v>
       </c>
       <c r="F1056" t="s">
-        <v>3042</v>
+        <v>3458</v>
       </c>
       <c r="G1056" s="1" t="s">
-        <v>3531</v>
+        <v>764</v>
       </c>
       <c r="H1056" t="s">
-        <v>3532</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
-        <v>3533</v>
+        <v>3542</v>
       </c>
       <c r="B1057" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1057" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D1057" t="s">
         <v>11</v>
       </c>
       <c r="E1057" t="s">
         <v>12</v>
       </c>
       <c r="F1057" t="s">
-        <v>3042</v>
+        <v>3458</v>
       </c>
       <c r="G1057" s="1" t="s">
-        <v>3534</v>
+        <v>3543</v>
       </c>
       <c r="H1057" t="s">
-        <v>3535</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
-        <v>3536</v>
+        <v>3545</v>
       </c>
       <c r="B1058" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1058" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D1058" t="s">
         <v>11</v>
       </c>
       <c r="E1058" t="s">
         <v>12</v>
       </c>
       <c r="F1058" t="s">
-        <v>1712</v>
+        <v>3363</v>
       </c>
       <c r="G1058" s="1" t="s">
-        <v>679</v>
+        <v>3546</v>
       </c>
       <c r="H1058" t="s">
-        <v>3537</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
-        <v>3538</v>
+        <v>3548</v>
       </c>
       <c r="B1059" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1059" t="s">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="D1059" t="s">
         <v>11</v>
       </c>
       <c r="E1059" t="s">
         <v>12</v>
       </c>
       <c r="F1059" t="s">
-        <v>1712</v>
+        <v>2656</v>
       </c>
       <c r="G1059" s="1" t="s">
-        <v>3539</v>
+        <v>3549</v>
       </c>
       <c r="H1059" t="s">
-        <v>3540</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
-        <v>3541</v>
+        <v>3551</v>
       </c>
       <c r="B1060" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1060" t="s">
-        <v>262</v>
+        <v>233</v>
       </c>
       <c r="D1060" t="s">
         <v>11</v>
       </c>
       <c r="E1060" t="s">
         <v>12</v>
       </c>
       <c r="F1060" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G1060" s="1" t="s">
-        <v>3542</v>
+        <v>3552</v>
       </c>
       <c r="H1060" t="s">
-        <v>3543</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
-        <v>3544</v>
+        <v>3554</v>
       </c>
       <c r="B1061" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1061" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="D1061" t="s">
         <v>11</v>
       </c>
       <c r="E1061" t="s">
         <v>12</v>
       </c>
       <c r="F1061" t="s">
-        <v>3042</v>
+        <v>2656</v>
       </c>
       <c r="G1061" s="1" t="s">
-        <v>3545</v>
+        <v>3555</v>
       </c>
       <c r="H1061" t="s">
-        <v>3546</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
-        <v>3547</v>
+        <v>3557</v>
       </c>
       <c r="B1062" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1062" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D1062" t="s">
         <v>11</v>
       </c>
       <c r="E1062" t="s">
         <v>12</v>
       </c>
       <c r="F1062" t="s">
-        <v>3042</v>
+        <v>3458</v>
       </c>
       <c r="G1062" s="1" t="s">
-        <v>3548</v>
+        <v>3558</v>
       </c>
       <c r="H1062" t="s">
-        <v>3549</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
-        <v>3550</v>
+        <v>3560</v>
       </c>
       <c r="B1063" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1063" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="D1063" t="s">
         <v>11</v>
       </c>
       <c r="E1063" t="s">
         <v>12</v>
       </c>
       <c r="F1063" t="s">
-        <v>1712</v>
+        <v>2656</v>
       </c>
       <c r="G1063" s="1" t="s">
-        <v>3551</v>
+        <v>3561</v>
       </c>
       <c r="H1063" t="s">
-        <v>3552</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
-        <v>3553</v>
+        <v>3563</v>
       </c>
       <c r="B1064" t="s">
-        <v>3371</v>
+        <v>3456</v>
       </c>
       <c r="C1064" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="D1064" t="s">
         <v>11</v>
       </c>
       <c r="E1064" t="s">
         <v>12</v>
       </c>
       <c r="F1064" t="s">
-        <v>3046</v>
+        <v>2656</v>
       </c>
       <c r="G1064" s="1" t="s">
-        <v>3554</v>
+        <v>3564</v>
       </c>
       <c r="H1064" t="s">
-        <v>3555</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
-        <v>3556</v>
+        <v>3566</v>
       </c>
       <c r="B1065" t="s">
-        <v>3557</v>
+        <v>3456</v>
       </c>
       <c r="C1065" t="s">
-        <v>10</v>
+        <v>254</v>
       </c>
       <c r="D1065" t="s">
         <v>11</v>
       </c>
       <c r="E1065" t="s">
         <v>12</v>
       </c>
+      <c r="F1065" t="s">
+        <v>3150</v>
+      </c>
       <c r="G1065" s="1" t="s">
-        <v>3558</v>
+        <v>3567</v>
       </c>
       <c r="H1065" t="s">
-        <v>3559</v>
+        <v>3568</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:8">
+      <c r="A1066" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G1066" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:8">
+      <c r="A1067" t="s">
+        <v>3572</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>263</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1067" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>3458</v>
+      </c>
+      <c r="G1067" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:8">
+      <c r="A1068" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>267</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G1068" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:8">
+      <c r="A1069" t="s">
+        <v>3577</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>271</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1069" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G1069" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="H1069" t="s">
+        <v>3579</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:8">
+      <c r="A1070" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>275</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1070" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>3458</v>
+      </c>
+      <c r="G1070" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="H1070" t="s">
+        <v>3582</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:8">
+      <c r="A1071" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>279</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1071" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>3131</v>
+      </c>
+      <c r="G1071" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="H1071" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:8">
+      <c r="A1072" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>283</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1072" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>3131</v>
+      </c>
+      <c r="G1072" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="H1072" t="s">
+        <v>3588</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:8">
+      <c r="A1073" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>287</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>3131</v>
+      </c>
+      <c r="G1073" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="H1073" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:8">
+      <c r="A1074" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>291</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1074" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>3131</v>
+      </c>
+      <c r="G1074" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:8">
+      <c r="A1075" t="s">
+        <v>3595</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>295</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1075" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>3458</v>
+      </c>
+      <c r="G1075" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="H1075" t="s">
+        <v>3597</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:8">
+      <c r="A1076" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>299</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1076" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H1076" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:8">
+      <c r="A1077" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>304</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1077" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1077" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H1077" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:8">
+      <c r="A1078" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>308</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1078" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>3604</v>
+      </c>
+      <c r="G1078" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H1078" t="s">
+        <v>3605</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:8">
+      <c r="A1079" t="s">
+        <v>3606</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1079" t="s">
+        <v>312</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>42</v>
+      </c>
+      <c r="G1079" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H1079" t="s">
+        <v>3607</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:8">
+      <c r="A1080" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>316</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1080" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>3609</v>
+      </c>
+      <c r="G1080" s="1" t="s">
+        <v>3610</v>
+      </c>
+      <c r="H1080" t="s">
+        <v>3611</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:8">
+      <c r="A1081" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1081" t="s">
+        <v>320</v>
+      </c>
+      <c r="D1081" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1081" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1081" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1081" s="1" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H1081" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:8">
+      <c r="A1082" t="s">
+        <v>3615</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>325</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1082" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1082" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1082" s="1" t="s">
+        <v>3616</v>
+      </c>
+      <c r="H1082" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:8">
+      <c r="A1083" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>329</v>
+      </c>
+      <c r="D1083" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1083" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1083" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="H1083" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:8">
+      <c r="A1084" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1084" t="s">
+        <v>333</v>
+      </c>
+      <c r="D1084" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1084" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1084" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G1084" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H1084" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:8">
+      <c r="A1085" t="s">
+        <v>3623</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>338</v>
+      </c>
+      <c r="D1085" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1085" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1085" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G1085" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="H1085" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:8">
+      <c r="A1086" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>342</v>
+      </c>
+      <c r="D1086" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1086" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1086" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1086" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H1086" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:8">
+      <c r="A1087" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>346</v>
+      </c>
+      <c r="D1087" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1087" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1087" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1087" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="H1087" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:8">
+      <c r="A1088" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1088" t="s">
+        <v>350</v>
+      </c>
+      <c r="D1088" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1088" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1088" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G1088" s="1" t="s">
+        <v>3633</v>
+      </c>
+      <c r="H1088" t="s">
+        <v>3634</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:8">
+      <c r="A1089" t="s">
+        <v>3635</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>355</v>
+      </c>
+      <c r="D1089" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1089" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1089" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G1089" s="1" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H1089" t="s">
+        <v>3637</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:8">
+      <c r="A1090" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>359</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1090" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1090" t="s">
+        <v>3131</v>
+      </c>
+      <c r="G1090" s="1" t="s">
+        <v>3639</v>
+      </c>
+      <c r="H1090" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:8">
+      <c r="A1091" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>126</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>12</v>
+      </c>
+      <c r="G1091" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="H1091" t="s">
+        <v>3644</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -40634,50 +41565,76 @@
     <hyperlink ref="G1041" r:id="rId1040"/>
     <hyperlink ref="G1042" r:id="rId1041"/>
     <hyperlink ref="G1043" r:id="rId1042"/>
     <hyperlink ref="G1044" r:id="rId1043"/>
     <hyperlink ref="G1045" r:id="rId1044"/>
     <hyperlink ref="G1046" r:id="rId1045"/>
     <hyperlink ref="G1047" r:id="rId1046"/>
     <hyperlink ref="G1048" r:id="rId1047"/>
     <hyperlink ref="G1049" r:id="rId1048"/>
     <hyperlink ref="G1050" r:id="rId1049"/>
     <hyperlink ref="G1051" r:id="rId1050"/>
     <hyperlink ref="G1052" r:id="rId1051"/>
     <hyperlink ref="G1053" r:id="rId1052"/>
     <hyperlink ref="G1054" r:id="rId1053"/>
     <hyperlink ref="G1055" r:id="rId1054"/>
     <hyperlink ref="G1056" r:id="rId1055"/>
     <hyperlink ref="G1057" r:id="rId1056"/>
     <hyperlink ref="G1058" r:id="rId1057"/>
     <hyperlink ref="G1059" r:id="rId1058"/>
     <hyperlink ref="G1060" r:id="rId1059"/>
     <hyperlink ref="G1061" r:id="rId1060"/>
     <hyperlink ref="G1062" r:id="rId1061"/>
     <hyperlink ref="G1063" r:id="rId1062"/>
     <hyperlink ref="G1064" r:id="rId1063"/>
     <hyperlink ref="G1065" r:id="rId1064"/>
+    <hyperlink ref="G1066" r:id="rId1065"/>
+    <hyperlink ref="G1067" r:id="rId1066"/>
+    <hyperlink ref="G1068" r:id="rId1067"/>
+    <hyperlink ref="G1069" r:id="rId1068"/>
+    <hyperlink ref="G1070" r:id="rId1069"/>
+    <hyperlink ref="G1071" r:id="rId1070"/>
+    <hyperlink ref="G1072" r:id="rId1071"/>
+    <hyperlink ref="G1073" r:id="rId1072"/>
+    <hyperlink ref="G1074" r:id="rId1073"/>
+    <hyperlink ref="G1075" r:id="rId1074"/>
+    <hyperlink ref="G1076" r:id="rId1075"/>
+    <hyperlink ref="G1077" r:id="rId1076"/>
+    <hyperlink ref="G1078" r:id="rId1077"/>
+    <hyperlink ref="G1079" r:id="rId1078"/>
+    <hyperlink ref="G1080" r:id="rId1079"/>
+    <hyperlink ref="G1081" r:id="rId1080"/>
+    <hyperlink ref="G1082" r:id="rId1081"/>
+    <hyperlink ref="G1083" r:id="rId1082"/>
+    <hyperlink ref="G1084" r:id="rId1083"/>
+    <hyperlink ref="G1085" r:id="rId1084"/>
+    <hyperlink ref="G1086" r:id="rId1085"/>
+    <hyperlink ref="G1087" r:id="rId1086"/>
+    <hyperlink ref="G1088" r:id="rId1087"/>
+    <hyperlink ref="G1089" r:id="rId1088"/>
+    <hyperlink ref="G1090" r:id="rId1089"/>
+    <hyperlink ref="G1091" r:id="rId1090"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>