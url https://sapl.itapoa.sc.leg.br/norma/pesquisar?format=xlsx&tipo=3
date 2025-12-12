--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -10,86 +10,122 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3675" uniqueCount="1695">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3696" uniqueCount="1707">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4898</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf</t>
+  </si>
+  <si>
+    <t>Homologa o resultado das eleições para o cargo de vereador Mirim do programa “Câmara Mirim”, do município de Itapoá/SC para exercício de 2026</t>
+  </si>
+  <si>
+    <t>4893</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf</t>
+  </si>
+  <si>
+    <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 21 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>4876</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf</t>
+  </si>
+  <si>
+    <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 28 de outubro de 2025.</t>
+  </si>
+  <si>
     <t>4862</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>294</t>
-  </si>
-[...4 lines deleted...]
-    <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf</t>
   </si>
   <si>
     <t>Institui Luto Oficial de três dias nas dependências da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf</t>
   </si>
   <si>
     <t>Designa responsável pela segunda assinatura bancária e suplentes, no âmbito da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>292</t>
   </si>
@@ -5454,56 +5490,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G525"/>
+  <dimension ref="A1:G528"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="241" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -5700,166 +5736,166 @@
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>64</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
     </row>
@@ -5915,11681 +5951,11750 @@
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>77</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
         <v>81</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
         <v>85</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>89</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C23" t="s">
         <v>94</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s">
         <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G24" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G27" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C28" t="s">
         <v>113</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G28" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>116</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C29" t="s">
         <v>117</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G29" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C30" t="s">
         <v>121</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C31" t="s">
         <v>125</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G31" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>128</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
         <v>129</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G32" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>132</v>
       </c>
       <c r="B33" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>133</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>136</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G34" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C36" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G37" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>151</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
         <v>152</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G38" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>155</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
         <v>156</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G39" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>159</v>
       </c>
       <c r="B40" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" t="s">
         <v>160</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" t="s">
+        <v>93</v>
+      </c>
+      <c r="C41" t="s">
         <v>164</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="D41" t="s">
-[...5 lines deleted...]
-      <c r="F41" s="1" t="s">
+      <c r="G41" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" t="s">
+        <v>93</v>
+      </c>
+      <c r="C42" t="s">
         <v>168</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>174</v>
       </c>
       <c r="G43" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>176</v>
       </c>
       <c r="B44" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C44" t="s">
         <v>177</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>178</v>
       </c>
       <c r="G44" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>180</v>
       </c>
       <c r="B45" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C45" t="s">
         <v>181</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>182</v>
       </c>
       <c r="G45" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
         <v>185</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G46" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C47" t="s">
         <v>189</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G47" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C48" t="s">
         <v>193</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G48" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>196</v>
       </c>
       <c r="B49" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C49" t="s">
         <v>197</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>198</v>
       </c>
       <c r="G49" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>200</v>
       </c>
       <c r="B50" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C50" t="s">
         <v>201</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>202</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C51" t="s">
         <v>205</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G51" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>208</v>
       </c>
       <c r="B52" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C52" t="s">
         <v>209</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>210</v>
       </c>
       <c r="G52" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>212</v>
       </c>
       <c r="B53" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C53" t="s">
         <v>213</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>214</v>
       </c>
       <c r="G53" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>216</v>
       </c>
       <c r="B54" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C54" t="s">
         <v>217</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>218</v>
       </c>
       <c r="G54" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>220</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C55" t="s">
         <v>221</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G55" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>224</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C56" t="s">
         <v>225</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>226</v>
       </c>
       <c r="G56" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>228</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C57" t="s">
         <v>229</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>230</v>
       </c>
       <c r="G57" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>232</v>
       </c>
       <c r="B58" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C58" t="s">
         <v>233</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G58" t="s">
-        <v>103</v>
+        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C60" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G60" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C61" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G61" t="s">
-        <v>246</v>
+        <v>115</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>247</v>
       </c>
       <c r="B62" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>248</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G62" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>251</v>
       </c>
       <c r="B63" t="s">
+        <v>172</v>
+      </c>
+      <c r="C63" t="s">
         <v>252</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="F63" s="1" t="s">
+      <c r="G63" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" t="s">
+        <v>172</v>
+      </c>
+      <c r="C64" t="s">
         <v>256</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D64" t="s">
-[...5 lines deleted...]
-      <c r="F64" s="1" t="s">
+      <c r="G64" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" t="s">
+        <v>172</v>
+      </c>
+      <c r="C65" t="s">
         <v>260</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" s="1" t="s">
+      <c r="G65" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C66" t="s">
         <v>265</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>266</v>
       </c>
       <c r="G66" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>268</v>
       </c>
       <c r="B67" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C67" t="s">
         <v>269</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>270</v>
       </c>
       <c r="G67" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>272</v>
       </c>
       <c r="B68" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C68" t="s">
         <v>273</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G68" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>276</v>
       </c>
       <c r="B69" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C69" t="s">
         <v>277</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>278</v>
       </c>
       <c r="G69" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>280</v>
       </c>
       <c r="B70" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C70" t="s">
         <v>281</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>282</v>
       </c>
       <c r="G70" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>284</v>
       </c>
       <c r="B71" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C71" t="s">
         <v>285</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>286</v>
       </c>
       <c r="G71" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>288</v>
       </c>
       <c r="B72" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C72" t="s">
         <v>289</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>290</v>
       </c>
       <c r="G72" t="s">
-        <v>183</v>
+        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B73" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C73" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G73" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B74" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C74" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G74" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B75" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C75" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G75" t="s">
-        <v>302</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>303</v>
       </c>
       <c r="B76" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C76" t="s">
         <v>304</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>305</v>
       </c>
       <c r="G76" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>307</v>
       </c>
       <c r="B77" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C77" t="s">
         <v>308</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>309</v>
       </c>
       <c r="G77" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>311</v>
       </c>
       <c r="B78" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C78" t="s">
         <v>312</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G78" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>315</v>
       </c>
       <c r="B79" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C79" t="s">
         <v>316</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>317</v>
       </c>
       <c r="G79" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>319</v>
       </c>
       <c r="B80" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C80" t="s">
         <v>320</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>321</v>
       </c>
       <c r="G80" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>323</v>
       </c>
       <c r="B81" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C81" t="s">
         <v>324</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>325</v>
       </c>
       <c r="G81" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>327</v>
       </c>
       <c r="B82" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C82" t="s">
         <v>328</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>329</v>
       </c>
       <c r="G82" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>331</v>
       </c>
       <c r="B83" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C83" t="s">
         <v>332</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>333</v>
       </c>
       <c r="G83" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>335</v>
       </c>
       <c r="B84" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C84" t="s">
         <v>336</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>337</v>
       </c>
       <c r="G84" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>339</v>
       </c>
       <c r="B85" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C85" t="s">
         <v>340</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>341</v>
       </c>
       <c r="G85" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>343</v>
       </c>
       <c r="B86" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C86" t="s">
         <v>344</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>345</v>
       </c>
       <c r="G86" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>347</v>
       </c>
       <c r="B87" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C87" t="s">
         <v>348</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G87" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>351</v>
       </c>
       <c r="B88" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C88" t="s">
         <v>352</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>353</v>
       </c>
       <c r="G88" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>355</v>
       </c>
       <c r="B89" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C89" t="s">
         <v>356</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>357</v>
       </c>
       <c r="G89" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>359</v>
       </c>
       <c r="B90" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C90" t="s">
         <v>360</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>361</v>
       </c>
       <c r="G90" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>363</v>
       </c>
       <c r="B91" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C91" t="s">
         <v>364</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G91" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>367</v>
       </c>
       <c r="B92" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C92" t="s">
         <v>368</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>369</v>
       </c>
       <c r="G92" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B93" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C93" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G93" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B94" t="s">
-        <v>374</v>
+        <v>264</v>
       </c>
       <c r="C94" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="G94" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B95" t="s">
-        <v>374</v>
+        <v>264</v>
       </c>
       <c r="C95" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="G95" t="s">
-        <v>381</v>
+        <v>258</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>382</v>
       </c>
       <c r="B96" t="s">
-        <v>374</v>
+        <v>264</v>
       </c>
       <c r="C96" t="s">
         <v>383</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>384</v>
       </c>
       <c r="G96" t="s">
-        <v>385</v>
+        <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
+        <v>385</v>
+      </c>
+      <c r="B97" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C97" t="s">
         <v>387</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>388</v>
       </c>
       <c r="G97" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>390</v>
       </c>
       <c r="B98" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C98" t="s">
         <v>391</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G98" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>394</v>
       </c>
       <c r="B99" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C99" t="s">
         <v>395</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>396</v>
       </c>
       <c r="G99" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>398</v>
       </c>
       <c r="B100" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C100" t="s">
         <v>399</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G100" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>402</v>
       </c>
       <c r="B101" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C101" t="s">
         <v>403</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>404</v>
       </c>
       <c r="G101" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>406</v>
       </c>
       <c r="B102" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C102" t="s">
         <v>407</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>408</v>
       </c>
       <c r="G102" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>410</v>
       </c>
       <c r="B103" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C103" t="s">
         <v>411</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>412</v>
       </c>
       <c r="G103" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>414</v>
       </c>
       <c r="B104" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C104" t="s">
         <v>415</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>416</v>
       </c>
       <c r="G104" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>418</v>
       </c>
       <c r="B105" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C105" t="s">
         <v>419</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G105" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>422</v>
       </c>
       <c r="B106" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C106" t="s">
         <v>423</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>424</v>
       </c>
       <c r="G106" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>426</v>
       </c>
       <c r="B107" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C107" t="s">
         <v>427</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>428</v>
       </c>
       <c r="G107" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>430</v>
       </c>
       <c r="B108" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C108" t="s">
         <v>431</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>432</v>
       </c>
       <c r="G108" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>434</v>
       </c>
       <c r="B109" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C109" t="s">
         <v>435</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>436</v>
       </c>
       <c r="G109" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>438</v>
       </c>
       <c r="B110" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C110" t="s">
         <v>439</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G110" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>442</v>
       </c>
       <c r="B111" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C111" t="s">
         <v>443</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>444</v>
       </c>
       <c r="G111" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>446</v>
       </c>
       <c r="B112" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C112" t="s">
         <v>447</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>448</v>
       </c>
       <c r="G112" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>450</v>
       </c>
       <c r="B113" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C113" t="s">
         <v>451</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>452</v>
       </c>
       <c r="G113" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>454</v>
       </c>
       <c r="B114" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C114" t="s">
         <v>455</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>456</v>
       </c>
       <c r="G114" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>458</v>
       </c>
       <c r="B115" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C115" t="s">
         <v>459</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>460</v>
       </c>
       <c r="G115" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>462</v>
       </c>
       <c r="B116" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C116" t="s">
         <v>463</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>464</v>
       </c>
       <c r="G116" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>466</v>
       </c>
       <c r="B117" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C117" t="s">
         <v>467</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>468</v>
       </c>
       <c r="G117" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>470</v>
       </c>
       <c r="B118" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C118" t="s">
         <v>471</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>472</v>
       </c>
       <c r="G118" t="s">
-        <v>246</v>
+        <v>473</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B119" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C119" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G119" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B120" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C120" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="G120" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B121" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C121" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="G121" t="s">
-        <v>484</v>
+        <v>258</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>485</v>
       </c>
       <c r="B122" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C122" t="s">
         <v>486</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>487</v>
       </c>
       <c r="G122" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>489</v>
       </c>
       <c r="B123" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C123" t="s">
         <v>490</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>491</v>
       </c>
       <c r="G123" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>493</v>
       </c>
       <c r="B124" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C124" t="s">
         <v>494</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>495</v>
       </c>
       <c r="G124" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>497</v>
       </c>
       <c r="B125" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C125" t="s">
         <v>498</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>499</v>
       </c>
       <c r="G125" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>501</v>
       </c>
       <c r="B126" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C126" t="s">
         <v>502</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>503</v>
       </c>
       <c r="G126" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>505</v>
       </c>
       <c r="B127" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C127" t="s">
         <v>506</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>507</v>
       </c>
       <c r="G127" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>509</v>
       </c>
       <c r="B128" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C128" t="s">
         <v>510</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>511</v>
       </c>
       <c r="G128" t="s">
-        <v>21</v>
+        <v>512</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B129" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C129" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G129" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B130" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C130" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="G130" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B131" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C131" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="G131" t="s">
-        <v>523</v>
+        <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>524</v>
       </c>
       <c r="B132" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C132" t="s">
         <v>525</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>526</v>
       </c>
       <c r="G132" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>528</v>
       </c>
       <c r="B133" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C133" t="s">
         <v>529</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>530</v>
       </c>
       <c r="G133" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>532</v>
       </c>
       <c r="B134" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C134" t="s">
         <v>533</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G134" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>536</v>
       </c>
       <c r="B135" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C135" t="s">
         <v>537</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>538</v>
       </c>
       <c r="G135" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>540</v>
       </c>
       <c r="B136" t="s">
+        <v>386</v>
+      </c>
+      <c r="C136" t="s">
         <v>541</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D136" t="s">
-[...5 lines deleted...]
-      <c r="F136" s="1" t="s">
+      <c r="G136" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
+        <v>544</v>
+      </c>
+      <c r="B137" t="s">
+        <v>386</v>
+      </c>
+      <c r="C137" t="s">
         <v>545</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D137" t="s">
-[...5 lines deleted...]
-      <c r="F137" s="1" t="s">
+      <c r="G137" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>548</v>
+      </c>
+      <c r="B138" t="s">
+        <v>386</v>
+      </c>
+      <c r="C138" t="s">
         <v>549</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D138" t="s">
-[...5 lines deleted...]
-      <c r="F138" s="1" t="s">
+      <c r="G138" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
+        <v>552</v>
+      </c>
+      <c r="B139" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="C139" t="s">
         <v>554</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>555</v>
       </c>
       <c r="G139" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>557</v>
       </c>
       <c r="B140" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C140" t="s">
         <v>558</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>559</v>
       </c>
       <c r="G140" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>561</v>
       </c>
       <c r="B141" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C141" t="s">
         <v>562</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>563</v>
       </c>
       <c r="G141" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>565</v>
       </c>
       <c r="B142" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C142" t="s">
         <v>566</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>567</v>
       </c>
       <c r="G142" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>569</v>
       </c>
       <c r="B143" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C143" t="s">
         <v>570</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>571</v>
       </c>
       <c r="G143" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>573</v>
       </c>
       <c r="B144" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C144" t="s">
         <v>574</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>575</v>
       </c>
       <c r="G144" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>577</v>
       </c>
       <c r="B145" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C145" t="s">
         <v>578</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>579</v>
       </c>
       <c r="G145" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>581</v>
       </c>
       <c r="B146" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C146" t="s">
         <v>582</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>583</v>
       </c>
       <c r="G146" t="s">
-        <v>564</v>
+        <v>584</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B147" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C147" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G147" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B148" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C148" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G148" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B149" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C149" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G149" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C150" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G150" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C151" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G151" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C152" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G152" t="s">
-        <v>606</v>
+        <v>576</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>607</v>
       </c>
       <c r="B153" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C153" t="s">
         <v>608</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>609</v>
       </c>
       <c r="G153" t="s">
-        <v>564</v>
+        <v>610</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B154" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C154" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="G154" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B155" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C155" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="G155" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B156" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C156" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G156" t="s">
-        <v>617</v>
+        <v>576</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B157" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C157" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G157" t="s">
-        <v>535</v>
+        <v>625</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B158" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C158" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="G158" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B159" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C159" t="s">
+        <v>631</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="G159" t="s">
         <v>629</v>
-      </c>
-[...10 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B160" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C160" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G160" t="s">
-        <v>635</v>
+        <v>547</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>636</v>
       </c>
       <c r="B161" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C161" t="s">
         <v>637</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>638</v>
       </c>
       <c r="G161" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>640</v>
       </c>
       <c r="B162" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C162" t="s">
         <v>641</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>642</v>
       </c>
       <c r="G162" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>644</v>
       </c>
       <c r="B163" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C163" t="s">
         <v>645</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>646</v>
       </c>
       <c r="G163" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>648</v>
       </c>
       <c r="B164" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C164" t="s">
         <v>649</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>650</v>
       </c>
       <c r="G164" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>652</v>
       </c>
       <c r="B165" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C165" t="s">
         <v>653</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>654</v>
       </c>
       <c r="G165" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>656</v>
       </c>
       <c r="B166" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C166" t="s">
         <v>657</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>658</v>
       </c>
       <c r="G166" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>660</v>
       </c>
       <c r="B167" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C167" t="s">
         <v>661</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>662</v>
       </c>
       <c r="G167" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>664</v>
       </c>
       <c r="B168" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C168" t="s">
         <v>665</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>666</v>
       </c>
       <c r="G168" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>668</v>
       </c>
       <c r="B169" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C169" t="s">
         <v>669</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>670</v>
       </c>
       <c r="G169" t="s">
-        <v>535</v>
+        <v>671</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B170" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C170" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="G170" t="s">
-        <v>539</v>
+        <v>675</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B171" t="s">
-        <v>675</v>
+        <v>553</v>
       </c>
       <c r="C171" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="G171" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B172" t="s">
-        <v>675</v>
+        <v>553</v>
       </c>
       <c r="C172" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G172" t="s">
-        <v>682</v>
+        <v>547</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>683</v>
       </c>
       <c r="B173" t="s">
-        <v>675</v>
+        <v>553</v>
       </c>
       <c r="C173" t="s">
         <v>684</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>685</v>
       </c>
       <c r="G173" t="s">
-        <v>686</v>
+        <v>551</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>686</v>
+      </c>
+      <c r="B174" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="C174" t="s">
         <v>688</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>689</v>
       </c>
       <c r="G174" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>691</v>
       </c>
       <c r="B175" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C175" t="s">
         <v>692</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>693</v>
       </c>
       <c r="G175" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>695</v>
       </c>
       <c r="B176" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C176" t="s">
         <v>696</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>697</v>
       </c>
       <c r="G176" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>699</v>
       </c>
       <c r="B177" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C177" t="s">
         <v>700</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>701</v>
       </c>
       <c r="G177" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>703</v>
       </c>
       <c r="B178" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C178" t="s">
         <v>704</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>705</v>
       </c>
       <c r="G178" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>707</v>
       </c>
       <c r="B179" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C179" t="s">
         <v>708</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>709</v>
       </c>
       <c r="G179" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>711</v>
       </c>
       <c r="B180" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C180" t="s">
         <v>712</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>713</v>
       </c>
       <c r="G180" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>715</v>
       </c>
       <c r="B181" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C181" t="s">
         <v>716</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>717</v>
       </c>
       <c r="G181" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>719</v>
       </c>
       <c r="B182" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C182" t="s">
         <v>720</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>721</v>
       </c>
       <c r="G182" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>723</v>
       </c>
       <c r="B183" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C183" t="s">
         <v>724</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>725</v>
       </c>
       <c r="G183" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>727</v>
       </c>
       <c r="B184" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C184" t="s">
         <v>728</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>729</v>
       </c>
       <c r="G184" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>731</v>
       </c>
       <c r="B185" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C185" t="s">
         <v>732</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>733</v>
       </c>
       <c r="G185" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>735</v>
       </c>
       <c r="B186" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C186" t="s">
         <v>736</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>737</v>
       </c>
       <c r="G186" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>739</v>
       </c>
       <c r="B187" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C187" t="s">
         <v>740</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>741</v>
       </c>
       <c r="G187" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>743</v>
       </c>
       <c r="B188" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C188" t="s">
         <v>744</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>745</v>
       </c>
       <c r="G188" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>747</v>
       </c>
       <c r="B189" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C189" t="s">
         <v>748</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>749</v>
       </c>
       <c r="G189" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>751</v>
       </c>
       <c r="B190" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C190" t="s">
         <v>752</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>753</v>
       </c>
       <c r="G190" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>755</v>
       </c>
       <c r="B191" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C191" t="s">
         <v>756</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>757</v>
       </c>
       <c r="G191" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>759</v>
       </c>
       <c r="B192" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C192" t="s">
         <v>760</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>761</v>
       </c>
       <c r="G192" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>763</v>
       </c>
       <c r="B193" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C193" t="s">
         <v>764</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>765</v>
       </c>
       <c r="G193" t="s">
-        <v>539</v>
+        <v>766</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B194" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C194" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G194" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B195" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C195" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="G195" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B196" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C196" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="G196" t="s">
-        <v>777</v>
+        <v>551</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>778</v>
       </c>
       <c r="B197" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C197" t="s">
         <v>779</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>780</v>
       </c>
       <c r="G197" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>782</v>
       </c>
       <c r="B198" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C198" t="s">
         <v>783</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>784</v>
       </c>
       <c r="G198" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>786</v>
       </c>
       <c r="B199" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C199" t="s">
         <v>787</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>788</v>
       </c>
       <c r="G199" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>790</v>
       </c>
       <c r="B200" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C200" t="s">
         <v>791</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>792</v>
       </c>
       <c r="G200" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>794</v>
       </c>
       <c r="B201" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C201" t="s">
         <v>795</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>796</v>
       </c>
       <c r="G201" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>798</v>
       </c>
       <c r="B202" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C202" t="s">
         <v>799</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>800</v>
       </c>
       <c r="G202" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>802</v>
       </c>
       <c r="B203" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C203" t="s">
         <v>803</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>804</v>
       </c>
       <c r="G203" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>806</v>
       </c>
       <c r="B204" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C204" t="s">
         <v>807</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>808</v>
       </c>
       <c r="G204" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>810</v>
       </c>
       <c r="B205" t="s">
+        <v>687</v>
+      </c>
+      <c r="C205" t="s">
         <v>811</v>
       </c>
-      <c r="C205" t="s">
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="D205" t="s">
-[...5 lines deleted...]
-      <c r="F205" s="1" t="s">
+      <c r="G205" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
+        <v>814</v>
+      </c>
+      <c r="B206" t="s">
+        <v>687</v>
+      </c>
+      <c r="C206" t="s">
         <v>815</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="D206" t="s">
-[...5 lines deleted...]
-      <c r="F206" s="1" t="s">
+      <c r="G206" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>818</v>
+      </c>
+      <c r="B207" t="s">
+        <v>687</v>
+      </c>
+      <c r="C207" t="s">
         <v>819</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="D207" t="s">
-[...5 lines deleted...]
-      <c r="F207" s="1" t="s">
+      <c r="G207" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>822</v>
+      </c>
+      <c r="B208" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
       <c r="C208" t="s">
         <v>824</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>825</v>
       </c>
       <c r="G208" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>827</v>
       </c>
       <c r="B209" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C209" t="s">
         <v>828</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>829</v>
       </c>
       <c r="G209" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>831</v>
       </c>
       <c r="B210" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C210" t="s">
         <v>832</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>833</v>
       </c>
       <c r="G210" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>835</v>
       </c>
       <c r="B211" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C211" t="s">
         <v>836</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>837</v>
       </c>
       <c r="G211" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>839</v>
       </c>
       <c r="B212" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C212" t="s">
         <v>840</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>841</v>
       </c>
       <c r="G212" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>843</v>
       </c>
       <c r="B213" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C213" t="s">
         <v>844</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>845</v>
       </c>
       <c r="G213" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>847</v>
       </c>
       <c r="B214" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C214" t="s">
         <v>848</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>849</v>
       </c>
       <c r="G214" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>851</v>
       </c>
       <c r="B215" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C215" t="s">
         <v>852</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>853</v>
       </c>
       <c r="G215" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>855</v>
       </c>
       <c r="B216" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C216" t="s">
         <v>856</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>857</v>
       </c>
       <c r="G216" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>859</v>
       </c>
       <c r="B217" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C217" t="s">
         <v>860</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>861</v>
       </c>
       <c r="G217" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>863</v>
       </c>
       <c r="B218" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C218" t="s">
         <v>864</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>865</v>
       </c>
       <c r="G218" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>867</v>
       </c>
       <c r="B219" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C219" t="s">
         <v>868</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>869</v>
       </c>
       <c r="G219" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>871</v>
       </c>
       <c r="B220" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C220" t="s">
         <v>872</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>873</v>
       </c>
       <c r="G220" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>875</v>
       </c>
       <c r="B221" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C221" t="s">
         <v>876</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G221" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>879</v>
       </c>
       <c r="B222" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C222" t="s">
         <v>880</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>881</v>
       </c>
       <c r="G222" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>883</v>
       </c>
       <c r="B223" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C223" t="s">
         <v>884</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>885</v>
       </c>
       <c r="G223" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>887</v>
       </c>
       <c r="B224" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C224" t="s">
         <v>888</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>889</v>
       </c>
       <c r="G224" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>891</v>
       </c>
       <c r="B225" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C225" t="s">
         <v>892</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>893</v>
       </c>
       <c r="G225" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>895</v>
       </c>
       <c r="B226" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C226" t="s">
         <v>896</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>897</v>
       </c>
       <c r="G226" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>899</v>
       </c>
       <c r="B227" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C227" t="s">
         <v>900</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>901</v>
       </c>
       <c r="G227" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>903</v>
       </c>
       <c r="B228" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C228" t="s">
         <v>904</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>905</v>
       </c>
       <c r="G228" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>907</v>
       </c>
       <c r="B229" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C229" t="s">
         <v>908</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>909</v>
       </c>
       <c r="G229" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>911</v>
       </c>
       <c r="B230" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C230" t="s">
         <v>912</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>913</v>
       </c>
       <c r="G230" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>915</v>
       </c>
       <c r="B231" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C231" t="s">
         <v>916</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>917</v>
       </c>
       <c r="G231" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>919</v>
       </c>
       <c r="B232" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C232" t="s">
         <v>920</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>921</v>
       </c>
       <c r="G232" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>923</v>
       </c>
       <c r="B233" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C233" t="s">
         <v>924</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>925</v>
       </c>
       <c r="G233" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>927</v>
       </c>
       <c r="B234" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C234" t="s">
         <v>928</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>929</v>
       </c>
       <c r="G234" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>931</v>
       </c>
       <c r="B235" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C235" t="s">
         <v>932</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>933</v>
       </c>
       <c r="G235" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>935</v>
       </c>
       <c r="B236" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C236" t="s">
         <v>936</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>937</v>
       </c>
       <c r="G236" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>939</v>
       </c>
       <c r="B237" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C237" t="s">
         <v>940</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>941</v>
       </c>
       <c r="G237" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>943</v>
       </c>
       <c r="B238" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C238" t="s">
         <v>944</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>945</v>
       </c>
       <c r="G238" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>947</v>
       </c>
       <c r="B239" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C239" t="s">
         <v>948</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>949</v>
       </c>
       <c r="G239" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>951</v>
       </c>
       <c r="B240" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C240" t="s">
         <v>952</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>953</v>
       </c>
       <c r="G240" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>955</v>
       </c>
       <c r="B241" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C241" t="s">
         <v>956</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>957</v>
       </c>
       <c r="G241" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>959</v>
       </c>
       <c r="B242" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C242" t="s">
         <v>960</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>961</v>
       </c>
       <c r="G242" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>963</v>
       </c>
       <c r="B243" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="C243" t="s">
         <v>964</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>965</v>
       </c>
       <c r="G243" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>967</v>
       </c>
       <c r="B244" t="s">
+        <v>823</v>
+      </c>
+      <c r="C244" t="s">
         <v>968</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="D244" t="s">
-[...5 lines deleted...]
-      <c r="F244" s="1" t="s">
+      <c r="G244" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>971</v>
       </c>
       <c r="B245" t="s">
-        <v>968</v>
+        <v>823</v>
       </c>
       <c r="C245" t="s">
         <v>972</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G245" t="s">
-        <v>894</v>
+        <v>974</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B246" t="s">
-        <v>968</v>
+        <v>823</v>
       </c>
       <c r="C246" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G246" t="s">
-        <v>878</v>
+        <v>978</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B247" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C247" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="G247" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>983</v>
+      </c>
+      <c r="B248" t="s">
         <v>980</v>
       </c>
-      <c r="B248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="G248" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="B249" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C249" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="G249" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B250" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C250" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="G250" t="s">
-        <v>870</v>
+        <v>914</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B251" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C251" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="G251" t="s">
-        <v>886</v>
+        <v>922</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B252" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C252" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="G252" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B253" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C253" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="G253" t="s">
-        <v>906</v>
+        <v>882</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="B254" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C254" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="G254" t="s">
-        <v>874</v>
+        <v>898</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="B255" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C255" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="G255" t="s">
-        <v>1004</v>
+        <v>902</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B256" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C256" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="G256" t="s">
-        <v>898</v>
+        <v>918</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B257" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C257" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="G257" t="s">
-        <v>1011</v>
+        <v>886</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B258" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C258" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G258" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B259" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C259" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="G259" t="s">
-        <v>1019</v>
+        <v>910</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>1020</v>
       </c>
       <c r="B260" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C260" t="s">
         <v>1021</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="G260" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>1024</v>
       </c>
       <c r="B261" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C261" t="s">
         <v>1025</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="G261" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>1028</v>
       </c>
       <c r="B262" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C262" t="s">
         <v>1029</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="G262" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>1032</v>
       </c>
       <c r="B263" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C263" t="s">
         <v>1033</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="G263" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>1036</v>
       </c>
       <c r="B264" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C264" t="s">
         <v>1037</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="G264" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>1040</v>
       </c>
       <c r="B265" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C265" t="s">
         <v>1041</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="G265" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>1044</v>
       </c>
       <c r="B266" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C266" t="s">
         <v>1045</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="G266" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>1048</v>
       </c>
       <c r="B267" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C267" t="s">
         <v>1049</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="G267" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>1052</v>
       </c>
       <c r="B268" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C268" t="s">
         <v>1053</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="G268" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>1056</v>
       </c>
       <c r="B269" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C269" t="s">
         <v>1057</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="G269" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>1060</v>
       </c>
       <c r="B270" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C270" t="s">
         <v>1061</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G270" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>1064</v>
       </c>
       <c r="B271" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C271" t="s">
         <v>1065</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="G271" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>1068</v>
       </c>
       <c r="B272" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C272" t="s">
         <v>1069</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="G272" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>1072</v>
       </c>
       <c r="B273" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C273" t="s">
         <v>1073</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="G273" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>1076</v>
       </c>
       <c r="B274" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C274" t="s">
         <v>1077</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="G274" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>1080</v>
       </c>
       <c r="B275" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C275" t="s">
         <v>1081</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="G275" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>1084</v>
       </c>
       <c r="B276" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C276" t="s">
         <v>1085</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="G276" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>1088</v>
       </c>
       <c r="B277" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C277" t="s">
         <v>1089</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="G277" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>1092</v>
       </c>
       <c r="B278" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C278" t="s">
         <v>1093</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="G278" t="s">
-        <v>556</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B279" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C279" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="G279" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B280" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C280" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="G280" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B281" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C281" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="G281" t="s">
-        <v>1106</v>
+        <v>568</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>1107</v>
       </c>
       <c r="B282" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C282" t="s">
         <v>1108</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="G282" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B283" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C283" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G283" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="B284" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C284" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="G284" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B285" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C285" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="G285" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="B286" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C286" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="G286" t="s">
-        <v>1102</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B287" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C287" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="G287" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B288" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C288" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="G288" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="B289" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C289" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="G289" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="B290" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C290" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="G290" t="s">
-        <v>1135</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B291" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C291" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="G291" t="s">
-        <v>1139</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B292" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C292" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="G292" t="s">
-        <v>966</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B293" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C293" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="G293" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B294" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="C294" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="G294" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B295" t="s">
-        <v>1152</v>
+        <v>980</v>
       </c>
       <c r="C295" t="s">
-        <v>604</v>
+        <v>1153</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="G295" t="s">
-        <v>1035</v>
+        <v>978</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B296" t="s">
-        <v>1152</v>
+        <v>980</v>
       </c>
       <c r="C296" t="s">
-        <v>608</v>
+        <v>1156</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="G296" t="s">
-        <v>1035</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="B297" t="s">
-        <v>1152</v>
+        <v>980</v>
       </c>
       <c r="C297" t="s">
-        <v>611</v>
+        <v>1160</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="G297" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B298" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C298" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="G298" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="B299" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C299" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="G299" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="B300" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C300" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="G300" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B301" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C301" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="G301" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="B302" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C302" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="G302" t="s">
-        <v>1170</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="B303" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C303" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="G303" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="B304" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C304" t="s">
         <v>637</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="G304" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="B305" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C305" t="s">
         <v>641</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="G305" t="s">
-        <v>1035</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="B306" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C306" t="s">
         <v>645</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="G306" t="s">
-        <v>1035</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="B307" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C307" t="s">
         <v>649</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="G307" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>811</v>
+        <v>1188</v>
       </c>
       <c r="B308" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C308" t="s">
         <v>653</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="G308" t="s">
-        <v>1183</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="B309" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C309" t="s">
         <v>657</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="G309" t="s">
-        <v>1186</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="B310" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C310" t="s">
         <v>661</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="G310" t="s">
-        <v>1189</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1190</v>
+        <v>823</v>
       </c>
       <c r="B311" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C311" t="s">
         <v>665</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="G311" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="B312" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C312" t="s">
         <v>669</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="G312" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="B313" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C313" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="G313" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="B314" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C314" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="G314" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="B315" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C315" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="G315" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="B316" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C316" t="s">
         <v>684</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="G316" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="B317" t="s">
-        <v>1209</v>
+        <v>1164</v>
       </c>
       <c r="C317" t="s">
         <v>688</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="G317" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="B318" t="s">
-        <v>1209</v>
+        <v>1164</v>
       </c>
       <c r="C318" t="s">
         <v>692</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="G318" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="B319" t="s">
-        <v>1209</v>
+        <v>1164</v>
       </c>
       <c r="C319" t="s">
         <v>696</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="G319" t="s">
-        <v>1170</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="B320" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C320" t="s">
         <v>700</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="G320" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="B321" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C321" t="s">
         <v>704</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="G321" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="B322" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C322" t="s">
         <v>708</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="G322" t="s">
-        <v>1225</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="B323" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C323" t="s">
         <v>712</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="G323" t="s">
-        <v>1035</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B324" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C324" t="s">
         <v>716</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="G324" t="s">
-        <v>966</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="B325" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C325" t="s">
         <v>720</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="G325" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="B326" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C326" t="s">
         <v>724</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="G326" t="s">
-        <v>1201</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="B327" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C327" t="s">
         <v>728</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="G327" t="s">
-        <v>1035</v>
+        <v>978</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="B328" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C328" t="s">
         <v>732</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="G328" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="B329" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C329" t="s">
         <v>736</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="G329" t="s">
-        <v>1242</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="B330" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C330" t="s">
         <v>740</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="G330" t="s">
-        <v>1245</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="B331" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C331" t="s">
         <v>744</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="G331" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B332" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C332" t="s">
         <v>748</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="G332" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B333" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C333" t="s">
         <v>752</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="G333" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B334" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C334" t="s">
         <v>756</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="G334" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="B335" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C335" t="s">
         <v>760</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="G335" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B336" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C336" t="s">
         <v>764</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="G336" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B337" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C337" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="G337" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B338" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C338" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="G338" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="B339" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C339" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="G339" t="s">
-        <v>1222</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="B340" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C340" t="s">
         <v>779</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="G340" t="s">
-        <v>1214</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B341" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C341" t="s">
         <v>783</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="G341" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B342" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C342" t="s">
         <v>787</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="G342" t="s">
-        <v>1279</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B343" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C343" t="s">
         <v>791</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="G343" t="s">
-        <v>1282</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="B344" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C344" t="s">
         <v>795</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="G344" t="s">
-        <v>1035</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="B345" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C345" t="s">
         <v>799</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="G345" t="s">
-        <v>1139</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="B346" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C346" t="s">
         <v>803</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="G346" t="s">
-        <v>966</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="B347" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C347" t="s">
         <v>807</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="G347" t="s">
-        <v>1291</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="B348" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C348" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="G348" t="s">
-        <v>1294</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B349" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C349" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="G349" t="s">
-        <v>1165</v>
+        <v>978</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="B350" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C350" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="G350" t="s">
-        <v>1158</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="B351" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C351" t="s">
         <v>824</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="G351" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B352" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C352" t="s">
         <v>828</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="G352" t="s">
-        <v>1304</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B353" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C353" t="s">
         <v>832</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="G353" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="B354" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="C354" t="s">
         <v>836</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="G354" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="B355" t="s">
-        <v>1184</v>
+        <v>1221</v>
       </c>
       <c r="C355" t="s">
         <v>840</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="G355" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="B356" t="s">
-        <v>1184</v>
+        <v>1221</v>
       </c>
       <c r="C356" t="s">
         <v>844</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="G356" t="s">
-        <v>1315</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="B357" t="s">
-        <v>1184</v>
+        <v>1221</v>
       </c>
       <c r="C357" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="G357" t="s">
-        <v>966</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="B358" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C358" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="G358" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="B359" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C359" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="G359" t="s">
-        <v>1015</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="B360" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C360" t="s">
-        <v>852</v>
+        <v>868</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="G360" t="s">
-        <v>1325</v>
+        <v>978</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="B361" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C361" t="s">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="G361" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B362" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C362" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="G362" t="s">
-        <v>1331</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="B363" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C363" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="G363" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B364" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C364" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="G364" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="B365" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C365" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="G365" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="B366" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C366" t="s">
         <v>884</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="G366" t="s">
-        <v>1279</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="B367" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C367" t="s">
         <v>888</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="G367" t="s">
-        <v>1201</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="B368" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C368" t="s">
         <v>892</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="G368" t="s">
-        <v>1035</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="B369" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C369" t="s">
         <v>896</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="G369" t="s">
-        <v>1349</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="B370" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C370" t="s">
         <v>900</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="G370" t="s">
-        <v>1352</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="B371" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C371" t="s">
         <v>904</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="G371" t="s">
-        <v>1355</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B372" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C372" t="s">
         <v>908</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="G372" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="B373" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C373" t="s">
         <v>912</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="G373" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="B374" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C374" t="s">
-        <v>1363</v>
+        <v>916</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="G374" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B375" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C375" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="G375" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B376" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C376" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="G376" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="B377" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C377" t="s">
-        <v>924</v>
+        <v>1375</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="G377" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="B378" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C378" t="s">
         <v>928</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="G378" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="B379" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C379" t="s">
         <v>932</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="G379" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="B380" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C380" t="s">
         <v>936</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="G380" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="B381" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="C381" t="s">
         <v>940</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="G381" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="B382" t="s">
-        <v>1388</v>
+        <v>1196</v>
       </c>
       <c r="C382" t="s">
         <v>944</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="G382" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="B383" t="s">
-        <v>1388</v>
+        <v>1196</v>
       </c>
       <c r="C383" t="s">
         <v>948</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="G383" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="B384" t="s">
-        <v>1388</v>
+        <v>1196</v>
       </c>
       <c r="C384" t="s">
         <v>952</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="G384" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B385" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C385" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="G385" t="s">
-        <v>1222</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="B386" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C386" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="G386" t="s">
-        <v>1201</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="B387" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C387" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="G387" t="s">
-        <v>1035</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="B388" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C388" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="G388" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="B389" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C389" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="G389" t="s">
-        <v>1407</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="B390" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C390" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="G390" t="s">
-        <v>1410</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="B391" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C391" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="G391" t="s">
-        <v>1413</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="B392" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C392" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="G392" t="s">
-        <v>1201</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B393" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C393" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="G393" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="B394" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C394" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="G394" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="B395" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C395" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="G395" t="s">
-        <v>1424</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="B396" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C396" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="G396" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="B397" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C397" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="G397" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="B398" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C398" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="G398" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="B399" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C399" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="G399" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="B400" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C400" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="G400" t="s">
-        <v>1222</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="B401" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C401" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="G401" t="s">
-        <v>1201</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="B402" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C402" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="G402" t="s">
-        <v>1201</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="B403" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C403" t="s">
         <v>1029</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="G403" t="s">
-        <v>1201</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="B404" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C404" t="s">
         <v>1033</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="G404" t="s">
-        <v>1447</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="B405" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C405" t="s">
         <v>1037</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="G405" t="s">
-        <v>1450</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="B406" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C406" t="s">
         <v>1041</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="G406" t="s">
-        <v>1453</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="B407" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C407" t="s">
         <v>1045</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="G407" t="s">
-        <v>1450</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="B408" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C408" t="s">
         <v>1049</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="G408" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="B409" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C409" t="s">
         <v>1053</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="G409" t="s">
-        <v>1201</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="B410" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C410" t="s">
         <v>1057</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G410" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="B411" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C411" t="s">
         <v>1061</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="G411" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="B412" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C412" t="s">
         <v>1065</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="G412" t="s">
-        <v>1468</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="B413" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C413" t="s">
         <v>1069</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="G413" t="s">
-        <v>1471</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="B414" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C414" t="s">
         <v>1073</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="G414" t="s">
-        <v>1447</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="B415" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C415" t="s">
         <v>1077</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="G415" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="B416" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C416" t="s">
         <v>1081</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="G416" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="B417" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C417" t="s">
         <v>1085</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="G417" t="s">
-        <v>1482</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="B418" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C418" t="s">
         <v>1089</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="G418" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="B419" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C419" t="s">
         <v>1093</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="G419" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="B420" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C420" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="G420" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="B421" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C421" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="G421" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="B422" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C422" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="G422" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="B423" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C423" t="s">
         <v>1108</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="G423" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="B424" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C424" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="G424" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="B425" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C425" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="G425" t="s">
-        <v>1482</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="B426" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C426" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="G426" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="B427" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C427" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="G427" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="B428" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C428" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="G428" t="s">
-        <v>1514</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="B429" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C429" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="G429" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="B430" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C430" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="G430" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="B431" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C431" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="G431" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="B432" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C432" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="G432" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="B433" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C433" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="G433" t="s">
-        <v>1214</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="B434" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C434" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="G434" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="B435" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="C435" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="G435" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="B436" t="s">
-        <v>1536</v>
+        <v>1400</v>
       </c>
       <c r="C436" t="s">
-        <v>803</v>
+        <v>1153</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="G436" t="s">
-        <v>1170</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="B437" t="s">
-        <v>1536</v>
+        <v>1400</v>
       </c>
       <c r="C437" t="s">
-        <v>812</v>
+        <v>1156</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="G437" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="B438" t="s">
-        <v>1536</v>
+        <v>1400</v>
       </c>
       <c r="C438" t="s">
-        <v>820</v>
+        <v>1160</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="G438" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="B439" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C439" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="G439" t="s">
-        <v>1546</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="B440" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C440" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="G440" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="B441" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C441" t="s">
         <v>832</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="G441" t="s">
-        <v>1482</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="B442" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C442" t="s">
         <v>836</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="G442" t="s">
-        <v>1491</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="B443" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C443" t="s">
         <v>840</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="G443" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="B444" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C444" t="s">
         <v>844</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="G444" t="s">
-        <v>1282</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="B445" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C445" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="G445" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="B446" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C446" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="G446" t="s">
-        <v>1301</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="B447" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="C447" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="G447" t="s">
-        <v>1565</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>764</v>
+        <v>1571</v>
       </c>
       <c r="B448" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
       <c r="C448" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="G448" t="s">
-        <v>1568</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>767</v>
+        <v>1573</v>
       </c>
       <c r="B449" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
       <c r="C449" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="G449" t="s">
-        <v>1570</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>771</v>
+        <v>1575</v>
       </c>
       <c r="B450" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
       <c r="C450" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="G450" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B451" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C451" t="s">
         <v>884</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="G451" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
         <v>779</v>
       </c>
       <c r="B452" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C452" t="s">
         <v>888</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="G452" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
         <v>783</v>
       </c>
       <c r="B453" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C453" t="s">
         <v>892</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="G453" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
         <v>787</v>
       </c>
       <c r="B454" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C454" t="s">
         <v>896</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="G454" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
         <v>791</v>
       </c>
       <c r="B455" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C455" t="s">
         <v>900</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="G455" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>795</v>
       </c>
       <c r="B456" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C456" t="s">
         <v>904</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="G456" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>799</v>
       </c>
       <c r="B457" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C457" t="s">
         <v>908</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="G457" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>803</v>
       </c>
       <c r="B458" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C458" t="s">
         <v>912</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="G458" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
         <v>807</v>
       </c>
       <c r="B459" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C459" t="s">
-        <v>1363</v>
+        <v>916</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="G459" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="B460" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C460" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="G460" t="s">
-        <v>1279</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="B461" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C461" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="G461" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="B462" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C462" t="s">
-        <v>924</v>
+        <v>1375</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="G462" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
         <v>824</v>
       </c>
       <c r="B463" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C463" t="s">
         <v>928</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="G463" t="s">
-        <v>1482</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
         <v>828</v>
       </c>
       <c r="B464" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C464" t="s">
         <v>932</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="G464" t="s">
-        <v>1531</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
         <v>832</v>
       </c>
       <c r="B465" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C465" t="s">
         <v>936</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="G465" t="s">
-        <v>1334</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>836</v>
       </c>
       <c r="B466" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C466" t="s">
         <v>940</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="G466" t="s">
-        <v>1531</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
         <v>840</v>
       </c>
       <c r="B467" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C467" t="s">
         <v>944</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
       <c r="G467" t="s">
-        <v>1282</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
         <v>844</v>
       </c>
       <c r="B468" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C468" t="s">
         <v>948</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="G468" t="s">
-        <v>1500</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="B469" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C469" t="s">
         <v>952</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
       <c r="G469" t="s">
-        <v>1139</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B470" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C470" t="s">
         <v>956</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="G470" t="s">
-        <v>966</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B471" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C471" t="s">
         <v>960</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
       <c r="G471" t="s">
-        <v>1214</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="B472" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C472" t="s">
         <v>964</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="G472" t="s">
-        <v>1294</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B473" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C473" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="G473" t="s">
-        <v>1508</v>
+        <v>978</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="B474" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C474" t="s">
         <v>972</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="G474" t="s">
-        <v>1523</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
         <v>872</v>
       </c>
       <c r="B475" t="s">
-        <v>1608</v>
+        <v>1578</v>
       </c>
       <c r="C475" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="G475" t="s">
-        <v>1610</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
         <v>876</v>
       </c>
       <c r="B476" t="s">
-        <v>1608</v>
+        <v>1578</v>
       </c>
       <c r="C476" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="G476" t="s">
-        <v>1612</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
         <v>880</v>
       </c>
       <c r="B477" t="s">
-        <v>1608</v>
+        <v>1578</v>
       </c>
       <c r="C477" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="G477" t="s">
-        <v>1614</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
         <v>884</v>
       </c>
       <c r="B478" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C478" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="G478" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
         <v>888</v>
       </c>
       <c r="B479" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C479" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="G479" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>892</v>
       </c>
       <c r="B480" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C480" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="G480" t="s">
-        <v>1301</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>896</v>
       </c>
       <c r="B481" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C481" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="G481" t="s">
-        <v>1165</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>900</v>
       </c>
       <c r="B482" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C482" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="G482" t="s">
-        <v>1334</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>904</v>
       </c>
       <c r="B483" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C483" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
       <c r="G483" t="s">
-        <v>1612</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>908</v>
       </c>
       <c r="B484" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C484" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="G484" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>912</v>
       </c>
       <c r="B485" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C485" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
       <c r="G485" t="s">
-        <v>1625</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1363</v>
+        <v>916</v>
       </c>
       <c r="B486" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C486" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="G486" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B487" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C487" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="G487" t="s">
-        <v>1629</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B488" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C488" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="G488" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>924</v>
+        <v>1375</v>
       </c>
       <c r="B489" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C489" t="s">
         <v>1021</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="G489" t="s">
-        <v>1503</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
         <v>928</v>
       </c>
       <c r="B490" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C490" t="s">
         <v>1025</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="G490" t="s">
-        <v>1531</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>932</v>
       </c>
       <c r="B491" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C491" t="s">
         <v>1029</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="G491" t="s">
-        <v>1158</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
         <v>936</v>
       </c>
       <c r="B492" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C492" t="s">
         <v>1033</v>
       </c>
       <c r="D492" t="s">
         <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>11</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1635</v>
+        <v>1644</v>
       </c>
       <c r="G492" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>940</v>
       </c>
       <c r="B493" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C493" t="s">
         <v>1037</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1636</v>
+        <v>1645</v>
       </c>
       <c r="G493" t="s">
-        <v>1637</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>944</v>
       </c>
       <c r="B494" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C494" t="s">
         <v>1041</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="G494" t="s">
-        <v>1639</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>981</v>
+        <v>948</v>
       </c>
       <c r="B495" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C495" t="s">
-        <v>1081</v>
+        <v>1045</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>11</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="G495" t="s">
-        <v>1641</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>984</v>
+        <v>952</v>
       </c>
       <c r="B496" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C496" t="s">
-        <v>1085</v>
+        <v>1049</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="G496" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>987</v>
+        <v>956</v>
       </c>
       <c r="B497" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C497" t="s">
-        <v>1089</v>
+        <v>1053</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="G497" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B498" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C498" t="s">
         <v>1093</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="G498" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="B499" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C499" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="G499" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="B500" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C500" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="G500" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B501" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C501" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="G501" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>948</v>
+        <v>1005</v>
       </c>
       <c r="B502" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C502" t="s">
-        <v>1045</v>
+        <v>1108</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="G502" t="s">
-        <v>1279</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>952</v>
+        <v>1008</v>
       </c>
       <c r="B503" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C503" t="s">
-        <v>1049</v>
+        <v>1112</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="G503" t="s">
-        <v>1165</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>956</v>
+        <v>1011</v>
       </c>
       <c r="B504" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C504" t="s">
-        <v>1053</v>
+        <v>1116</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="G504" t="s">
-        <v>1328</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>960</v>
       </c>
       <c r="B505" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C505" t="s">
         <v>1057</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="G505" t="s">
-        <v>1158</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>964</v>
       </c>
       <c r="B506" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C506" t="s">
         <v>1061</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="G506" t="s">
-        <v>1523</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="B507" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C507" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
         <v>11</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="G507" t="s">
-        <v>1294</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="B508" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C508" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="G508" t="s">
-        <v>1661</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="B509" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C509" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="G509" t="s">
-        <v>1282</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="B510" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C510" t="s">
-        <v>1108</v>
+        <v>1081</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="G510" t="s">
-        <v>1664</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>1006</v>
+        <v>987</v>
       </c>
       <c r="B511" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C511" t="s">
-        <v>1111</v>
+        <v>1085</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1665</v>
+        <v>1672</v>
       </c>
       <c r="G511" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>1009</v>
+        <v>990</v>
       </c>
       <c r="B512" t="s">
-        <v>1667</v>
+        <v>1620</v>
       </c>
       <c r="C512" t="s">
-        <v>1115</v>
+        <v>1089</v>
       </c>
       <c r="D512" t="s">
         <v>10</v>
       </c>
       <c r="E512" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="G512" t="s">
-        <v>1669</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B513" t="s">
-        <v>1667</v>
+        <v>1620</v>
       </c>
       <c r="C513" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D513" t="s">
         <v>10</v>
       </c>
       <c r="E513" t="s">
         <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="G513" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B514" t="s">
-        <v>1667</v>
+        <v>1620</v>
       </c>
       <c r="C514" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="G514" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
         <v>1021</v>
       </c>
       <c r="B515" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C515" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="G515" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
         <v>1025</v>
       </c>
       <c r="B516" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C516" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="G516" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>1029</v>
       </c>
       <c r="B517" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C517" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="G517" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
         <v>1033</v>
       </c>
       <c r="B518" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C518" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="G518" t="s">
-        <v>1279</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
         <v>1037</v>
       </c>
       <c r="B519" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C519" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="G519" t="s">
-        <v>1328</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>1041</v>
       </c>
       <c r="B520" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C520" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="G520" t="s">
-        <v>1683</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
         <v>1045</v>
       </c>
       <c r="B521" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C521" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="G521" t="s">
-        <v>1685</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>1049</v>
       </c>
       <c r="B522" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C522" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="G522" t="s">
-        <v>1687</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1688</v>
+        <v>1053</v>
       </c>
       <c r="B523" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="C523" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="G523" t="s">
-        <v>1334</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1691</v>
+        <v>1057</v>
       </c>
       <c r="B524" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="C524" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="G524" t="s">
-        <v>1531</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>969</v>
+        <v>1061</v>
       </c>
       <c r="B525" t="s">
-        <v>1608</v>
+        <v>1679</v>
       </c>
       <c r="C525" t="s">
-        <v>1065</v>
+        <v>1160</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="G525" t="s">
-        <v>1694</v>
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="526" spans="1:7">
+      <c r="A526" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D526" t="s">
+        <v>10</v>
+      </c>
+      <c r="E526" t="s">
+        <v>11</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G526" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="527" spans="1:7">
+      <c r="A527" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D527" t="s">
+        <v>10</v>
+      </c>
+      <c r="E527" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G527" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="528" spans="1:7">
+      <c r="A528" t="s">
+        <v>981</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D528" t="s">
+        <v>10</v>
+      </c>
+      <c r="E528" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="G528" t="s">
+        <v>1706</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -18074,50 +18179,53 @@
     <hyperlink ref="F501" r:id="rId500"/>
     <hyperlink ref="F502" r:id="rId501"/>
     <hyperlink ref="F503" r:id="rId502"/>
     <hyperlink ref="F504" r:id="rId503"/>
     <hyperlink ref="F505" r:id="rId504"/>
     <hyperlink ref="F506" r:id="rId505"/>
     <hyperlink ref="F507" r:id="rId506"/>
     <hyperlink ref="F508" r:id="rId507"/>
     <hyperlink ref="F509" r:id="rId508"/>
     <hyperlink ref="F510" r:id="rId509"/>
     <hyperlink ref="F511" r:id="rId510"/>
     <hyperlink ref="F512" r:id="rId511"/>
     <hyperlink ref="F513" r:id="rId512"/>
     <hyperlink ref="F514" r:id="rId513"/>
     <hyperlink ref="F515" r:id="rId514"/>
     <hyperlink ref="F516" r:id="rId515"/>
     <hyperlink ref="F517" r:id="rId516"/>
     <hyperlink ref="F518" r:id="rId517"/>
     <hyperlink ref="F519" r:id="rId518"/>
     <hyperlink ref="F520" r:id="rId519"/>
     <hyperlink ref="F521" r:id="rId520"/>
     <hyperlink ref="F522" r:id="rId521"/>
     <hyperlink ref="F523" r:id="rId522"/>
     <hyperlink ref="F524" r:id="rId523"/>
     <hyperlink ref="F525" r:id="rId524"/>
+    <hyperlink ref="F526" r:id="rId525"/>
+    <hyperlink ref="F527" r:id="rId526"/>
+    <hyperlink ref="F528" r:id="rId527"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>