--- v1 (2025-12-12)
+++ v2 (2026-03-19)
@@ -10,5180 +10,5231 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3696" uniqueCount="1707">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3724" uniqueCount="1724">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4946</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4946/decreto_302_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 16, 17 e 18 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>4942</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4942/decreto_301_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aprovação da Mensagem de Veto n. 02, de 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>4936</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4936/decreto_legislativo_300_de_2026_-_karolina_vitorino_-_alteracao_de_regime_de_teletrabalho.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para alteração do regime de teletrabalho da servidora Karolina Vitorino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4915</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4915/decreto_298_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aprovação da Mensagem de Veto n. 01, de 03 de novembro de 2025.</t>
+  </si>
+  <si>
     <t>4898</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>297</t>
   </si>
   <si>
-    <t>DL</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf</t>
   </si>
   <si>
     <t>Homologa o resultado das eleições para o cargo de vereador Mirim do programa “Câmara Mirim”, do município de Itapoá/SC para exercício de 2026</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 21 de novembro de 2025.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 28 de outubro de 2025.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf</t>
   </si>
   <si>
     <t>Institui Luto Oficial de três dias nas dependências da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf</t>
   </si>
   <si>
     <t>Designa responsável pela segunda assinatura bancária e suplentes, no âmbito da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf</t>
   </si>
   <si>
     <t>Institui Luto Oficial de três dias nas dependências da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre valores de diárias no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 19 e 20 de junho de 2025.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Defesa e Educação Ambiental (ADEA), no âmbito do município de Itapoá/SC.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Pais e Amigos dos Excepcionais de Itapoá (APAE), no âmbito do município de Itapoá/SC</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 02 de maio de 2025.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo n. 01/2025 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 03, 04 e 05 de março de 2025.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf</t>
   </si>
   <si>
     <t>Revoga Decreto Legislativo n. 280, de 04 de fevereiro de 2025, o qual decreta a realização das Reuniões Extraordinárias por videochamada em ambiente virtual.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf</t>
   </si>
   <si>
     <t>Decreta a realização das Reuniões das Comissões por videochamada em ambiente virtual.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf</t>
   </si>
   <si>
     <t>Decreta a realização das Reuniões Extraordinárias por videochamada em ambiente virtual.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo n. 01/2024 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto n. 03, de 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial n. 02/2024 às Emendas Legislativas n. 125, 144, 152, 153, 154 e Subemenda Legislativa n. 02/2024 ao Projeto de Lei Ordinária n. 93 de 13 de setembro de 2024.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alteração do regime de teletrabalho do servidor Francisco Xavier Soares Filho e dá outras providências.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2023.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf</t>
   </si>
   <si>
     <t>Decreta empossada o Vereador Adriano Machado Landgraf.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf</t>
   </si>
   <si>
     <t>Concede licença pelo período de 30 dias, ao Vereador Tiago de Oliveira.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano de Auditoria Interna Operacional da Unidade de Controle Interno da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf</t>
   </si>
   <si>
     <t>Decreta empossada o Vereador Amilton Machado da Silva</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf</t>
   </si>
   <si>
     <t>Decreta empossado o Prefeito, Jonecir Soares e Vice-Prefeito Luiz Martins Junior.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf</t>
   </si>
   <si>
     <t>Decreta empossada a Vereadora Izabel Correia Marcondes.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf</t>
   </si>
   <si>
     <t>Decreta empossado o Prefeito interino, Jonecir Soares.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara a extinção do mandato do Prefeito Jeferson Rubens Garcia, em decorrência da decisão judicial do Processo n. 0600564-30.2020.6.24.0105, do Tribunal Superior Eleitoral.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 28 de Junho de 2024.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito da Câmara Municipal de Itapoá, os procedimentos para a garantia do acesso à informação e para a classificação de informações sob restrição de acesso, observados grau e prazo de sigilo, conforme o disposto na Lei nº 12.527, de 18 de novembro de 2011.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 31 de maio de 2024.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Pais e Amigos dos Excepcionais de Itapoá (APAE), no âmbito do município de Itapoá/SC.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2022</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf</t>
   </si>
   <si>
     <t>Designa responsável pela segunda assinatura bancária e substituto na ausência do Segundo Responsável pela conta bancária da Câmara Municipal de Vereadores de Itapoá.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf</t>
   </si>
   <si>
     <t>Decreta a realização das Reuniões das Comissões Permanentes por videochamada em ambiente virtual</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 12, 13 e 14 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 30 de outubro de 2023.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 13 de outubro de 2023.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 08 de setembro de 2023.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo n. 02/2023 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do mandato e a vacância do cargo de prefeito decorrente de renúncia escrita protocolada pelo Sr. Marlon Roberto Neuber, titular do cargo de Prefeito de Itapoá, e dá outras providências.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Pais e Amigos Excepcionais de Itapoá (APAE), no âmbito do Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 09 de junho de 2023.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2021.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf</t>
   </si>
   <si>
     <t>Decreta empossado o Vereador Gerson dos Santos Chaves</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 28 de abril de 2023.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor José Carlos Guimarães.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Roberto Bady Saad.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Luciano José Buligon.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Juarez França dos Santos.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor José Alves de Souza.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário à Drª Aline Vasty Ferrandin.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Capitão Richardson Bortolini Lima.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo nº 01/2023 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pedido de afastamento por 120 dias, sem remuneração, do Prefeito Marlon Roberto Neuber, nos termos do inciso V do artigo 29 e artigo 65 da Lei Orgânica de Itapoá e do inciso III do artigo 33 e da alínea ‘c’, inciso IV do artigo 46, ambos do Regimento Interno da Casa.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 20, 21 e 22 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf</t>
   </si>
   <si>
     <t>Decreta a realização das Reuniões das Comissões Permanentes por videochamada em ambiente virtual.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf</t>
   </si>
   <si>
     <t>Decreta empossada a Vereadora Izabel Correia Marcondes</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf</t>
   </si>
   <si>
     <t>Decreta empossado o Vereador Jonecir Soares.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pedido de afastamento por 90 dias, sem remuneração, do Prefeito Marlon Roberto Neuber, nos termos do inciso V do artigo 29 e artigo 65 da Lei Orgânica de Itapoá e do inciso III do artigo 33 e da alínea ‘c’, inciso IV do artigo 46, ambos do Regimento Interno da Casa.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 09 de dezembro de 2022.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 14 de novembro de 2022.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação pelo plenário do pedido de ausência do prefeito, por período de 30 dias, por motivo de férias remuneradas, do município de Itapoá, nos termos dos arts. 65 e 66 da lei Orgânica de Itapoá.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Mensagens de Vetos Totais n. 03, 04, 05, 06, 07, 08, 09, 10 e 11/2022 às Emendas Legislativas n. 13, 14, 15, 16, 19, 20, 21, 38, e 47/2022 ao Projeto de Lei Ordinária n. 58, de 15 de julho de 2022.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial n. 02/2022 ao Projeto de Lei n. 39, de 13 de maio de 2022.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Total n. 01/2022 ao Projeto de Lei n. 25, de 25 de março de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 16 e 17 de junho de 2022.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf</t>
   </si>
   <si>
     <t>Institui folga compensatória para os servidores públicos que optarem por trabalhar no dia 26 de abril de 2022, aniversário do Município de Itapoá, e dá outras providências.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito à Senhora Rosemeri Alves</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito à Senhora Luciane dos Santos Batista Marco.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Júlio Sérgio Cunha.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor José Bento Alves de Souza.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Francisco Antônio Bittencourt de Almeida.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Cláudio Sérgio Costa da Silva.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Carlos Roberto Fogagnolo.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Senhora Priscila de Araújo Carneiro.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Senhora Nair Soares Mertens.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Manoel Valdeci Santos.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Jonivaldo Antonio Morriesen.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor João Rodrigues.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Coronel Dirceu Neundorf.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Senhora Carmen Emília Bonfá Zanotto.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Ademir da Silva Costa.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2020.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2019.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 28 de fevereiro e 1º de março de 2022.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial n. 05/2021 ao Projeto de Lei n. 57, de 25 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Total n. 04/2021 ao Projeto de Lei n. 88, de 25 de agosto de 2021.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Supermercado Manchester.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Josenio Vieira Bernardi.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor José Maria Caldeira.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao senhor Izael Nascimento Da Silva.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito à Senhora Elfrida Soares De Lima.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao senhor Daniel Gomes Gutierrez, 3º Sargento da Polícia Militar.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Caetano Meireles Vargas.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito ao Senhor Adirceu de Jesus Barbosa Dos Santos.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário ao Senhor Rogério da Costa Silveira.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário ao Senhor Deputado Estadual Maurício José Eskudlark.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária à Senhora Mariza Scholz.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário ao Senhor Gilmar Felisberto do Nascimento.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário ao Senhor Fernando Krelling.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária à senhora Darci Clara Arins</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário ao Senhor Deputado Federal Carlos Alberto Chiodini.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária à senhora Carolina Orminda Vieira.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 1º de novembro de 2021.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para integrarem a Comissão de Avaliação de Titulação e Capacitações do Poder Legislativo de Itapoá/SC.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Total n. 03/2021 ao Projeto de Lei n. 93, de 02 de setembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 11 de outubro de 2021.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial n. 02/2021 ao Projeto de Lei n. 45, de 20 de maio de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC no dia 06 de setembro de 2021.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo nº 167/2021, que dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), no âmbito da Câmara Municipal de Itapoá-SC.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nas dependências da Câmara Municipal de Itapoá/SC nos dias 03 e 04 de junho de 2021.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação Esportiva e Paradesportiva de Itapoá (ASEPI), no âmbito do_x000D_
 Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Defesa e Educação Ambiental (ADEA), no âmbito do Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à “Associação Protetora dos Animais Desamparados – Patinhas Abandonadas”, no âmbito do Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Pais e Amigos Excepcionais de Itapoá (APAE), no âmbito do_x000D_
 Município de Itapoá/SC.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo no 170/2021, que dispõe sobre medidas de prevenção e combate ao contágio do coronavírus_x000D_
 (COVID-19), sobre medidas de contingenciamento com a suspensão de despesas com pagamentos ou ressarcimentos de_x000D_
 diárias, passagens e ajuda de custos para cursos presenciais, aos vereadores e servidores da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), sobre medidas de contingenciamento com a suspensão de despesas com pagamentos ou ressarcimentos de diárias, passagens e ajuda de custos para cursos presenciais, aos vereadores e servidores da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf</t>
   </si>
   <si>
     <t>Transfere o Feriado Nacional de Tiradentes, comemorado no dia 21 de abril de 2021, para o dia 23 de abril de 2021, no âmbito da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), no âmbito da Câmara Municipal de Itapoá-SC</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo nº 01/2021 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nos dias 15 e 16 de fevereiro de 2021 nas dependências da Câmara de Vereadores de Itapoá.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), bem como define medidas de contingenciamento com a suspensão de despesas com pagamentos ou ressarcimentos de diárias, passagens e ajuda de custos para cursos presenciais, aos vereadores e servidores da Câmara Municipal de Itapoá/SC.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), no âmbito da câmara municipal de Itapoá-SC.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf</t>
   </si>
   <si>
     <t>Designa substituto na ausência do Segundo Responsável pela conta bancária da Câmara Municipal de Vereadores de Itapoá.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf</t>
   </si>
   <si>
     <t>Designa responsável pela segunda assinatura da conta bancária da Câmara Municipal de Vereadores de Itapoá.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf</t>
   </si>
   <si>
     <t>APROVA O PROJETO DE AUDITORIA DA UNIDADE DE CONTROLE INTERNO DESTE PODER LEGISLATIVO, PARA A REALIZAÇÃO DE AUDITORIA INTERNA NO EXERCÍCIO DE 2020, NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ-S, E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vacância do cargo de prefeito decorrente da renúncia do Prefeito Municipal de Itapoá/SC, Sr. Carlos Henrique Pedriali Nobrega, em razão de Carta de Renúncia do cargo de Prefeito protocolado no dia 02/12/2020 às 11h45min na Câmara Municipal de Itapoá, e dá outras providências.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 07 DE DEZEMBRO DE 2020 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf</t>
   </si>
   <si>
     <t>INSTITUI LUTO OFICIAL DE TRÊS DIAS NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vacância do cargo de prefeito decorrente da renúncia do Prefeito Municipal de Itapoá/SC, Sr. Marlon Roberto Neuber, em razão do cumprimento voluntário da sanção de perda da função pública determinada nos autos da Ação Civil Pública n° 5020634-20.2014.4.04.7201 e dá outras providências.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O DECRETO LEGISLATIVO Nº 141/2020, QUE DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Defesa e Educação Ambiental – ADEA, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação de Pais e Amigos Excepcionais de Itapoá - APAE, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação Protetora dos Animais Desamparados – Patinhas Abandonadas, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo no dia 30 de outubro de 2020 nas dependências da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA INTEGRAREM A COMISSÃO DE AVALIAÇÃO DE TITULAÇÕES E CAPACITAÇÕES DO PODER LEGISLATIVO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo  nº 141/2020, o qual dispõe sobre medidas de prevenção e combate ao contágio do coronavírus (COVID-19), no âmbito da Câmara Municipal de Itapoá, e estabelece outras providências.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Termo de Baixa Definitivo nº 01/2020 da Comissão de Patrimônio da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2018.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o trabalho remoto pelos servidores do Poder Legislativo municipal, e estabelece outras providências.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 11 E 12 DE JUNHO DE 2020 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O DECRETO LEGISLATIVO Nº 136/2020, QUE DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS EM COMPLEMENTO AOS DECRETOS LEGISLATIVOS Nº 130, 131, 132, 134 e 135, TODOS DE 2020.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial nº 01/2020 ao Projeto de Lei nº 26 de 23 de março de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19) E SOBRE A ORGANIZAÇÃO DOS TRABALHOS DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do Coronavírus (COVID-19), no âmbito da Câmara Municipal de Itapoá, e estabelece outras providências em complemento aos Decretos Legislativos nº 130, 131, 132, 134 e 135/2020.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS EM COMPLEMENTO AOS DECRETOS LEGISLATIVOS Nº 130, 131, 132 e 134 DE 2020.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS EM COMPLEMENTO AOS DECRETOS LEGISLATIVOS Nº 130, 131 E 132  DE 2020.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf</t>
   </si>
   <si>
     <t>Nomeia membro para compor a Comissão de Educação, Saúde e Assistência, Comissão de Orçamento e Finanças e Comissão de Obras e Serviços Públicos.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS EM COMPLEMENTO AOS DECRETOS LEGISLATIVOS Nº 130/2020, DE 18 DE MARÇO DE 2020, e 131/2020, DE 23 DE MARÇO DE 2020.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao contágio do Coronavírus (COVID-19), no âmbito da Câmara Municipal de Itapoá, e estabelece outras providências em complemente ao Decreto Legislativo nº 130/2020, de 18 de março de 2020.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE PREVENÇÃO E COMBATE AO CONTÁGIO DO CORONAVÍRUS (COVID-19), NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAPOÁ, E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 24, 25 E 26 DE FEVEREIRO DE 2020 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO PARA COMPOR A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COMISSÃO DE ORÇAMENTO E FINANÇAS E COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para integrarem a Comissão de Avaliação de Titulação do Poder Legislativo de Itapoá/SC.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo no dia 28 de outubro de 2019 nas dependências da Câmara Municipal de Itapoá</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial nº 04/2019 ao Projeto de Lei nº 11 de 06 de fevereiro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial nº 03/2019 ao Projeto de Lei nº 65 de 14 de junho de 2019, e dá outras providências</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição da Mensagem de Veto Parcial nº 02/2019 ao Projeto de Lei nº 35 de 10 de maio de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto Parcial no 01/2019 ao Projeto de Lei no 26 de 12 de abril de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf</t>
   </si>
   <si>
     <t>Exonera da Função Gratificada</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf</t>
   </si>
   <si>
     <t>Exonera da função gratificada</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas anuais do município de Itapoá/SC, relativas ao exercício de 2017.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo nos dias 20 e 21 de junho de 2019 nas dependências da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Entidade Beira Rio Esporte Clube, no âmbito do município de Itapoá-SC</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação dos Idosos Maria Izabel, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação de Defesa e Educação Ambiental – ADEA, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação Cultural, Esportiva, Recreativa e Assistencial dos moradores da Gleba I de Itapoá- Aceramgi, no âmbito do Município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação de Pais e Amigos Excepcionais de Itapoá- APAE, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação de Proteção e Abrigo aos Animais Carentes São Francisco de Assis- APAACSFA, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública Associação Protetora dos Animais Desamparados – Patinhas Abandonadas, no âmbito do município de Itapoá-SC</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública à Associação Cultural das Nações de Itapoá, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Fundação pelo Desenvolvimento de Itapoá, Pró-Itapoá, no âmbito do município de Itapoá-SC</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação Itapoense de Surf- AIS, no âmbito do Município de Itapoá-SC</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf</t>
   </si>
   <si>
     <t>Certifica o reconhecimento de Utilidade Pública a Associação Comunitária de Itapema do Norte- Acoin, no âmbito do município de Itapoá-SC.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf</t>
   </si>
   <si>
     <t>Nomeia membro para compor a "Comissão de Legislação, Justiça e Redação Final"; "Comissão de Orçamento e Finanças"; e "Comissão de Obras e Serviços Públicos".</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo nos dias 29 e 30 de abril de 2019, nas dependência da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf</t>
   </si>
   <si>
     <t>Concede a medalha de honra ao mérito à Senhora Maria Aparecida Alves Fernandes.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf</t>
   </si>
   <si>
     <t>Concede a medalha de honra ao mérito à Senhora Margot Helena de Sá Ribas.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf</t>
   </si>
   <si>
     <t>Concede a medalha de honra ao mérito ao Senhor Lorino Harttelt da Cunha.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf</t>
   </si>
   <si>
     <t>Concede a medalha de honra ao mérito ao Senhor Waldemar Baranoski.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf</t>
   </si>
   <si>
     <t>Concede a medalha de honra ao mérito à Senhora Danieli Cristina Soares.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Senhoria Margarida Aparecida da Silva Estevão.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária à Senhora Gladis Stock Fonseca.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor Pedro Silvano Gunther.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo nos dias  04, 05 e 06 de março de 2019 nas dependências da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf</t>
   </si>
   <si>
     <t>Anula o Decreto Legislativo no 90/2018, que dispõe sobre a exoneração de servidor ocupante do cargo de diretor Administrativo, com observância da análise e_x000D_
 recomendação da Procuradoria Jurídica da Casa, conforme o Parecer Jurídico no 241/2019</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão de Estudo da Estrutura Administrativa da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf</t>
   </si>
   <si>
     <t>Exonera cargo em comissão de Diretor Administrativo.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Mensagem de Veto nº 01/2018 ao Projeto de Lei nº 61/2018, e dá outras providências</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo no dia 20 de dezembro de 2018, a partir das 12 horas, nas dependências da Câmara Municipal de Itapoá.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto facultativo no dia 16 de novembro de 2018, nas dependências da Câmara  Municipal de Itapoá/SC</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para integrarem a Comissão de Avaliação de Titulação do Poder Legislativo de Itapoá/SC</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf</t>
   </si>
   <si>
     <t>APROVA O PROJETO DA CONTROLADORIA INTERNA DO PODER LEGISLATIVO DE ITAPOÁ, PARA A REALIZAÇÃO DE AUDITORIA INTERNA NO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO PARA COMPOR A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO PARA COMPOR A COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS ANUAIS DO MUNICÍPIO DE ITAPOÁ/SC, RELATIVAS AO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 1º DE JUNHO DE 2018 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO TERMO DE BAIXA DEFINITIVO Nº. 01/2018 DA COMISSÃO DE PATRIMÔNIO DA CÂMARA MUNICIPAL DE ITAPOÁ</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PEDIDO DE AUSÊNCIA DO VICE-PREFEITO, POR PERÍODO SUPERIOR A 15 DIAS, DO MUNICÍPIO DE ITAPOÁ, NOS TERMOS DO ART.65 DA LEI ORGÂNICA DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PROTEÇÃO E ABRIGO AOS ANIMAIS CARENTES SÃO FRANCISCO DE ASSIS &amp;#8211; APAACSFA, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS IDOSOS MARIA IZABEL, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL DAS NAÇÕES DE ITAPOÁ, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ENTIDADE BEIRA RIO ESPORTE CLUBE, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA DE ITAPEMA DO NORTE - ACOIN, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ITAPOÁ - APAE, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE DEFESA E EDUCAÇÃO AMBIENTAL &amp;#8211; ADEA, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A FUNDAÇÃO PELO DESENVOLVIMENTO DE ITAPOÁ, PRÓ- ITAPOÁ, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ITAPOENSE DE SURF &amp;#8211; AIS, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A COMUNHÃO ESPÍRITA CRISTÃ DE ITAPOÁ, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL, ESPORTIVA, RECREATIVA E ASSISTENCIAL DOS MORADORES DA GLEBA I DE ITAPOÁ - ACERAMGI, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES E AMIGOS DO BAIRRO BOM RETIRO, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 27 E 30 DE ABRIL DE 2018 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR SAMUEL MARTINS.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR HERCÍLIO SOUZA</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR OSVALDO JOSÉ WESTPHAL.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JORGINHO DOS SANTOS MELLO.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA COMPOR A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA NO PERÍODO DE 90 DIAS AO VEREADOR JOAREZ ANTÔNIO SANTIN.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO PARA COMPOR A COMISSÃO DE ORÇAMENTO E FINANÇAS.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA INTEGRALMENTE O DECRETO LEGISLATIVO Nº 56/2018 EM DECORRÊNCIA DE DECISÃO JUDICIAL QUE DEFERIU A LIMINAR NO AGRAVO DE INSTRUMENTO Nº 5009104-49.2018.4.04.0000/SC (EVENTO 2) NO TRF DA 4ª REGIÃO, INTERPOSTO PELO SR. MARLON ROBERTO NEUBER, PARA A CONCESSÃO DO EFEITO SUSPENSIVO DA DETERMINAÇÃO DA PERDA DO CARGO PÚBLICO DE PREFEITO.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARADA A PERDA DA FUNÇÃO PÚBLICA, E A CONSEQUENTE EXTINÇÃO DO MANDATO DO PREFEITO MARLON ROBERTO NEUBER, EM DECORRÊNCIA DA DECISÃO JUDICIAL DO PROCESSO Nº 5020634-20.2014.4.04.7201/SC (EVENTO 144), DA 2º VARA FEDERAL DE JOINVILLE - JUSTIÇA FEDERAL.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO PARA COMPOR A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E A COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 12, 13 E 14 DE FEVEREIRO DE 2017 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA SUBSTITUTO NA AUSÊNCIA DO SEGUNDO RESPONSÁVEL PELA CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA RESPONSÁVEL PELA SEGUNDA ASSINATURA DA CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA O RECONHECIMENTO DE UTILIDADE PÚBLICA A LIGA ITAPOAENSE DE FUTEBOL - LITA, NO ÂMBITO DO MUNICÍPIO DE ITAPOÁ-SC.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 3 DE NOVEMBRO DE 2017 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA INTEGRAREM A COMISSÃO DE AVALIAÇÃO DE TITULAÇÃO DO PODER LEGISLATIVO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO DA CONTROLADORIA INTERNA DA CÂMARA, PARA A REALIZAÇÃO DE AUDITORIA INTERNA OPERACIONAL NO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CARGO EM COMISSÃO DE ASSESSORA PARLAMENTAR</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 13 DE OUTUBRO DE 2017 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO DE ASSESSOR PARLAMENTAR.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA ASSESSOR PARLAMENTAR</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 15 E 16 DE JUNHO DE 2017 NAS_x000D_
 DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SOLDADO RAPHAEL CARNEIRO.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR OSMAIR DORNELL.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR MÁRIO ELÓI TAVARES.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SOLDADO MARCUS VINICIUS CESCHINI SANTOS.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR WERNEY ZUNEDA SERAFINI.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR VITORINO LUIZ PAESE.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR PEDRO MAXIMO DOS SANTOS.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NILTON LUCHTENBERG.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ HONORÁRIA À SENHORA MÁRCIA REGINA EGGERT SOARES.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ_x000D_
 MARTINS.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO FRANCISCO MARIA.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR DANIEL SILVANO WEBER.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CARLOS DA SILVA.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 27 E 28 DE_x000D_
 FEVEREIRO E 1O DE MARÇO DE 2017 NAS DEPENDÊNCIAS DA_x000D_
 CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO ASSESSOR PARLAMENTAR.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO ASSESSOR  PARLAMENTAR.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO DIRETOR ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO ASSESSOR DE IMPRENSA.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA SUBSTITUTO NA AUSÊNCIA DO SEGUNDO RESPONSÁVEL PELA CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO DE SECRETÁRIA GERAL.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CARGO EM COMISSÃO DE PROCURADOR JURÍDICO.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA PROCURADORA JURÍDICA</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA ASSESSOR DE IMPRENSA</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA DIRETOR ADMINISTRATIVO</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA SECRETÁRIO GERAL</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 14 DE NOVEMBRO DE 2016, NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA MEMBROS PARA INTEGRAREM A COMISSÃO DE AVALIAÇÃO DE TITULAÇÃO DO PODER LEGISLATIVO DE ITAPOÁ/SC._x000D_
 </t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO DA CONTROLADORIA INTERNA DA CÂMARA, PARA A REALIZAÇÃO DE AUDITORIA INTERNA NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PREFEITO RELATIVAS AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 26 E 27 DE MAIO DE 2016, NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 22 ABRIL DE 2016, NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA ASSESSOR PARLAMENTAR</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA ASSESSOR PARLAMENTAR_x000D_
 </t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 08, 09 E 10 DE FEVEREIRO DE 2016 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 08 DE DEZEMBRO DE 2015 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DIRETOR ADMINISTRATIVO</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 28, 29 E 30 DE OUTUBRO DE 2015 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA ASSESSORA PARLAMENTAR</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO DA CONTROLADORIA INTERNA DA CÂMARA, PARA A REALIZAÇÃO DE AUDITORIA INTERNA NO EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 04 E 05 DE JUNHO DE 2015 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR FRANCISCO BESEN.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR FERNANDO PACHECO.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR LUIZ ANTONIO PIAZZETTA.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA SOLANE GODET ZAGONEL.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA SÔNIA MARIA DA SILVEIRA.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR MARCOS ANTONIO FONTANA.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ SLUMINSKI.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA PROCURADORA JURÍDICA </t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA PROCURADORA JURÍDICA </t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 04 DE ABRIL DE 2015 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 16, 17 E 18 DE FEVEREIRO DE 2015 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA PROCURADORA JURÍDICA.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA ASSESSOR DE IMPRENSA</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DIRETOR LEGISLATIVO</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CONTROLADORA INTERNA.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA SECRETÁRIO GERAL</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA DIRETOR LEGISLATIVO</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA SECRETÁRIA GERAL</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CONTROLADORA INTERNA.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A 	RATIFICAÇÃO DOS TERMOS DE BAIXA DEFINITIVOS .</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PREFEITO RELATIVAS AO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº81/2014</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 27 E 28 DE OUTUBRO DE 2014 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA PROCURADORA JURÍDICA</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PREFEITO RELATIVAS AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA PROCURADOR JURÍDICO</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 19 E 20 DE JUNHO DE 2014 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 02 DE MAIO DE 2014 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA ANTÔNIA PEREIRA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR ANDERSON WEBER.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA AMÉRICA ROSÁRIO DE MIRANDA.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA JUVENTINA ANA PERES.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR JOSÉ AIR PINHEIRO CUNHA.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NORBERTO WEBER.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO À SENHORA ANAIR BAMBINA BUCHIROLLI.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANTÔNIO JOSÉ DE MATTOS PATRÍCIO JUNIOR.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NOS DIAS 03, 04 E 05 DE MARÇO DE 2014 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DIRETOR LEGISLATIVO.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA ASSESSOR DE IMPRENSA.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR LEGISLATIVO.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA DIRETORA LEGISLATIVA.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO DIA 23 DE DEZEMBRO DE 2013 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA RECESSO ENTRE OS DIAS 24 DE DEZEMBRO DE 2013 E 03 DE JANEIRO DE 2014 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETA  PONTO   FACULTATIVO   NO   DIA  28  DE OUTUBRO  DE   2013   NAS   DEPENDÊNCIAS   DA   CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA PONTO FACULTATIVO NOS DIAS 30 E 31 DE MAIO DE 2013 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PREFEITO RELATIVAS AO EXERCÍCIO DE 2011.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA ASSESSORA PARLAMENTAR</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR JOÃO ANTONIO DA SILVA.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR SÉRGIO DA SILVA.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ABEL PEREIRA GOMES.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANÉVIO PAESE.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR WILLY DANKER.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ALVINO JUVENAL DE SOUZA.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MIGUEL CARNEIRO BRAZ.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA ASSESSOR DE IMPRENSA </t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA ASSESSOR PARLAMENTAR </t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA ASSESSOR DE IMPRENSA </t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXONERA ASSESSOR DA PRESIDÊNCIA </t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO PODER LEGISLATIVO DO MUNICÍPIO DE ITAPOÁ/SC, A COMISSÃO ESPECIAL PARA ACOMPANHAMENTO DA CONSTRUÇÃO DA NOVA SEDE DA CÂMARA MUNICIPAL DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A MODALIDADE DE LICITAÇÃO DENOMINADA PREGÃO PRESENCIAL, PARA A AQUISIÇÃO DE BENS, E PARA A CONTRATAÇÃO DE SERVIÇOS COMUNS, NO ÂMBITO DO PODER LEGISLATIVO DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA PONTO FACULTATIVO NOS DIAS 11, 12 E 13 DE FEVEREIRO DE 2013 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA ASSESSOR DA PRESIDÊNCIA </t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CONTROLADORA INTERNA</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR LEGISLATIVO</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DA SETOR DE COMPRAS E ALMOXARIFADO</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR DE ARQUIVO E CONTROLE DOCUMENTAL</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DO SETOR LEGISLATIVO</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DA SEÇÃO DE COMPRAS</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DA SEÇÃO DE ARQUIVO E CONTROLE DOCUMENTAL</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DA SEÇÃO DE ARQUIVO E CONTROLE DOCUMENTAL</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DA SEÇÃO DE COMPRAS</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR DE INFORMÁTICA</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR DE PATRIMÔNIO</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA SUBSTITUTO NA AUSÊNCIA DA SEGUNDA RESPONSÁVEL PELA CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESIGNA RESPONSÁVEL PELA SEGUNDA ASSINATURA DA CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ._x000D_
 </t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR DE RECURSOS HUMANOS</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DO SETOR CONTÁBIL-FINANCEIRO</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DIRETORA LEGISLATIVO</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA PROCURADOR JURÍDICO</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA SECRETÁRIA GERAL</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO O DIA 16 DE NOVEMBRO DE 2012.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO OS DIAS 07 E 08 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO  PREFEITO RELATIVAS AO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO OS DIAS 27 E 30 DE ABRIL DE 2012.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> NOMEIA CHEFE DO SETOR LEGISLATIVO</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NOS DIAS 20, 21 E 22 DE FEVEREIRO DE 2012 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 28 DE OUTUBRO DE 2011 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO MUNICÍPIO DE ITAPOÁ-SC, RELATIVAS AO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO MUNICÍPIO DE ITAPOÁSC, RELATIVAS AO EXERCÍCIO DE 2008.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NOS DIAS 23 E 24 DECJUNHO DE 2011 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 25 DE ABRIL DE 2011 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MAURO MARIANI.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NILTON CESAR MAGURNA DE MENEZES.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MANOEL JOSÉ MENDONÇA.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR NILTON JOSÉ SPECK.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE MEDALHA DE HONRA AO MÉRITO À DOUTORA CÉLIA DE CONTI. </t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR OSMAR LEON SILIVI.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃ BENEMÉRITA EM HOMENAGEM PÓSTUMA À SENHORA MADALENA HAU.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA ASSESSOR DA PRESIDÊNCIA</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NOS DIAS 07, 08 E 09 DE MARÇO DE 2011 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf</t>
-[...32 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/87/87_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/86/86_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/85/85_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/84/84_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/83/83_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/82/82_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/81/81_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/80/80_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/79/79_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/78/78_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 23 DE DEZEMBRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ, A PARTIR DAS 12 HORAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DO SETOR CONTÁBIL-FINANCEIRO</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DO SETOR DE INFORMÁTICA</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DA SEÇÃO DE ATIVIDADE PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DA SEÇÃO CONTÁBIL</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf</t>
-[...14 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/70/70_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/69/69_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/68/68_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/67/67_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NOS DIAS 24,28, 29, 30 E 31 DE DEZEMBRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 2 DE DEZEMBRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 1° DE NOVEMBRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 11 DE OUTUBRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf</t>
-[...11 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/61/61_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/60/60_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/59/59_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DA SEÇÃO DE ATIVIDADE PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DA SEÇÃO CONTÁBIL</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/</t>
   </si>
   <si>
     <t>CANCELADO (REVOGA DECRETO MUNICIPAL Nº 1076/2010)</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA SÔNIA MARLENE WESTPHAL</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR ANTENOR FRANCISCO CORREA</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO EM HOMENAGEM PÓSTUMA AO SENHOR WILSON FILEMON BRAGA MADEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ HENRIQUE DA SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MARCOS SEBASTIÃO MERTENS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA PATRÍCIA DE JESUS MARTINS DE OLIVEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf</t>
-[...17 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/55/55_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/54/54_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/53/53_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/52/52_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/50/50_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA DIRETOR GERAL</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 16 DE FEVEREIRO DE 2010 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI LUTO OFICIAL NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFERE O FERIADO DO DIA 28 DE OUTUBRO DE 2009 PARA O DIA 30 DE OUTUBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESIGNA SEGUNDO RESPONSÁVEL POR CONTA BANCÁRIA DA CÂMARA MUNICIPAL DE VEREADORES.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO À SENHORA NILZA COSTA DE OLIVEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO AO SENHOR MANOEL CALDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR DIRCEU MANSANO JORENTE.</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA PONTO FACULTATIVO NO DIA 23 DE FEVEREIRO DE 2009 NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE VEREADORES DE ITAPOÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/31/31_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA CHEFE DE SETOR ADMINISTRATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DIRETOR GERAL</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPENSA DE FUNCIONÁRIOS</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXONERA CHEFE DO SETOR ADMINISTRATIVO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5490,66 +5541,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4946/decreto_302_2026_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4942/decreto_301_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2026/4936/decreto_legislativo_300_de_2026_-_karolina_vitorino_-_alteracao_de_regime_de_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4915/decreto_298_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4898/decreto_297_2025_homologacao_eleicao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4893/decreto_296_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4876/decreto_295_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4862/decreto_294_2025_luto_lele.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4861/decreto_legislativo_n._293-2025_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4830/1754058250_decreto_legislativo_n._292_2025__institui_luto_oficial_extrato.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4801/decreto_291_2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4798/decreto_290_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4737/decreto_legislativo_289_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4736/decreto_legislativo_288_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4735/decreto_287_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4718/decreto_286_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4712/decreto_legislativo_285_2025_-_termo_de_baixa_definitiva_patrimonio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4674/decreto_284_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4672/decreto_283_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4625/decreto_282_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4619/decreto_281_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4618/decreto_280_2025_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4607/decreto_legislativo_279_2025_-_termo_de_baixa_definitiva_patrimonio_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4591/decreto_278_2025_-_aprova_o_veto_03_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4590/decreto_277_2025_-_aprova_o_veto_02_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4532/decreto_legislativo_n._276_2024_-_mudanca_regime_teletrabalho_servidor_francisco.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4531/decreto_275_2024_-_aprovacao_das_contas_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4499/decreto_legislativo_n._274_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4492/decreto_legislativo_n._273_2024_-_concede_licenca_e_convoca_vereador.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4491/decreto_legislativo_n._272_2024_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4486/decreto_legislativo_n._271_2024_-_aprova_o_projeto_de_auditoria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4477/decreto_legislativo_n._270_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4472/decreto_legislativo_n._269_2024_-_decreta_empossado_o_prefeito_jonecir_soares_e_vice_prefeito_luiz_martins_junior.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4471/decreto_legislativo_n._268_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4470/decreto_legislativo_n._267_2024_-_decreta_empossado_o_prefeito_interino_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4468/decreto_legislativo_n._266_de_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4440/decreto_legislativo_n._265_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4407/decreto_264_2024_regulamenta_o_acesso_a_informacao_e_o_grau_de_sigilo_dos_documentos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4397/decreto_legislativo_n._263_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4354/decreto_legislativo_n_262_2024_-_institui_luto_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4297/decreto_legislativo_n._261_2024_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4181/decreto_260_2024___aprovacao_das_contas_do_municipio_referente_ao_exercicio_de_2022_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4114/decreto_legislativo_259_2024_-_designa_assinaturas_bancarias.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4066/decreto_legislativo_n._258-2024_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4016/decreto_legislativo_n._257_2024_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3635/decreto_legislativo_n._256_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3600/decreto_legislativo_n._255_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3580/decreto_legislativo_n._254_2023_-_decreta_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3571/decreto_legislativo_253_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3559/decreto_legislativo_n._252-2023_-_decreta_a_vacancia_do_cargo_de_prefeito_decorrente_da_renuncia_do_prefeito_municipal_de_itapoa_sr._marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3548/decreto_legislativo_n._251_2023_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3542/decreto_legislativo_n._250_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3527/decreto_n_249_2023___aprovacao_das_contas_exercicio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3518/decreto_legislativo_n._248_2023_-_decreta_empossado_vereador_gerson_dos_santos_chaves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3512/decreto_legislativo_n._247_2023_-_decreta_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3500/decreto_2023_246_jose_carlos_guimaraes_req_34_tiago.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3499/decreto_2023_245_roberto_bady_saad_req_31_ivan.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3498/decreto_2023_244_luciano_jose_buligon_req_28_fernando.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3497/decreto_2023_243_juarez_franca_dos_santos_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3496/decreto_2023_242_jose_alves_de_souza_req_23_luiz_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3495/decreto_2023_241_dra_aline_vasty_ferrandin_req_22_izabel_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3494/decreto_2023_240_capitao_richardson_req_21_joao_marcio_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3493/decreto_legislativo_239_2023_-_termo_de_baixa_definitiva_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3476/decreto_legislativo_n._238_2023_-_aprova_o_projeto_de_auditoria_da_unidade_de_controle_interno_camara_municipal_de_itapoa-sc_para_a_realizacao_de_auditori.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3473/decreto_legislativo_237-2023_-_dispoe_sobre_o_pedido_de_afastamento_por_120_dias_do_prefeito_marlon_roberto_neuber_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3465/decreto_legislativo_n._236_2023_-_decreta_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3464/decreto_legislativo_n._235_2023_-_decreta_a_realizacao_das_reunioes_das_comissoes_permanentes_por_videochamada_em_ambiente_virtual.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2023/3428/decreto_legislativo_n._234_2023_-_decreta_empossada_vereadora_izabel.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3410/decreto_legislativo_n._233_2022_-_decreta_empossado_vereador_jonecir_soares.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3409/decreto_legislativo_232-2022_-_dispoe_sobre_o_pedido_de_afastamento_por_90_dias_do_prefeito_marlon_roberto_neuber.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3408/decreto_legislativo_n._231_2022_-_decreta_ponto_facultativo_no_dia_09_de_dezembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3402/decreto_legislativo_n._230_2022_-_decreta_ponto_facultativo_no_dia_14_de_novembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3393/decreto_legislativo_n._229_2022_-_decreta_a_aprovacao_de_licenca_do_prefeito_por_motivo_de_ferias..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3382/decreto_legislativo_n._228_2022_-_decreta_a_aprovacao_das_dispoe_sobre_a_aprovacao_das_mensagens_de_vetos_totais.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3379/decreto_legislativo_227_2022_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_02_2022_ao_projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3317/decreto_legislativo_n._226-2022_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_01-2022_ao_projeto_de_lei_no_25-2022_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3316/decreto_legislativo_n._225_2022_-_decreta_ponto_facultativo_nos_dias_16_e_17_de_junho_2022_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3312/decreto_legislativo_n._224_2022_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3290/decreto_legislativo_n._223_2022_-_institui_folga_compensatoria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3277/decreto_2022_222_rosemeri_alves_req_29_ivan.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3276/decreto_2022_221_luciane_dos_santos_batista_marci_req_36_gerson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3275/decreto_2022_220_julio_sergio_cunha_req_32_fernando.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3292/decreto_2022_219_jose_alves_de_souza_req_41_tiago.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3274/decreto_2022_218_francisco_antonio_bittencourt_req_26_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3291/1649938264_decreto_legislativo_n._217__2022__claudio_srgio_costa_da_silva_req_35_luiz.odt_claudio_srgio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3273/decreto_2022_216_carlos_roberto_fogagnolo_req_37_bela.odt_claudio_sergio_costa_da_silva_req_35_luiz.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3272/decreto_2022_215_priscila_de_araujo_carneiro_req_42_tiago.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3289/decreto_2022_214_nair_soares_mertens_req_32_paulo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3288/decreto_2022_213_manoel_valdeci_santos_req_38_izabel.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3271/decreto_2022_212_jonivaldo_antonio_morriesen_req_28_ivan.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3287/decreto_2022_211_joao_rodrigues_req_27_stoklosa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3269/decreto_2022_210_coronel_dirceu_neundorf_req_31_gerson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3268/decreto_2022_209_carmen_emilia_bonfa_zanotto_req_34_luiz.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3267/decreto_legislativo_n._208__2022_ademir_da_silva_costa_req_41_fernando.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3261/decreto_legislativo_n._207_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3260/decreto_legislativo_n._206_2022_-_dispoe_sobre_a_aprovacao_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3235/decreto_legislativo_n._205_2022_-_decreta_ponto_facultativo_nos_dias_28_de_fevereiro_e_1o_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3230/decreto_legislativo_n._204_2022_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2022/3229/decreto_legislativo_n._203_2022_-_institui_luto_oficial_sra_ma_ap_joaquim.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3196/decreto_legislativo_n._202-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_05-2021_ao_projeto_de_lei_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3193/decreto_legislativo_n._201-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_04-2021_ao_projeto_de_lei_no_88-2021_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3183/decreto_legislativo_n._200__2021_-_concede__supermercado_manchester.__82.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3182/decreto_legislativo_n._199__2021_-_concede__josenio_vieira_bernardi__87.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3181/decreto_legislativo_n._198__2021_-_concede__jose_maria_caldeira__92.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3180/decreto_legislativo_n._197__2021_-_concede__izael_nascimento_da_silva__96.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3179/decreto_legislativo_n._196__2021_-_concede__elfrida_soares_de_lima__78.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3178/decreto_legislativo_n._195__2021_-_concede_daniel_gomes_gutierrez_3o_sargento_da_policia_militar._84.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3177/decreto_legislativo_n._194__2021_-_concede__caetano_meireles_vargas._89.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3176/decreto_legislativo_n._193_2021_-_concede__adirceu_de_jesus_barbosa_dos_santos._94.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3175/decreto_legislativo_n._192_2021_-_concede__rogerio_da_costa_silveira_85.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3174/decreto_legislativo_n._191_2021_-_concede__deputado_estadual_mauricio_jose_eskudlark_79.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3173/decreto_legislativo_n._190_2021_-_concede__mariza_scholz_83.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3172/decreto_legislativo_n._189__2021_-_concede__gilmar_felisberto_do_nascimento_95.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3171/decreto_legislativo_n._188__2021_-concede__fernando_krelling_90.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3170/decreto_legislativo_n._187-2021__-_concede_darci_clara_arins_91.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3169/decreto_legislativo_n._186-2021_-_concede___deputado_federal_carlos_alberto_chiodini_93.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3168/decreto_legislativo_n._185-2021__-_concede_carolina_orminda_vieira_80.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3159/decreto_legislativo_n._184_2021_-_decreta_ponto_facultativo_no_dia_1o_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3160/decreto_legislativo_183-2021_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3158/decreto_legislativo_n._182-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_total_no_03-2021_ao_projeto_de_lei_no_93-2021_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3146/decreto_legislativo_n._181_2021_-_decreta_ponto_facultativo_no_dia_11_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3122/decreto_legislativo_n._180-2021_-_decreta_a_aprovacao_da_mensagem_de_veto_parcial_no_02-2021_ao_projeto_de_lei_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3121/decreto_legislativo_n._179_2021_-_decreta_ponto_facultativo_no_dia_06_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3112/decreto_legislativo_n._178_2021_-_decreta_reunioes_por_videochamda_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3102/decreto_legislativo_177-2021_-_altera_decreto_legislativo_167-2021_sobre_prazo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3068/decreto_legislativo_n._176_2021_-_decreta_ponto_facultativo_no_dia_04_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3074/decreto_legislativo_n_.175_2021_-_certifica_o_titulo_de_utilidade_publica_da_asepi.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3073/decreto_legislativo_n_.174_2021_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3075/decreto_legislativo_n_.173_2021_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3076/decreto_legislativo_n_.172_2021_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3057/decreto_legislativo_171-2021_-_altera_decreto_legislativo_170-2021_sobre_cursos_presenciais_em_razao_do_covid-19.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3049/decreto_legislativo_170-2021_-_cursos_presenciais_suspensos_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3041/decreto_legislativo_n._169_2021_-_transfere_o_feriado_de_tiradentes_para_o_dia_23_04_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3034/decreto_legislativo_168_2021_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3027/decreto_legislativo_n_167-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3014/decreto_legislativo_166_2021_-_termo_de_baixa_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3011/decreto_legislativo_n._165_2021_-_decreta_ponto_facultativo_nos_dias_15_e_16_de_fevereiro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3010/decreto_legislativo_n_164-2021_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2994/decreto_legislativo_n_163-2021_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2979/decreto_legislativo_n._162-2021_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/2978/decreto_legislativo_n._161-2021_-_designa_segunda_assinatura-leonice1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2955/decreto_ass_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2954/decreto_legislativo_n_159-2020_-_decreta_a_vacancia_do_cargo_de_prefeito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2953/decreto_legislativo_n._158_2020_-_decreta_ponto_facultativo_no_dia_07_de_dezembro_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2952/decreto_legislativo_n._157_2020_-_institui_luto_oficial.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2951/decreto_legislativo_n._156-2020_-_decreta_a_vacancia_do_cargo_de_prefeito__de_perda_funcao_publica.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2947/decreto_legislativo_n._155_2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2945/decreto_legislativo_n_.154-2020_-_certifica_o_titulo_de_utilidade_publica_da_adea.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2946/decreto_legislativo_n_.153-2020_-_certifica_o_titulo_de_utilidade_publica_da_apae.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2943/decreto_legislativo_n_.152-2020_-_certifica_o_titulo_de_utilidade_publica_da_associacao_patinhas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2939/decreto_legislativo_n._151_2020_-_decreta_ponto_facultativo_no_dia_30_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2931/decreto_legislativo_n._150_2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2932/decreto_legislativo_149-2020_comissao_de_avaliacao_de_titulacoes_e_avaliacoes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2917/decreto_legislativo_2020_148_prorroga_escala_trabalho_remoto_covid19.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2902/decreto_legislativo_n._147_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2898/decreto_legislativo_n._146_2020-termo_de_baixa__patrimonio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2893/decreto_legislativo_n._145-2020_-_decreta_a_aprovacao_pelo_plenario_das_contas_anuais_do_municipio_de_itapoa-sc_relativas_ao_exercicio_de_2018..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2888/decreto_legislativo_n._144-2020_-_dispoe_sobre_o_trabalho_remoto_pelos_servidores_do_poder_legislativo_municipal_e_estabelece_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2882/decreto_legislativo_n._143_2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2869/decreto_legislativo_n._142_2020_-_decreta_ponto_facultativo_nos_dias_11_e_12_de_junho_de_2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2868/decreto_legislativo_n._141_2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2862/decreto_legislativo_n._140_2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2855/decreto_legislativo_n._139-_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2851/decreto_legislativo_n._138-2020_-_dispoe_sobre_a_aprovacao_da_mensagem_de_veto_parcial_no_01-2020_ao_projeto_de_lei_no_26_de_de_23_de_marco_de_2020_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2847/dl_n._137-2020._dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2846/decreto_legislativo_n._136-2020_-_retomada_atividades.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2844/decreto_legislativo_n._135_2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2841/decreto_legislativo_n._134_2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2843/decreto_legislativo_n._133_2020_-_nomeia_membro_para_compor_as_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2838/decreto_legislativo_n._132__2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2831/decreto_legislativo_n._131_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1_2.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2829/decreto_legislativo_n._130_2020_-_dispoe_sobre_medidas_de_prevencao_e_combate_ao_contagio_do_coronavirus_covid-19_no_ambito_da_camara_de_itapoa_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2812/decreto_legislativo_29_2020_-_decreta_ponto_facultativo_nos_dias_24_25_e_26_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2808/decreto_legislativo_n._128_2020_-_nomeia_membro_comissao.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2786/decreto_legislativo_n._127_2020_-_designa_susbtituto_da_segunda_assinatura_bancaria_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2785/decreto_legislativo_n._126-2020_-_designa_segunda_assinatura-leonice_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2740/decreto_legislativo_n._125-2019_-_nomeia_comissao_titulacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2738/decreto_legislativo_n.124-_2019_-_decreta_ponto_facu_EwH422W.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2729/decreto_legislativo_n._123-2019_-_decreta_a_aprovaca_sO6aLI6.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2705/decreto_leg_n._122-2019_-_decreta__aprovacao_da_mens_Q0hVTuI.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2694/decreto_121-2019_-_decreta_a_rejeicao_da_mensagem_de_btm7nUL.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2684/decreto_legislativo_n._120-2019_-_decreta_a_aprovaca_qoHOLvq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2676/decreto_legislativo_n.119-_2019_-_decreta_exoneracao_pGLQDIZ.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2675/decreto_legislativo_n.118-_2019_-_decreta_exoneracao_KTVg6wj.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2635/decreto_legislativo_n_.117-2019_-_decreta_a_aprovaca_tByvW0g.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2612/decreto_legislativo_n.116-_2019_-_decreta_ponto_facu_bUYXXek.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2624/decreto_legislativo_n_.115-2019_-_certifica_o_titulo_jPE26EA.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2623/decreto_legislativo_n_.114-2019_-_certifica_o_titulo_ZnP3rRK.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2622/decreto_legislativo_n_.113-2019_-_certifica_o_titulo_PMLaHHS.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2621/decreto_legislativo_n_.112-2019_-_certifica_o_titulo_FFPVONA.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2620/decreto_legislativo_n_.111-2019_-_certifica_o_titulo_kqWuD6u.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2619/decreto_legislativo_n_.110-2019_-_certifica_o_titulo_wgPwfgO.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2618/decreto_legislativo_n_.109-2019_-_certifica_o_titulo_v73tpif.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2617/decreto_legislativo_n_.108-2019_-_certifica_o_titulo_99Havq5.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2616/decreto_legislativo_n_.107-2019_-_certifica_o_titulo_w9xgrz1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2615/decreto_legislativo_n_.106-2019_-_certifica_o_titulo_WyCA6N5.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2614/decreto_legislativo_n_.105-2019_-_certifica_o_titulo_Tc0IYSK.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2608/decreto_legislativo_n.104-_2019_-_nomeia_membro_para_qEXmWql.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2604/decreto_legislativo_103_2019_-_designa_segunda_assinatura.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2590/decreto_legislativo_n.102-_2019_-_decreta_ponto_facu_u0m4SOA.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2583/decreto_101_2019_-_honra_ao_merito_maria_aparecida_a_nAqENap.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2582/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2581/decreto_99_2019_-_honra_ao_merito_lorino_harttelt_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2580/decreto_98_2019_-_honra_ao_merito_valdemar_baranosk.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2579/decreto_97_2019_-_honra_ao_merito_danieli_cristina_soares.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2578/decreto_96_2019_-_cidada_honoraria_margarida_apareci_XGs6jHJ.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2577/decreto_95_2019_-_cidada_honoraria_gladis_stock_fonseca.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2576/decreto_94_2019_-_cidadao_honorario_pedro_silvano_gunther.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2532/decreto_legislativo_n._93_2019_-_decreta_ponto_facul_7k1Hyqa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2019/2492/decreto_legislativo_92-2019_-_anula_o_decreto_legisl_LPhElJD.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2491/decreto_legislativo_n._91_2018_-_nomeia_membros_para_mMTkqdB.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2490/decreto_legislativo_n._90_2018_-_exonera_diretor_adm_SoiItQe.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2488/decreto_legislativo_n._89_2018_-_dispoe_sobre_a_apro_HOo9AAA.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2487/decreto_legislativo_n._88_2018_-_decreta_ponto_facul_IbqFDJA.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2480/decreto_legislativo_n._87_2018_-_decreta_ponto_facul_gEZlxtW.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2466/decreto_legislativo_n_86_2018_-_comissao_de_avaliaca_z0EQWCn.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2465/decreto_legislativo_n._85_2018_-_aprova_o_projeto_de_CNCKVSZ.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2018/2462/decreto_legislativo_n._84_2018_-_.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2018/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2017/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/2014/2014_texto_integral.odt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2016/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2015/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1741/1741_texto_integral.odt" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1680/1680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2014/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2012/3470/decreto-93-2012.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4485/decreto_exoneracao_n_12-2007.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/4484/decreto_nomeacao__02-2007.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/./sapl/public/normajuridica/2010/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G528"/>
+  <dimension ref="A1:G532"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="241" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="240.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5606,12095 +5657,12187 @@
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>94</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="C24" t="s">
         <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G24" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="C25" t="s">
         <v>102</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G25" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="C26" t="s">
         <v>106</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G26" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G28" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G30" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C31" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C36" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G37" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G40" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C41" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G41" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="C42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>174</v>
       </c>
       <c r="G43" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>176</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>177</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>178</v>
       </c>
       <c r="G44" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>180</v>
       </c>
       <c r="B45" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>181</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>182</v>
       </c>
       <c r="G45" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="C46" t="s">
         <v>185</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G46" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G48" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C49" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B50" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C52" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G52" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C53" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C54" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G54" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C55" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B56" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C56" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="G56" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C57" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G57" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C59" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C60" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G60" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B61" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C61" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G61" t="s">
-        <v>115</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C62" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="G62" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B63" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C63" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="G63" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C64" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G64" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C65" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G65" t="s">
-        <v>262</v>
+        <v>132</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B66" t="s">
-        <v>264</v>
+        <v>189</v>
       </c>
       <c r="C66" t="s">
         <v>265</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>266</v>
       </c>
       <c r="G66" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>268</v>
       </c>
       <c r="B67" t="s">
-        <v>264</v>
+        <v>189</v>
       </c>
       <c r="C67" t="s">
         <v>269</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>270</v>
       </c>
       <c r="G67" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>272</v>
       </c>
       <c r="B68" t="s">
-        <v>264</v>
+        <v>189</v>
       </c>
       <c r="C68" t="s">
         <v>273</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G68" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>276</v>
       </c>
       <c r="B69" t="s">
-        <v>264</v>
+        <v>189</v>
       </c>
       <c r="C69" t="s">
         <v>277</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>278</v>
       </c>
       <c r="G69" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>280</v>
       </c>
       <c r="B70" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C70" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G70" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B71" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C71" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G71" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B72" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C72" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G72" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B73" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C73" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G73" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B74" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C74" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G74" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B75" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C75" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G75" t="s">
-        <v>195</v>
+        <v>304</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B76" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C76" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="G76" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B77" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C77" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G77" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B78" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C78" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G78" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B79" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C79" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G79" t="s">
-        <v>318</v>
+        <v>212</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B80" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C80" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G80" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C81" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G81" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B82" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C82" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G82" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B83" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C83" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G83" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B84" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C84" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G84" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B85" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C85" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G85" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B86" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C86" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="G86" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B87" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C87" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G87" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B88" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C88" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G88" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B89" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C89" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G89" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B90" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C90" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G90" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B91" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C91" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G91" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C92" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G92" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B93" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C93" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G93" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C94" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G94" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B95" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C95" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="G95" t="s">
-        <v>258</v>
+        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B96" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C96" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G96" t="s">
-        <v>33</v>
+        <v>387</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B97" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="C97" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G97" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="C98" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G98" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B99" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="C99" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G99" t="s">
-        <v>397</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B100" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="C100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G100" t="s">
-        <v>401</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>402</v>
       </c>
       <c r="B101" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C101" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G101" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C102" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G102" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B103" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C103" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G103" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B104" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C104" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G104" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B105" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C105" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G105" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B106" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C106" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G106" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B107" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C107" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G107" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B108" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C108" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G108" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B109" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C109" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G109" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B110" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C110" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G110" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B111" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C111" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G111" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B112" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C112" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G112" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B113" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C113" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G113" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B114" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C114" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G114" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B115" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C115" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G115" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B116" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C116" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G116" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B117" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C117" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G117" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B118" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C118" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G118" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B119" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C119" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G119" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B120" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C120" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G120" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B121" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C121" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G121" t="s">
-        <v>258</v>
+        <v>486</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B122" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C122" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G122" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B123" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C123" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G123" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B124" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C124" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G124" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B125" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C125" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G125" t="s">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B126" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C126" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G126" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B127" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C127" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G127" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B128" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C128" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G128" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B129" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C129" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G129" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B130" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C130" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G130" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B131" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C131" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G131" t="s">
-        <v>33</v>
+        <v>525</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B132" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C132" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G132" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B133" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C133" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="G133" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B134" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C134" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G134" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B135" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C135" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G135" t="s">
-        <v>539</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B136" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C136" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="G136" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B137" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C137" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G137" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B138" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="C138" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="G138" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B139" t="s">
-        <v>553</v>
+        <v>403</v>
       </c>
       <c r="C139" t="s">
         <v>554</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>555</v>
       </c>
       <c r="G139" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>557</v>
       </c>
       <c r="B140" t="s">
-        <v>553</v>
+        <v>403</v>
       </c>
       <c r="C140" t="s">
         <v>558</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>559</v>
       </c>
       <c r="G140" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>561</v>
       </c>
       <c r="B141" t="s">
-        <v>553</v>
+        <v>403</v>
       </c>
       <c r="C141" t="s">
         <v>562</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>563</v>
       </c>
       <c r="G141" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>565</v>
       </c>
       <c r="B142" t="s">
-        <v>553</v>
+        <v>403</v>
       </c>
       <c r="C142" t="s">
         <v>566</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>567</v>
       </c>
       <c r="G142" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>569</v>
       </c>
       <c r="B143" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C143" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G143" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B144" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C144" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G144" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B145" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C145" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="G145" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B146" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C146" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G146" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B147" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C147" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="G147" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B148" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C148" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G148" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B149" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C149" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G149" t="s">
-        <v>576</v>
+        <v>597</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B150" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C150" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="G150" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B151" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C151" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="G151" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B152" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C152" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="G152" t="s">
-        <v>576</v>
+        <v>609</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B153" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C153" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="G153" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B154" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C154" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="G154" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B155" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C155" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="G155" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B156" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C156" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="G156" t="s">
-        <v>576</v>
+        <v>593</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B157" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C157" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="G157" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B158" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C158" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="G158" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B159" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C159" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="G159" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B160" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C160" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="G160" t="s">
-        <v>547</v>
+        <v>593</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B161" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C161" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="G161" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B162" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C162" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G162" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B163" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C163" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="G163" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B164" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C164" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="G164" t="s">
-        <v>651</v>
+        <v>564</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B165" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C165" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="G165" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B166" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C166" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G166" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B167" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C167" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="G167" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B168" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C168" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G168" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B169" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C169" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="G169" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B170" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C170" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="G170" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B171" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C171" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G171" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B172" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C172" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="G172" t="s">
-        <v>547</v>
+        <v>684</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B173" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C173" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="G173" t="s">
-        <v>551</v>
+        <v>688</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B174" t="s">
-        <v>687</v>
+        <v>570</v>
       </c>
       <c r="C174" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="G174" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B175" t="s">
-        <v>687</v>
+        <v>570</v>
       </c>
       <c r="C175" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="G175" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B176" t="s">
-        <v>687</v>
+        <v>570</v>
       </c>
       <c r="C176" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="G176" t="s">
-        <v>698</v>
+        <v>564</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B177" t="s">
-        <v>687</v>
+        <v>570</v>
       </c>
       <c r="C177" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G177" t="s">
-        <v>702</v>
+        <v>568</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>703</v>
       </c>
       <c r="B178" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C178" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G178" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B179" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C179" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="G179" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B180" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C180" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="G180" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B181" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C181" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="G181" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B182" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C182" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="G182" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B183" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C183" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G183" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B184" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C184" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="G184" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B185" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C185" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="G185" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B186" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C186" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G186" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B187" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C187" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="G187" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B188" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C188" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G188" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B189" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C189" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G189" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B190" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C190" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="G190" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B191" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C191" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="G191" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B192" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C192" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="G192" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B193" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C193" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G193" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B194" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C194" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="G194" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B195" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C195" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G195" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B196" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C196" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G196" t="s">
-        <v>551</v>
+        <v>779</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B197" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C197" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="G197" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B198" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C198" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="G198" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B199" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C199" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="G199" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B200" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C200" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="G200" t="s">
-        <v>793</v>
+        <v>568</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B201" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C201" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="G201" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B202" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C202" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="G202" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B203" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C203" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G203" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B204" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C204" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="G204" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B205" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C205" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G205" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B206" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C206" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="G206" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B207" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C207" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="G207" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B208" t="s">
-        <v>823</v>
+        <v>704</v>
       </c>
       <c r="C208" t="s">
         <v>824</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>825</v>
       </c>
       <c r="G208" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>827</v>
       </c>
       <c r="B209" t="s">
-        <v>823</v>
+        <v>704</v>
       </c>
       <c r="C209" t="s">
         <v>828</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>829</v>
       </c>
       <c r="G209" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>831</v>
       </c>
       <c r="B210" t="s">
-        <v>823</v>
+        <v>704</v>
       </c>
       <c r="C210" t="s">
         <v>832</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>833</v>
       </c>
       <c r="G210" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>835</v>
       </c>
       <c r="B211" t="s">
-        <v>823</v>
+        <v>704</v>
       </c>
       <c r="C211" t="s">
         <v>836</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>837</v>
       </c>
       <c r="G211" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>839</v>
       </c>
       <c r="B212" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C212" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G212" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B213" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C213" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="G213" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B214" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C214" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G214" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B215" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C215" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="G215" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B216" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C216" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="G216" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B217" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C217" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="G217" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B218" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C218" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G218" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B219" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C219" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="G219" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B220" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C220" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="G220" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B221" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C221" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="G221" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B222" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C222" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="G222" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B223" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C223" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="G223" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B224" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C224" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="G224" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B225" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C225" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="G225" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B226" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C226" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="G226" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B227" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C227" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="G227" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B228" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C228" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="G228" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B229" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C229" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="G229" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B230" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C230" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G230" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B231" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C231" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="G231" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B232" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C232" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="G232" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B233" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C233" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G233" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B234" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C234" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="G234" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B235" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C235" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G235" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B236" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C236" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="G236" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B237" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C237" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G237" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B238" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C238" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="G238" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B239" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C239" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G239" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B240" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C240" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="G240" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B241" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C241" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="G241" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B242" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C242" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="G242" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B243" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C243" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="G243" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B244" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C244" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G244" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B245" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C245" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="G245" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B246" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C246" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="G246" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B247" t="s">
-        <v>980</v>
+        <v>840</v>
       </c>
       <c r="C247" t="s">
         <v>981</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>982</v>
       </c>
       <c r="G247" t="s">
-        <v>878</v>
+        <v>983</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B248" t="s">
-        <v>980</v>
+        <v>840</v>
       </c>
       <c r="C248" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G248" t="s">
-        <v>906</v>
+        <v>987</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B249" t="s">
-        <v>980</v>
+        <v>840</v>
       </c>
       <c r="C249" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G249" t="s">
-        <v>890</v>
+        <v>991</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B250" t="s">
-        <v>980</v>
+        <v>840</v>
       </c>
       <c r="C250" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="G250" t="s">
-        <v>914</v>
+        <v>995</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="B251" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C251" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="G251" t="s">
-        <v>922</v>
+        <v>895</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="B252" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C252" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="G252" t="s">
-        <v>894</v>
+        <v>923</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B253" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C253" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="G253" t="s">
-        <v>882</v>
+        <v>907</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B254" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C254" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="G254" t="s">
-        <v>898</v>
+        <v>931</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="B255" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C255" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="G255" t="s">
-        <v>902</v>
+        <v>939</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="B256" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C256" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="G256" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="B257" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C257" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="G257" t="s">
-        <v>886</v>
+        <v>899</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="B258" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C258" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="G258" t="s">
-        <v>1016</v>
+        <v>915</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="B259" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C259" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="G259" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="B260" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C260" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="G260" t="s">
-        <v>1023</v>
+        <v>935</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="B261" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C261" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="G261" t="s">
-        <v>1027</v>
+        <v>903</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B262" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C262" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G262" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="B263" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C263" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="G263" t="s">
-        <v>1035</v>
+        <v>927</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B264" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C264" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="G264" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B265" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C265" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G265" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B266" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C266" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="G266" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B267" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C267" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G267" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B268" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C268" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="G268" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B269" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C269" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="G269" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B270" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C270" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="G270" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B271" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C271" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="G271" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B272" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C272" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="G272" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B273" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C273" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="G273" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B274" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C274" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="G274" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B275" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C275" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="G275" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B276" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C276" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G276" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="B277" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C277" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="G277" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B278" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C278" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="G278" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B279" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C279" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="G279" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B280" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C280" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="G280" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B281" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C281" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="G281" t="s">
-        <v>568</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="B282" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C282" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="G282" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B283" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C283" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="G283" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B284" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C284" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="G284" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B285" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C285" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G285" t="s">
-        <v>1114</v>
+        <v>585</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B286" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C286" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="G286" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B287" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C287" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="G287" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="B288" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C288" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="G288" t="s">
-        <v>1114</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="B289" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C289" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="G289" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="B290" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C290" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="G290" t="s">
-        <v>1114</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="B291" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C291" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="G291" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="B292" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C292" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="G292" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="B293" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C293" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="G293" t="s">
-        <v>1147</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="B294" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C294" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="G294" t="s">
-        <v>1151</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B295" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C295" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="G295" t="s">
-        <v>978</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="B296" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C296" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="G296" t="s">
-        <v>1158</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B297" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="C297" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="G297" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B298" t="s">
-        <v>1164</v>
+        <v>997</v>
       </c>
       <c r="C298" t="s">
-        <v>616</v>
+        <v>1166</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="G298" t="s">
-        <v>1047</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B299" t="s">
-        <v>1164</v>
+        <v>997</v>
       </c>
       <c r="C299" t="s">
-        <v>620</v>
+        <v>1170</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="G299" t="s">
-        <v>1047</v>
+        <v>995</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="B300" t="s">
-        <v>1164</v>
+        <v>997</v>
       </c>
       <c r="C300" t="s">
-        <v>623</v>
+        <v>1173</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="G300" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="B301" t="s">
-        <v>1164</v>
+        <v>997</v>
       </c>
       <c r="C301" t="s">
-        <v>627</v>
+        <v>1177</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="G301" t="s">
-        <v>1047</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="B302" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C302" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="G302" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>1175</v>
+        <v>1183</v>
       </c>
       <c r="B303" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C303" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
       <c r="G303" t="s">
-        <v>1177</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="B304" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C304" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="G304" t="s">
-        <v>1047</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="B305" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C305" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="G305" t="s">
-        <v>1182</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="B306" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C306" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="G306" t="s">
-        <v>1185</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="B307" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C307" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="G307" t="s">
-        <v>1047</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="B308" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C308" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="G308" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="B309" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C309" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="G309" t="s">
-        <v>1047</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B310" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C310" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="G310" t="s">
-        <v>1047</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>823</v>
+        <v>1203</v>
       </c>
       <c r="B311" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C311" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="G311" t="s">
-        <v>1195</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1196</v>
+        <v>1205</v>
       </c>
       <c r="B312" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C312" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1197</v>
+        <v>1206</v>
       </c>
       <c r="G312" t="s">
-        <v>1198</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="B313" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C313" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="G313" t="s">
-        <v>1201</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="B314" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C314" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="G314" t="s">
-        <v>1204</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1205</v>
+        <v>840</v>
       </c>
       <c r="B315" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C315" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="G315" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="B316" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C316" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="G316" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="B317" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C317" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G317" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="B318" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C318" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="G318" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="B319" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="C319" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="G319" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="B320" t="s">
-        <v>1221</v>
+        <v>1181</v>
       </c>
       <c r="C320" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="G320" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="B321" t="s">
-        <v>1221</v>
+        <v>1181</v>
       </c>
       <c r="C321" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="G321" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="B322" t="s">
-        <v>1221</v>
+        <v>1181</v>
       </c>
       <c r="C322" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="G322" t="s">
-        <v>1182</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="B323" t="s">
-        <v>1221</v>
+        <v>1181</v>
       </c>
       <c r="C323" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="G323" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B324" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C324" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="G324" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="B325" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C325" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="G325" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B326" t="s">
         <v>1238</v>
       </c>
-      <c r="B326" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C326" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="G326" t="s">
-        <v>1047</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="B327" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C327" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
       <c r="G327" t="s">
-        <v>978</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B328" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C328" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="G328" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="B329" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C329" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="G329" t="s">
-        <v>1213</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B330" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C330" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="G330" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1249</v>
+        <v>1257</v>
       </c>
       <c r="B331" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C331" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="G331" t="s">
-        <v>1251</v>
+        <v>995</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="B332" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C332" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="G332" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="B333" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C333" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="G333" t="s">
-        <v>1257</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="B334" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C334" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="G334" t="s">
-        <v>1260</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="B335" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C335" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="G335" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="B336" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C336" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="G336" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B337" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C337" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="G337" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="B338" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C338" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="G338" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="B339" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C339" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="G339" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="B340" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C340" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="G340" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="B341" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C341" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="G341" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="B342" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C342" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="G342" t="s">
-        <v>1234</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="B343" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C343" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="G343" t="s">
-        <v>1226</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="B344" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C344" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="G344" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="B345" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C345" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="G345" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="B346" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C346" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="G346" t="s">
-        <v>1294</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="B347" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C347" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="G347" t="s">
-        <v>1047</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="B348" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C348" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="G348" t="s">
-        <v>1151</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="B349" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C349" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="G349" t="s">
-        <v>978</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="B350" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C350" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="G350" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="B351" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C351" t="s">
         <v>824</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="G351" t="s">
-        <v>1306</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="B352" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C352" t="s">
         <v>828</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="G352" t="s">
-        <v>1177</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B353" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C353" t="s">
         <v>832</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="G353" t="s">
-        <v>1170</v>
+        <v>995</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="B354" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C354" t="s">
         <v>836</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="G354" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="B355" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C355" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="G355" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="B356" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C356" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="G356" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="B357" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="C357" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="G357" t="s">
-        <v>1321</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="B358" t="s">
-        <v>1196</v>
+        <v>1238</v>
       </c>
       <c r="C358" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="G358" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B359" t="s">
-        <v>1196</v>
+        <v>1238</v>
       </c>
       <c r="C359" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="G359" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="B360" t="s">
-        <v>1196</v>
+        <v>1238</v>
       </c>
       <c r="C360" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="G360" t="s">
-        <v>978</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="B361" t="s">
-        <v>1196</v>
+        <v>1238</v>
       </c>
       <c r="C361" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="G361" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B362" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C362" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="G362" t="s">
-        <v>1027</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="B363" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C363" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="G363" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="B364" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C364" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="G364" t="s">
-        <v>1340</v>
+        <v>995</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B365" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C365" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="G365" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="B366" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C366" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="G366" t="s">
-        <v>1346</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="B367" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C367" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="G367" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="B368" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C368" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="G368" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B369" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C369" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="G369" t="s">
-        <v>1291</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="B370" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C370" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="G370" t="s">
-        <v>1213</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="B371" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C371" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="G371" t="s">
-        <v>1047</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="B372" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C372" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="G372" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="B373" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C373" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="G373" t="s">
-        <v>1364</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="B374" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C374" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="G374" t="s">
-        <v>1367</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="B375" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C375" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="G375" t="s">
-        <v>1370</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="B376" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C376" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="G376" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="B377" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C377" t="s">
-        <v>1375</v>
+        <v>929</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="G377" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="B378" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C378" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="G378" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="B379" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C379" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="G379" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="B380" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C380" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="G380" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="B381" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C381" t="s">
-        <v>940</v>
+        <v>1392</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="G381" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="B382" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C382" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="G382" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="B383" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C383" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="G383" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="B384" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="C384" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="G384" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="B385" t="s">
-        <v>1400</v>
+        <v>1213</v>
       </c>
       <c r="C385" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="G385" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="B386" t="s">
-        <v>1400</v>
+        <v>1213</v>
       </c>
       <c r="C386" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="G386" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="B387" t="s">
-        <v>1400</v>
+        <v>1213</v>
       </c>
       <c r="C387" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="G387" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="B388" t="s">
-        <v>1400</v>
+        <v>1213</v>
       </c>
       <c r="C388" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="G388" t="s">
-        <v>1234</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="B389" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C389" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="G389" t="s">
-        <v>1213</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="B390" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C390" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="G390" t="s">
-        <v>1047</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="B391" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C391" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="G391" t="s">
-        <v>1234</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B392" t="s">
         <v>1417</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
       <c r="G392" t="s">
-        <v>1419</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="B393" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C393" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="G393" t="s">
-        <v>1422</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B394" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C394" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="G394" t="s">
-        <v>1425</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="B395" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C395" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="G395" t="s">
-        <v>1213</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B396" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C396" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="G396" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="B397" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C397" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="G397" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="B398" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C398" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="G398" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="B399" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C399" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="G399" t="s">
-        <v>1439</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="B400" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C400" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="G400" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="B401" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C401" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="G401" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="B402" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C402" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="G402" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="B403" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C403" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="G403" t="s">
-        <v>1234</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="B404" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C404" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="G404" t="s">
-        <v>1213</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="B405" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C405" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="G405" t="s">
-        <v>1213</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="B406" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C406" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="G406" t="s">
-        <v>1213</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="B407" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C407" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="G407" t="s">
-        <v>1459</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="B408" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C408" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="G408" t="s">
-        <v>1462</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="B409" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C409" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="G409" t="s">
-        <v>1465</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="B410" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C410" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="G410" t="s">
-        <v>1462</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="B411" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C411" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="G411" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="B412" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C412" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="G412" t="s">
-        <v>1213</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="B413" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C413" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="G413" t="s">
-        <v>1234</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="B414" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C414" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="G414" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="B415" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C415" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="G415" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="B416" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C416" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="G416" t="s">
-        <v>1483</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="B417" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C417" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="G417" t="s">
-        <v>1459</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="B418" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C418" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="G418" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="B419" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C419" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="G419" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="B420" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C420" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="G420" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="B421" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C421" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="G421" t="s">
-        <v>1497</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="B422" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C422" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="G422" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="B423" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C423" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="G423" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="B424" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C424" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="G424" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="B425" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C425" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="G425" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="B426" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C426" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="G426" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="B427" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C427" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="G427" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="B428" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C428" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="G428" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B429" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C429" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="G429" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="B430" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C430" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="G430" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="B431" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C431" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="G431" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B432" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C432" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="G432" t="s">
-        <v>1529</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="B433" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C433" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="G433" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="B434" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C434" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="G434" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
       <c r="B435" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C435" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="G435" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="B436" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C436" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="G436" t="s">
-        <v>1226</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="B437" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C437" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="G437" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="B438" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="C438" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="G438" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="B439" t="s">
-        <v>1548</v>
+        <v>1417</v>
       </c>
       <c r="C439" t="s">
-        <v>815</v>
+        <v>1166</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="G439" t="s">
-        <v>1182</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="B440" t="s">
-        <v>1548</v>
+        <v>1417</v>
       </c>
       <c r="C440" t="s">
-        <v>824</v>
+        <v>1170</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="G440" t="s">
-        <v>1552</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="B441" t="s">
-        <v>1548</v>
+        <v>1417</v>
       </c>
       <c r="C441" t="s">
-        <v>832</v>
+        <v>1173</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="G441" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="B442" t="s">
-        <v>1548</v>
+        <v>1417</v>
       </c>
       <c r="C442" t="s">
-        <v>836</v>
+        <v>1177</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="G442" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="B443" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C443" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="G443" t="s">
-        <v>1561</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="B444" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C444" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="G444" t="s">
-        <v>1494</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="B445" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C445" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="G445" t="s">
-        <v>1503</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1566</v>
+        <v>1573</v>
       </c>
       <c r="B446" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C446" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1567</v>
+        <v>1574</v>
       </c>
       <c r="G446" t="s">
-        <v>1568</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="B447" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C447" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="G447" t="s">
-        <v>1294</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="B448" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C448" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="G448" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="B449" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C449" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="G449" t="s">
-        <v>1313</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="B450" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C450" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="G450" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>776</v>
+        <v>1586</v>
       </c>
       <c r="B451" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="C451" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="G451" t="s">
-        <v>1580</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>779</v>
+        <v>1588</v>
       </c>
       <c r="B452" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="C452" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="G452" t="s">
-        <v>1582</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>783</v>
+        <v>1590</v>
       </c>
       <c r="B453" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="C453" t="s">
-        <v>892</v>
+        <v>877</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="G453" t="s">
-        <v>1584</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>787</v>
+        <v>1592</v>
       </c>
       <c r="B454" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="C454" t="s">
-        <v>896</v>
+        <v>881</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="G454" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B455" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C455" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="G455" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B456" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C456" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="G456" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B457" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C457" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="G457" t="s">
-        <v>1592</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B458" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C458" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="G458" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B459" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C459" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="G459" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B460" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C460" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
       <c r="G460" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B461" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C461" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="G461" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B462" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C462" t="s">
-        <v>1375</v>
+        <v>929</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="G462" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
         <v>824</v>
       </c>
       <c r="B463" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C463" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="G463" t="s">
-        <v>1291</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
         <v>828</v>
       </c>
       <c r="B464" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C464" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="G464" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
         <v>832</v>
       </c>
       <c r="B465" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C465" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="G465" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>836</v>
       </c>
       <c r="B466" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C466" t="s">
-        <v>940</v>
+        <v>1392</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="G466" t="s">
-        <v>1494</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B467" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C467" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="G467" t="s">
-        <v>1543</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B468" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C468" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
       <c r="G468" t="s">
-        <v>1346</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B469" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C469" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="G469" t="s">
-        <v>1543</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B470" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C470" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1612</v>
+        <v>1625</v>
       </c>
       <c r="G470" t="s">
-        <v>1294</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B471" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C471" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1613</v>
+        <v>1626</v>
       </c>
       <c r="G471" t="s">
-        <v>1512</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="B472" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C472" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1614</v>
+        <v>1627</v>
       </c>
       <c r="G472" t="s">
-        <v>1151</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B473" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C473" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1615</v>
+        <v>1628</v>
       </c>
       <c r="G473" t="s">
-        <v>978</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="B474" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C474" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1616</v>
+        <v>1629</v>
       </c>
       <c r="G474" t="s">
-        <v>1226</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B475" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C475" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1617</v>
+        <v>1630</v>
       </c>
       <c r="G475" t="s">
-        <v>1306</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="B476" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C476" t="s">
         <v>981</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="G476" t="s">
-        <v>1520</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B477" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="C477" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="G477" t="s">
-        <v>1535</v>
+        <v>995</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B478" t="s">
-        <v>1620</v>
+        <v>1595</v>
       </c>
       <c r="C478" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
       <c r="G478" t="s">
-        <v>1622</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B479" t="s">
-        <v>1620</v>
+        <v>1595</v>
       </c>
       <c r="C479" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="G479" t="s">
-        <v>1624</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B480" t="s">
-        <v>1620</v>
+        <v>1595</v>
       </c>
       <c r="C480" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
       <c r="G480" t="s">
-        <v>1626</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B481" t="s">
-        <v>1620</v>
+        <v>1595</v>
       </c>
       <c r="C481" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1627</v>
+        <v>1636</v>
       </c>
       <c r="G481" t="s">
-        <v>1628</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B482" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C482" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1629</v>
+        <v>1638</v>
       </c>
       <c r="G482" t="s">
-        <v>1630</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B483" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C483" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1631</v>
+        <v>1640</v>
       </c>
       <c r="G483" t="s">
-        <v>1313</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B484" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C484" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1632</v>
+        <v>1642</v>
       </c>
       <c r="G484" t="s">
-        <v>1177</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B485" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C485" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1633</v>
+        <v>1644</v>
       </c>
       <c r="G485" t="s">
-        <v>1346</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B486" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C486" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1634</v>
+        <v>1646</v>
       </c>
       <c r="G486" t="s">
-        <v>1624</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B487" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C487" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="G487" t="s">
-        <v>1185</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B488" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C488" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="G488" t="s">
-        <v>1637</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1375</v>
+        <v>929</v>
       </c>
       <c r="B489" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C489" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="G489" t="s">
-        <v>1639</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B490" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C490" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1640</v>
+        <v>1651</v>
       </c>
       <c r="G490" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="B491" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C491" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="G491" t="s">
-        <v>1643</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B492" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C492" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="D492" t="s">
         <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>11</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="G492" t="s">
-        <v>1515</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>940</v>
+        <v>1392</v>
       </c>
       <c r="B493" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C493" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
       <c r="G493" t="s">
-        <v>1543</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B494" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C494" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
       <c r="G494" t="s">
-        <v>1170</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B495" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C495" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>11</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1647</v>
+        <v>1659</v>
       </c>
       <c r="G495" t="s">
-        <v>1520</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B496" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C496" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="G496" t="s">
-        <v>1649</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B497" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C497" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
       <c r="G497" t="s">
-        <v>1651</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>993</v>
+        <v>961</v>
       </c>
       <c r="B498" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C498" t="s">
-        <v>1093</v>
+        <v>1058</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="G498" t="s">
-        <v>1653</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>996</v>
+        <v>965</v>
       </c>
       <c r="B499" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C499" t="s">
-        <v>1097</v>
+        <v>1062</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="G499" t="s">
-        <v>1655</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>999</v>
+        <v>969</v>
       </c>
       <c r="B500" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C500" t="s">
-        <v>1101</v>
+        <v>1066</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
       <c r="G500" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>1002</v>
+        <v>973</v>
       </c>
       <c r="B501" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C501" t="s">
-        <v>1105</v>
+        <v>1070</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="G501" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="B502" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C502" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="G502" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="B503" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C503" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="G503" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="B504" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C504" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="G504" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>960</v>
+        <v>1019</v>
       </c>
       <c r="B505" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C505" t="s">
-        <v>1057</v>
+        <v>1122</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="G505" t="s">
-        <v>1291</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>964</v>
+        <v>1022</v>
       </c>
       <c r="B506" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C506" t="s">
-        <v>1061</v>
+        <v>1125</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1667</v>
+        <v>1677</v>
       </c>
       <c r="G506" t="s">
-        <v>1177</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>968</v>
+        <v>1025</v>
       </c>
       <c r="B507" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C507" t="s">
-        <v>1065</v>
+        <v>1129</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
         <v>11</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="G507" t="s">
-        <v>1340</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>972</v>
+        <v>1028</v>
       </c>
       <c r="B508" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C508" t="s">
-        <v>1069</v>
+        <v>1133</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
       <c r="G508" t="s">
-        <v>1170</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B509" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C509" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
       <c r="G509" t="s">
-        <v>1535</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="B510" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C510" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1671</v>
+        <v>1684</v>
       </c>
       <c r="G510" t="s">
-        <v>1306</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="B511" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C511" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1672</v>
+        <v>1685</v>
       </c>
       <c r="G511" t="s">
-        <v>1673</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="B512" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C512" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="D512" t="s">
         <v>10</v>
       </c>
       <c r="E512" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1674</v>
+        <v>1686</v>
       </c>
       <c r="G512" t="s">
-        <v>1294</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1014</v>
+        <v>993</v>
       </c>
       <c r="B513" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C513" t="s">
-        <v>1120</v>
+        <v>1090</v>
       </c>
       <c r="D513" t="s">
         <v>10</v>
       </c>
       <c r="E513" t="s">
         <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1675</v>
+        <v>1687</v>
       </c>
       <c r="G513" t="s">
-        <v>1676</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1018</v>
+        <v>1001</v>
       </c>
       <c r="B514" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C514" t="s">
-        <v>1123</v>
+        <v>1098</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="G514" t="s">
-        <v>1678</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1021</v>
+        <v>1004</v>
       </c>
       <c r="B515" t="s">
-        <v>1679</v>
+        <v>1637</v>
       </c>
       <c r="C515" t="s">
-        <v>1127</v>
+        <v>1102</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="G515" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1025</v>
+        <v>1007</v>
       </c>
       <c r="B516" t="s">
-        <v>1679</v>
+        <v>1637</v>
       </c>
       <c r="C516" t="s">
-        <v>1130</v>
+        <v>1106</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="G516" t="s">
-        <v>1683</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B517" t="s">
-        <v>1679</v>
+        <v>1637</v>
       </c>
       <c r="C517" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="G517" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="B518" t="s">
-        <v>1679</v>
+        <v>1637</v>
       </c>
       <c r="C518" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
       <c r="G518" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B519" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C519" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="G519" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B520" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C520" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="G520" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B521" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C521" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="G521" t="s">
-        <v>1291</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B522" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C522" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1693</v>
+        <v>1703</v>
       </c>
       <c r="G522" t="s">
-        <v>1340</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B523" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C523" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="G523" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B524" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C524" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="G524" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B525" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="C525" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="G525" t="s">
-        <v>1699</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>1700</v>
+        <v>1066</v>
       </c>
       <c r="B526" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="C526" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="G526" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>1703</v>
+        <v>1070</v>
       </c>
       <c r="B527" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="C527" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="G527" t="s">
-        <v>1543</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>981</v>
+        <v>1074</v>
       </c>
       <c r="B528" t="s">
-        <v>1620</v>
+        <v>1696</v>
       </c>
       <c r="C528" t="s">
-        <v>1077</v>
+        <v>1173</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="G528" t="s">
-        <v>1706</v>
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="529" spans="1:7">
+      <c r="A529" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D529" t="s">
+        <v>10</v>
+      </c>
+      <c r="E529" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G529" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="530" spans="1:7">
+      <c r="A530" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D530" t="s">
+        <v>10</v>
+      </c>
+      <c r="E530" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="531" spans="1:7">
+      <c r="A531" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D531" t="s">
+        <v>10</v>
+      </c>
+      <c r="E531" t="s">
+        <v>11</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G531" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="532" spans="1:7">
+      <c r="A532" t="s">
+        <v>998</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D532" t="s">
+        <v>10</v>
+      </c>
+      <c r="E532" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G532" t="s">
+        <v>1723</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -18182,50 +18325,54 @@
     <hyperlink ref="F504" r:id="rId503"/>
     <hyperlink ref="F505" r:id="rId504"/>
     <hyperlink ref="F506" r:id="rId505"/>
     <hyperlink ref="F507" r:id="rId506"/>
     <hyperlink ref="F508" r:id="rId507"/>
     <hyperlink ref="F509" r:id="rId508"/>
     <hyperlink ref="F510" r:id="rId509"/>
     <hyperlink ref="F511" r:id="rId510"/>
     <hyperlink ref="F512" r:id="rId511"/>
     <hyperlink ref="F513" r:id="rId512"/>
     <hyperlink ref="F514" r:id="rId513"/>
     <hyperlink ref="F515" r:id="rId514"/>
     <hyperlink ref="F516" r:id="rId515"/>
     <hyperlink ref="F517" r:id="rId516"/>
     <hyperlink ref="F518" r:id="rId517"/>
     <hyperlink ref="F519" r:id="rId518"/>
     <hyperlink ref="F520" r:id="rId519"/>
     <hyperlink ref="F521" r:id="rId520"/>
     <hyperlink ref="F522" r:id="rId521"/>
     <hyperlink ref="F523" r:id="rId522"/>
     <hyperlink ref="F524" r:id="rId523"/>
     <hyperlink ref="F525" r:id="rId524"/>
     <hyperlink ref="F526" r:id="rId525"/>
     <hyperlink ref="F527" r:id="rId526"/>
     <hyperlink ref="F528" r:id="rId527"/>
+    <hyperlink ref="F529" r:id="rId528"/>
+    <hyperlink ref="F530" r:id="rId529"/>
+    <hyperlink ref="F531" r:id="rId530"/>
+    <hyperlink ref="F532" r:id="rId531"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>