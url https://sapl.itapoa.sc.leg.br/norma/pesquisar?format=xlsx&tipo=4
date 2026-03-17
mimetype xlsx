--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -48,241 +48,241 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4767/emenda_a_lom_16_2025_-_mesa_diretora.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4767/emenda_a_lom_16_2025_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do art. 51 da Lei Orgânica do Município de Itapoá/SC, para estabelecer a necessidade de deliberação do Plenário quanto à tramitação de projetos em regime de urgência.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4134/emenda_a_lom_15_2024.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4134/emenda_a_lom_15_2024.pdf</t>
   </si>
   <si>
     <t>Modifica, acrescenta e suprime dispositivos da Lei Orgânica do Município de Itapoá/SC, nos termos da Constituição da República Federativa do Brasil_x000D_
 e do Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3103/emenda_a_lei_organica_municipal_n._14_2021.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3103/emenda_a_lei_organica_municipal_n._14_2021.pdf</t>
   </si>
   <si>
     <t>Modifica, acrescenta e suprime dispositivos da Lei Orgânica do Município de Itapoá-SC, nos termos da Constituição da República Federativa do Brasil e do Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2963/emenda_a_lei_organica_municipal_13_2020.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2963/emenda_a_lei_organica_municipal_13_2020.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos da Lei Orgânica do Município de Itapoá, instituindo o “orçamento impositivo”</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2269/emenda_a_lei_organica_no_12-2017.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2269/emenda_a_lei_organica_no_12-2017.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVO DA LEI ORGÂNICA MUNICIPAL, NOS TERMOS DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL E DO ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2071/emenda_a_lei_organica_no_11-2017.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2071/emenda_a_lei_organica_no_11-2017.pdf</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2016/2028/emenda_a_lei_organica_no_10-2016.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2016/2028/emenda_a_lei_organica_no_10-2016.pdf</t>
   </si>
   <si>
     <t>MODIFICA, ACRESCENTA E SUPRIME DISPOSITIVOS DA LEI ORGÂNICA MUNICIPAL, NOS TERMOS DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL E DO ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2010/9/emenda_a_lei_organica_no_09-2010.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2010/9/emenda_a_lei_organica_no_09-2010.pdf</t>
   </si>
   <si>
     <t>MODIFICA, ACRESCENTA E SUPRIME DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE ITAPOÁ-SC, NOS TERMOS DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL E DO ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/8/emenda_a_lei_organica_no_08-2007.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/8/emenda_a_lei_organica_no_08-2007.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA OS PARAGRAFOS 7, 8 E 9 AO ARTIGO 17 DA LEI ORGÂNICA DO MUNICÍPIO DE ITAPOÁ-SC, VEDANDO A PRÁTICA DE NEPOTISMO EM TODOS OS PODERES DA ADMINISTRAÇÃO MUNICIPAL, DIRETA E INDIRETA.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/7/emenda_a_lei_organica_no_07-2006.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/7/emenda_a_lei_organica_no_07-2006.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VOTO ABERTO NA CÂMARA DE VEREADORES DE ITAPOÁ, ALTERANDO OS ARTIGOS 23 E 52 DA LEI ORGÂNICA MUNICIPAL DE ITAPOÁ.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/6/emenda_a_lei_organica_no_06-2006.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/6/emenda_a_lei_organica_no_06-2006.pdf</t>
   </si>
   <si>
     <t>ALTERA OS PARÁGRAFOS 4, 5 E 6 DO ART 119 DA LEI ORGÂNICA MUNICIPAL, ACRESCIDO PELA EMENDA A LOM N-03/2001</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2005/5/emenda_a_lei_organica_no_05-2005.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2005/5/emenda_a_lei_organica_no_05-2005.pdf</t>
   </si>
   <si>
     <t>ACRESCE O INCISO XXXIV NO ART. 69, DA LEI ORGÂNICA DO MUNICÍPIO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2004/4/emenda_a_lei_organica_no_04-2004.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2004/4/emenda_a_lei_organica_no_04-2004.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 37 DA LOM.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2001/3/emenda_a_lei_organica_no_03-2001.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2001/3/emenda_a_lei_organica_no_03-2001.pdf</t>
   </si>
   <si>
     <t>ACRESCE OS PARÁGRAFOS 4, 5 E 6, E INCISO NO ART. 119, DA LEI ORGÂNICA DO MUNICÍPIO DE ITAPOÁ/SC.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2000/2/emenda_a_lei_organica_no_02-2000.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2000/2/emenda_a_lei_organica_no_02-2000.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS PARÁGRAFOS 1, 3, 5 DO ART. 36 E O ART. 37; REVOGA O INCISO V DO ART. 45, O ART. 224 E O ART. 225; MODIFICA A ORDEM NUMÉRICA DOS ARTIGOS DO TÍTULO VIII, DAS DISPOSIÇÕES TRNSITÓRIAS E CRIA O ART. 9 AO TÍTULO VIII DAS DISPOSIÇÕES TRANSITÓRIAS DA LOM.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/1998/1/emenda_a_lei_organica_no_01-1998.pdf</t>
+    <t>http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/1998/1/emenda_a_lei_organica_no_01-1998.pdf</t>
   </si>
   <si>
     <t>APROVA REDAÇÃO DO ART. 64 DA LOM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -589,66 +589,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4767/emenda_a_lom_16_2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4134/emenda_a_lom_15_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3103/emenda_a_lei_organica_municipal_n._14_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2963/emenda_a_lei_organica_municipal_13_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2269/emenda_a_lei_organica_no_12-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2071/emenda_a_lei_organica_no_11-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2016/2028/emenda_a_lei_organica_no_10-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2010/9/emenda_a_lei_organica_no_09-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/8/emenda_a_lei_organica_no_08-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/7/emenda_a_lei_organica_no_07-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/6/emenda_a_lei_organica_no_06-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2005/5/emenda_a_lei_organica_no_05-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2004/4/emenda_a_lei_organica_no_04-2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2001/3/emenda_a_lei_organica_no_03-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2000/2/emenda_a_lei_organica_no_02-2000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/1998/1/emenda_a_lei_organica_no_01-1998.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2025/4767/emenda_a_lom_16_2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2024/4134/emenda_a_lom_15_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2021/3103/emenda_a_lei_organica_municipal_n._14_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2020/2963/emenda_a_lei_organica_municipal_13_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2269/emenda_a_lei_organica_no_12-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2017/2071/emenda_a_lei_organica_no_11-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2016/2028/emenda_a_lei_organica_no_10-2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2010/9/emenda_a_lei_organica_no_09-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2007/8/emenda_a_lei_organica_no_08-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/7/emenda_a_lei_organica_no_07-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2006/6/emenda_a_lei_organica_no_06-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2005/5/emenda_a_lei_organica_no_05-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2004/4/emenda_a_lei_organica_no_04-2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2001/3/emenda_a_lei_organica_no_03-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/2000/2/emenda_a_lei_organica_no_02-2000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapoa.sc.leg.br/media/sapl/public/normajuridica/1998/1/emenda_a_lei_organica_no_01-1998.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="111.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="110.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>