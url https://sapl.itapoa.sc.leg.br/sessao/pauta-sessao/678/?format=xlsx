--- v0 (2025-11-29)
+++ v1 (2026-03-01)
@@ -96,84 +96,84 @@
   <si>
     <t>Requer a prestação de contas completa referente ao FORAL FEST 2025, executado pela empresa RJ Eventos LTDA, contemplada pelo Termo de Execução Cultural nº 001/2025, firmado no âmbito do Edital nº 16/2025 – SECULTUR.</t>
   </si>
   <si>
     <t>Requerimento nº 132 de 2025</t>
   </si>
   <si>
     <t>Diego,Ivan da Luz,Jessica,Marta,Valdecir</t>
   </si>
   <si>
     <t>Requer informações detalhadas referentes à execução, recebimento, deterioração precoce e posterior recapagem da pavimentação asfáltica realizada na Avenida 23 Marechal Floriano Peixoto, objeto do Contrato Administrativo nº 159/2023, oriundo da Concorrência nº 09/2023 – Processo nº 91/2023, executado pela empresa VERSÁTIL Construtora e Prestadora de Serviços Ltda. Considerando as constantes reclamações de moradores acerca da formação de numerosos buracos na via poucos meses após a conclusão da obra</t>
   </si>
   <si>
     <t>Requerimento nº 133 de 2025</t>
   </si>
   <si>
     <t>Requer informações referentes à Comissão Técnica instituída pela Portaria nº 38/2025/SME, destinada a realizar estudos sobre a revisão do Plano de Carreira e a valorização salarial dos professores da Rede Municipal de Ensino</t>
   </si>
   <si>
     <t>Requerimento nº 134 de 2025</t>
   </si>
   <si>
     <t>Requer informações sobre o Programa Municipal de Castração e demais ações relacionadas à causa animal em nosso Município,</t>
   </si>
   <si>
+    <t>Projeto de Lei Complementar nº 27 de 2025</t>
+  </si>
+  <si>
+    <t>Jeferson Rubens Garcia - Prefeito</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 44, de 24 de dezembro de 2014, que dispõe sobre o regime jurídico dos servidores públicos do município de Itapoá, das autarquias e das fundações públicas, incluídos os servidores dos regimes de contratação efetiva e temporária, estatutários, estatutários temporários e demais servidores contratados pela administração direta ou indireta, e dá outras providências.</t>
+  </si>
+  <si>
     <t>Projeto de Lei Ordinária nº 100 de 2025</t>
   </si>
   <si>
-    <t>Jeferson Rubens Garcia - Prefeito</t>
-[...1 lines deleted...]
-  <si>
     <t>Dispõe sobre a afetação dos lotes 01, 02, 03, 04, 06 e 08 da quadra 63, situadas no Balneário Imperador, que passam da categoria bens de uso especial.</t>
   </si>
   <si>
     <t>Proposição encaminhada para 2ª votação</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 102 de 2025</t>
   </si>
   <si>
     <t>José Maria Caldeira</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação, no valor de R$2.016.500,00 para o Fundo Municipal de Educação</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 26 de 2025</t>
   </si>
   <si>
     <t>Inclui a “Estrada 6016 Clara Riekel” no Anexo III da Lei Complementar n. 141, de 28 de abril de 2023, que dispõe sobre a denominação, dimensão, localização, numeração e emplacamento das Vias Públicas, Bairros e Bens Públicos Municipais de Itapoá, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição encaminhada para 1ª Votação</t>
-  </si>
-[...4 lines deleted...]
-    <t>Altera a Lei Complementar nº 44, de 24 de dezembro de 2014, que dispõe sobre o regime jurídico dos servidores públicos do município de Itapoá, das autarquias e das fundações públicas, incluídos os servidores dos regimes de contratação efetiva e temporária, estatutários, estatutários temporários e demais servidores contratados pela administração direta ou indireta, e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 462 de 2025</t>
   </si>
   <si>
     <t>Marcio Melo</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que, por meio das secretarias competentes, providencie a extensão de rede de baixa tensão e iluminação pública na Estrada 11000 Centenário, no bairro Saí Guaçu.</t>
   </si>
   <si>
     <t>Proposição incluída na Ordem do Dia</t>
   </si>
   <si>
     <t>Indicação nº 463 de 2025</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que, por meio das secretarias competentes, providencie o patrolamento, o ensaibramento e as manutenções necessárias na Estrada 11000 Centenário, no bairro Saí Guaçu.</t>
   </si>
   <si>
     <t>Indicação nº 464 de 2025</t>
   </si>
   <si>
     <t>Odinei</t>
   </si>
@@ -757,126 +757,126 @@
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>14786</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>14629</v>
+        <v>14627</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>14700</v>
+        <v>14629</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>14461</v>
+        <v>14700</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>14627</v>
+        <v>14461</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>38</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>14767</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>14768</v>